--- v2 (2025-11-20)
+++ v3 (2026-01-08)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Go XLSX"/>
   <workbookPr showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" tabRatio="204" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Schedule" sheetId="1" r:id="rId1" state="visible"/>
   </sheets>
   <definedNames/>
   <calcPr iterateCount="100" refMode="A1" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1095" uniqueCount="1095">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="843" uniqueCount="843">
   <si>
     <t>CourseNumber</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Title1</t>
   </si>
   <si>
     <t>Title2</t>
   </si>
   <si>
     <t>Title3</t>
   </si>
   <si>
     <t>Credits</t>
   </si>
   <si>
     <t>SectionNumber</t>
   </si>
   <si>
     <t>Session</t>
   </si>
   <si>
@@ -179,3174 +179,2418 @@
   <si>
     <t>ACCT1180E   </t>
   </si>
   <si>
     <t>Quantitative Methods in Business  </t>
   </si>
   <si>
     <t>Quantitative Methods in Business</t>
   </si>
   <si>
     <t>S1</t>
   </si>
   <si>
     <t>Wadlington, Vanessa             </t>
   </si>
   <si>
     <t>ACCT2110E   </t>
   </si>
   <si>
     <t>Principles of Accounting I **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Principles of Accounting I      </t>
   </si>
   <si>
-    <t>FA  </t>
+    <t>65</t>
+  </si>
+  <si>
+    <t>S2</t>
   </si>
   <si>
     <t>VanderPal, Geoffrey A           </t>
   </si>
   <si>
     <t>ACCT2120E   </t>
   </si>
   <si>
     <t>Principles of Accounting II **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Principles of Accounting II     </t>
   </si>
   <si>
     <t>Ackerman, George                </t>
   </si>
   <si>
     <t>ACCT2130E   </t>
   </si>
   <si>
     <t>Intro to Intermediate Accounting **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Intro to Intermediate Accounting</t>
   </si>
   <si>
     <t>AH105       </t>
   </si>
   <si>
     <t>Nursing Assistant Training  </t>
   </si>
   <si>
     <t>Nursing Assistant Training      </t>
   </si>
   <si>
     <t>07</t>
   </si>
   <si>
-    <t>S2</t>
-[...1 lines deleted...]
-  <si>
     <t>--T-R--</t>
   </si>
   <si>
     <t>5:30PM</t>
   </si>
   <si>
     <t>9:30PM</t>
   </si>
   <si>
     <t>MAIN</t>
   </si>
   <si>
     <t>LCC Main Campus         </t>
   </si>
   <si>
     <t>AHC </t>
   </si>
   <si>
     <t>Allied Health Center    </t>
   </si>
   <si>
     <t>102 </t>
   </si>
   <si>
     <t>Lujan, Laura                    </t>
   </si>
   <si>
     <t>HEA </t>
   </si>
   <si>
     <t>08</t>
   </si>
   <si>
-    <t>AH205       </t>
-[...8 lines deleted...]
-    <t>F2</t>
+    <t>ARTS1120    </t>
+  </si>
+  <si>
+    <t>Introduction to Art  </t>
+  </si>
+  <si>
+    <t>Introduction to Art             </t>
+  </si>
+  <si>
+    <t>05</t>
+  </si>
+  <si>
+    <t>1:30PM</t>
+  </si>
+  <si>
+    <t>2:50PM</t>
+  </si>
+  <si>
+    <t>Business Studies Bldg.  </t>
+  </si>
+  <si>
+    <t>101 </t>
+  </si>
+  <si>
+    <t>Harriman, Leota                 </t>
+  </si>
+  <si>
+    <t>HUM </t>
+  </si>
+  <si>
+    <t>ARTS1610    </t>
+  </si>
+  <si>
+    <t>Drawing I  </t>
+  </si>
+  <si>
+    <t>Drawing I                       </t>
+  </si>
+  <si>
+    <t>06</t>
+  </si>
+  <si>
+    <t>3:30PM</t>
+  </si>
+  <si>
+    <t>4:50PM</t>
+  </si>
+  <si>
+    <t>ARTS1630    </t>
+  </si>
+  <si>
+    <t>Painting I  </t>
+  </si>
+  <si>
+    <t>Painting I                      </t>
+  </si>
+  <si>
+    <t>6:50PM</t>
+  </si>
+  <si>
+    <t>ASTR1115E   </t>
+  </si>
+  <si>
+    <t>Astronomy (DL)  </t>
+  </si>
+  <si>
+    <t>Astronomy (DL)                  </t>
+  </si>
+  <si>
+    <t>Castillo, Geno                  </t>
+  </si>
+  <si>
+    <t>TEC </t>
+  </si>
+  <si>
+    <t>ASTR1115LE  </t>
+  </si>
+  <si>
+    <t>Astronomy Lab  </t>
+  </si>
+  <si>
+    <t>Astronomy Lab                   </t>
+  </si>
+  <si>
+    <t>AUTO100     </t>
+  </si>
+  <si>
+    <t>Automotive Fundamentals  </t>
+  </si>
+  <si>
+    <t>Automotive Fundamentals         </t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>9:00AM</t>
+  </si>
+  <si>
+    <t>11:50AM</t>
+  </si>
+  <si>
+    <t>AUTO</t>
+  </si>
+  <si>
+    <t>Auto Mechanics Shop-Main</t>
+  </si>
+  <si>
+    <t>108 </t>
+  </si>
+  <si>
+    <t>Sandoval, Eugene M.             </t>
+  </si>
+  <si>
+    <t>TRD </t>
+  </si>
+  <si>
+    <t>AUTO108     </t>
+  </si>
+  <si>
+    <t>Manual Transmission &amp; Drivetrain  </t>
+  </si>
+  <si>
+    <t>Manual Transmission &amp; Drivetrain</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>1:00PM</t>
+  </si>
+  <si>
+    <t>3:50PM</t>
+  </si>
+  <si>
+    <t>112 </t>
+  </si>
+  <si>
+    <t>Vance, Paul W                   </t>
+  </si>
+  <si>
+    <t>AUTO110     </t>
+  </si>
+  <si>
+    <t>Automotive Electrical  </t>
+  </si>
+  <si>
+    <t>Automotive Electrical           </t>
+  </si>
+  <si>
+    <t>02</t>
+  </si>
+  <si>
+    <t>-M-W---</t>
+  </si>
+  <si>
+    <t>AUTO120     </t>
+  </si>
+  <si>
+    <t>Engine Repair  </t>
+  </si>
+  <si>
+    <t>Engine Repair                   </t>
+  </si>
+  <si>
+    <t>AUTO125     </t>
+  </si>
+  <si>
+    <t>Engine Performance  </t>
+  </si>
+  <si>
+    <t>Engine Performance              </t>
+  </si>
+  <si>
+    <t>AUTO128     </t>
+  </si>
+  <si>
+    <t>Automatic Trnsmsns &amp; Drivetrain  </t>
+  </si>
+  <si>
+    <t>Automatic Trnsmsns &amp; Drivetrain </t>
+  </si>
+  <si>
+    <t>AUTO135     </t>
+  </si>
+  <si>
+    <t>Brakes  </t>
+  </si>
+  <si>
+    <t>Brakes                          </t>
+  </si>
+  <si>
+    <t>2   </t>
+  </si>
+  <si>
+    <t>AUTO154     </t>
+  </si>
+  <si>
+    <t>Steering and Suspension  </t>
+  </si>
+  <si>
+    <t>Steering and Suspension         </t>
+  </si>
+  <si>
+    <t>BAKE102     </t>
+  </si>
+  <si>
+    <t>Baking Principles  </t>
+  </si>
+  <si>
+    <t>Baking Principles               </t>
+  </si>
+  <si>
+    <t>CAFE</t>
+  </si>
+  <si>
+    <t>Culinary Arts Cafeteria </t>
+  </si>
+  <si>
+    <t>CLAS</t>
+  </si>
+  <si>
+    <t>Griego, Cristino B              </t>
+  </si>
+  <si>
+    <t>BAKE160     </t>
+  </si>
+  <si>
+    <t>Bread Baking  </t>
+  </si>
+  <si>
+    <t>Bread Baking                    </t>
+  </si>
+  <si>
+    <t>---W---</t>
+  </si>
+  <si>
+    <t>KITC</t>
+  </si>
+  <si>
+    <t>BCIS1110E   </t>
+  </si>
+  <si>
+    <t>Introduction to Information Systems **DISTANCE LEARNING**</t>
+  </si>
+  <si>
+    <t>Introduction to Information     </t>
+  </si>
+  <si>
+    <t>Systems                         </t>
+  </si>
+  <si>
+    <t>Collins, Nichole A.             </t>
+  </si>
+  <si>
+    <t>BFIN2110E   </t>
+  </si>
+  <si>
+    <t>Introduction to Finance(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Introduction to Finance(DL)     </t>
+  </si>
+  <si>
+    <t>BIOL1140E   </t>
+  </si>
+  <si>
+    <t>Biology for Health Sciences **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Biology for Health Sciences     </t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>Lujan, Natasha                  </t>
+  </si>
+  <si>
+    <t>Barnes, Jakailyn                </t>
+  </si>
+  <si>
+    <t>BIOL1140LE  </t>
+  </si>
+  <si>
+    <t>Biology for Health Sciences Lab **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Biology for Health Sciences Lab </t>
+  </si>
+  <si>
+    <t>Online Course Synch     </t>
+  </si>
+  <si>
+    <t>BIOL1140LH  </t>
+  </si>
+  <si>
+    <t>Biology for Health Sciences Lab **Hybrid** </t>
+  </si>
+  <si>
+    <t>**Hybrid**                      </t>
+  </si>
+  <si>
+    <t>--T----</t>
+  </si>
+  <si>
+    <t>12:00PM</t>
+  </si>
+  <si>
+    <t>1:50PM</t>
+  </si>
+  <si>
+    <t>MO5 </t>
+  </si>
+  <si>
+    <t>BIOL2110E   </t>
+  </si>
+  <si>
+    <t>Princ. of Biology: Cellular and Molecular Biology (DL) **DISTANCE LEARNING**</t>
+  </si>
+  <si>
+    <t>Princ. of Biology: Cellular and </t>
+  </si>
+  <si>
+    <t>Molecular Biology (DL)          </t>
+  </si>
+  <si>
+    <t>Undetermined Instructional Staff</t>
+  </si>
+  <si>
+    <t>BIOL2110LE  </t>
+  </si>
+  <si>
+    <t>Princ. of Biol:Cellular Lab(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Princ. of Biol:Cellular Lab(DL) </t>
+  </si>
+  <si>
+    <t>BIOL2210    </t>
+  </si>
+  <si>
+    <t>Human Anatomy and Physiology I  </t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>10:47AM</t>
+  </si>
+  <si>
+    <t>11:47AM</t>
+  </si>
+  <si>
+    <t>OFFS</t>
+  </si>
+  <si>
+    <t>Off-Site Campus Location</t>
+  </si>
+  <si>
+    <t>Offsite Facility        </t>
+  </si>
+  <si>
+    <t>WLV1</t>
+  </si>
+  <si>
+    <t>Lopez, William                  </t>
+  </si>
+  <si>
+    <t>BIOL2210E   </t>
+  </si>
+  <si>
+    <t>Human Anatomy &amp; Physiology I(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Human Anatomy &amp; Physiology I(DL)</t>
+  </si>
+  <si>
+    <t>BIOL2210L   </t>
+  </si>
+  <si>
+    <t>Human Anatomy &amp; Physiology I Lab  </t>
+  </si>
+  <si>
+    <t>Human Anatomy &amp; Physiology I Lab</t>
+  </si>
+  <si>
+    <t>BIOL2210LE  </t>
+  </si>
+  <si>
+    <t>Human Anatomy &amp; Physiology I Lab(DL) **DISTANCE LEARNING**</t>
+  </si>
+  <si>
+    <t>Human Anatomy &amp; Physiology      </t>
+  </si>
+  <si>
+    <t>I Lab(DL) **DISTANCE            </t>
+  </si>
+  <si>
+    <t>LEARNING**                      </t>
+  </si>
+  <si>
+    <t>BIOL2210LH  </t>
+  </si>
+  <si>
+    <t>Human Anatomy &amp; Physiology I Lab **HYBRID** </t>
+  </si>
+  <si>
+    <t>**HYBRID**                      </t>
+  </si>
+  <si>
+    <t>8:00AM</t>
+  </si>
+  <si>
+    <t>9:50AM</t>
+  </si>
+  <si>
+    <t>BIOL2225E   </t>
+  </si>
+  <si>
+    <t>Human Anatomy &amp; Physiology II **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Human Anatomy &amp; Physiology II   </t>
   </si>
   <si>
     <t>Rivera, Chantel J               </t>
   </si>
   <si>
-    <t>AH205E      </t>
-[...5 lines deleted...]
-    <t>Allied Health Seminar(DL)       </t>
+    <t>BIOL2225LE  </t>
+  </si>
+  <si>
+    <t>Human Anatomy and Physiology II Lab **DISTANCE LEARNING**</t>
+  </si>
+  <si>
+    <t>Human Anatomy and Physiology II </t>
+  </si>
+  <si>
+    <t>Lab                             </t>
+  </si>
+  <si>
+    <t>BIOL2225LH  </t>
+  </si>
+  <si>
+    <t>Human Anatomy &amp; Physiology II Lab **HYBRID**</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>10:00AM</t>
+  </si>
+  <si>
+    <t>BIOL2310E   </t>
+  </si>
+  <si>
+    <t>Microbiology(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Microbiology(DL)                </t>
+  </si>
+  <si>
+    <t>BIOL2310LE  </t>
+  </si>
+  <si>
+    <t>Microbiology Lab(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Microbiology Lab(DL)            </t>
+  </si>
+  <si>
+    <t>BIOL2310LH  </t>
+  </si>
+  <si>
+    <t>Microbiology Lab **HYBRID** </t>
+  </si>
+  <si>
+    <t>Microbiology Lab                </t>
+  </si>
+  <si>
+    <t>2:00PM</t>
+  </si>
+  <si>
+    <t>BIOL2505E   </t>
+  </si>
+  <si>
+    <t>Pathophysiology (DL) **DISTANCE EDUCATION** </t>
+  </si>
+  <si>
+    <t>Pathophysiology (DL)            </t>
+  </si>
+  <si>
+    <t>**DISTANCE EDUCATION**          </t>
+  </si>
+  <si>
+    <t>Davis, Mariel                   </t>
+  </si>
+  <si>
+    <t>BIOL2610E   </t>
+  </si>
+  <si>
+    <t>Principles of Biology Biodiversity, Ecology, and Evolution (DL)</t>
+  </si>
+  <si>
+    <t>Principles of Biology           </t>
+  </si>
+  <si>
+    <t>Biodiversity, Ecology, and      </t>
+  </si>
+  <si>
+    <t>Evolution (DL)                  </t>
+  </si>
+  <si>
+    <t>BIOL2610LE  </t>
+  </si>
+  <si>
+    <t>Principles of Biology: Biodivers ity, Ecology, and Evolution </t>
+  </si>
+  <si>
+    <t>Principles of Biology: Biodivers</t>
+  </si>
+  <si>
+    <t>ity, Ecology, and Evolution     </t>
+  </si>
+  <si>
+    <t>BUSA1110E   </t>
+  </si>
+  <si>
+    <t>Introduction to Business(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Introduction to Business(DL)    </t>
+  </si>
+  <si>
+    <t>Smith, Aaron G                  </t>
+  </si>
+  <si>
+    <t>BUSA2460E   </t>
+  </si>
+  <si>
+    <t>Business Ethics (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Business Ethics (DL)            </t>
+  </si>
+  <si>
+    <t>BUSA2999E   </t>
+  </si>
+  <si>
+    <t>Business Capstone (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Business Capstone (DL)          </t>
+  </si>
+  <si>
+    <t>Thomas, Gary M.                 </t>
+  </si>
+  <si>
+    <t>CHEM1215E   </t>
+  </si>
+  <si>
+    <t>General Chemistry I  </t>
+  </si>
+  <si>
+    <t>General Chemistry I             </t>
+  </si>
+  <si>
+    <t>Bustos, Deanna D                </t>
+  </si>
+  <si>
+    <t>CHEM1215LE  </t>
+  </si>
+  <si>
+    <t>General Chemistry I Lab **Distance Learning** </t>
+  </si>
+  <si>
+    <t>General Chemistry I Lab         </t>
+  </si>
+  <si>
+    <t>**Distance Learning**           </t>
+  </si>
+  <si>
+    <t>CHEM1226E   </t>
+  </si>
+  <si>
+    <t>General Chemistry II **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>General Chemistry II            </t>
+  </si>
+  <si>
+    <t>CHEM1226LE  </t>
+  </si>
+  <si>
+    <t>General Chemistry II Lab(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>General Chemistry II Lab(DL)    </t>
+  </si>
+  <si>
+    <t>CIST1115E   </t>
+  </si>
+  <si>
+    <t>Principles of Computer Science I nfomation System (DL) **Distance Learning**</t>
+  </si>
+  <si>
+    <t>Principles of Computer Science I</t>
+  </si>
+  <si>
+    <t>nfomation System (DL) **Distance</t>
+  </si>
+  <si>
+    <t>Learning**                      </t>
+  </si>
+  <si>
+    <t>CIST1411E   </t>
+  </si>
+  <si>
+    <t>Introduction to Networks  </t>
+  </si>
+  <si>
+    <t>Introduction to Networks        </t>
+  </si>
+  <si>
+    <t>CIST1412E   </t>
+  </si>
+  <si>
+    <t>Network Device Configuration  </t>
+  </si>
+  <si>
+    <t>Network Device Configuration    </t>
+  </si>
+  <si>
+    <t>CIST1413E   </t>
+  </si>
+  <si>
+    <t>Network Administration Concepts  </t>
+  </si>
+  <si>
+    <t>Network Administration Concepts </t>
+  </si>
+  <si>
+    <t>03</t>
+  </si>
+  <si>
+    <t>-M-W-F-</t>
+  </si>
+  <si>
+    <t>10:50AM</t>
+  </si>
+  <si>
+    <t>CIST1413LE  </t>
+  </si>
+  <si>
+    <t>Network Administration Concepts Lab </t>
+  </si>
+  <si>
+    <t>CIST2860E   </t>
+  </si>
+  <si>
+    <t>Digital Forensics and Inident Re spone </t>
+  </si>
+  <si>
+    <t>Digital Forensics and Inident Re</t>
+  </si>
+  <si>
+    <t>spone                           </t>
+  </si>
+  <si>
+    <t>04</t>
+  </si>
+  <si>
+    <t>11:00AM</t>
+  </si>
+  <si>
+    <t>CJUS1110H   </t>
+  </si>
+  <si>
+    <t>Introduction to Criminal Justice **HYBRID** </t>
+  </si>
+  <si>
+    <t>Introduction to Criminal Justice</t>
+  </si>
+  <si>
+    <t>9:30AM</t>
+  </si>
+  <si>
+    <t>NO10</t>
+  </si>
+  <si>
+    <t>Baca, Kimberly                  </t>
+  </si>
+  <si>
+    <t>CJUS1120E   </t>
+  </si>
+  <si>
+    <t>Criminal Law (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Criminal Law (DL)               </t>
+  </si>
+  <si>
+    <t>Medina, Crystal A.              </t>
+  </si>
+  <si>
+    <t>CJUS1140E   </t>
+  </si>
+  <si>
+    <t>Juvenile Justice (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Juvenile Justice (DL)           </t>
+  </si>
+  <si>
+    <t>CJUS2120E   </t>
+  </si>
+  <si>
+    <t>Criminal Courts &amp; Procedure(DL) **DISTANCE LEANRNING** </t>
+  </si>
+  <si>
+    <t>Criminal Courts &amp; Procedure(DL) </t>
+  </si>
+  <si>
+    <t>**DISTANCE LEANRNING**          </t>
+  </si>
+  <si>
+    <t>Breakell, Jennifer              </t>
+  </si>
+  <si>
+    <t>CJUS2130E   </t>
+  </si>
+  <si>
+    <t>Police and Society(DL) **DISTANCE EDUCATION** </t>
+  </si>
+  <si>
+    <t>Police and Society(DL)          </t>
+  </si>
+  <si>
+    <t>CJUS2153E   </t>
+  </si>
+  <si>
+    <t>Community-Based Corrections(DL)  </t>
+  </si>
+  <si>
+    <t>Community-Based Corrections(DL) </t>
+  </si>
+  <si>
+    <t>CJUS2160    </t>
+  </si>
+  <si>
+    <t>Field Experience in Criminal Justice </t>
+  </si>
+  <si>
+    <t>Field Experience in             </t>
+  </si>
+  <si>
+    <t>Criminal Justice                </t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>------S</t>
+  </si>
+  <si>
+    <t>5:00PM</t>
+  </si>
+  <si>
+    <t>COMM1130    </t>
+  </si>
+  <si>
+    <t>Public Speaking  </t>
+  </si>
+  <si>
+    <t>Public Speaking                 </t>
+  </si>
+  <si>
+    <t>11:30AM</t>
+  </si>
+  <si>
+    <t>107 </t>
+  </si>
+  <si>
+    <t>Baca, Richard                   </t>
+  </si>
+  <si>
+    <t>-MTWRF-</t>
+  </si>
+  <si>
+    <t>9:53AM</t>
+  </si>
+  <si>
+    <t>10:43AM</t>
+  </si>
+  <si>
+    <t>Lopez, Katherine D              </t>
+  </si>
+  <si>
+    <t>COMM1130E   </t>
+  </si>
+  <si>
+    <t>Public Speaking (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Public Speaking (DL)            </t>
+  </si>
+  <si>
+    <t>COMM2120E   </t>
+  </si>
+  <si>
+    <t>Interpersonal Communication (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Interpersonal Communication (DL)</t>
+  </si>
+  <si>
+    <t>CRT107      </t>
+  </si>
+  <si>
+    <t>Introduction to Refinishing  </t>
+  </si>
+  <si>
+    <t>Introduction to Refinishing     </t>
+  </si>
+  <si>
+    <t>01</t>
+  </si>
+  <si>
+    <t>CRT </t>
+  </si>
+  <si>
+    <t>Auto CRT Shop-Main      </t>
+  </si>
+  <si>
+    <t>CRT1</t>
+  </si>
+  <si>
+    <t>Garcia, Dominic                 </t>
+  </si>
+  <si>
+    <t>CRT125      </t>
+  </si>
+  <si>
+    <t>Adv Refinish &amp; Color Match  </t>
+  </si>
+  <si>
+    <t>Adv Refinish &amp; Color Match      </t>
+  </si>
+  <si>
+    <t>SHOP</t>
+  </si>
+  <si>
+    <t>CRT145      </t>
+  </si>
+  <si>
+    <t>Metal Finishing and Body Filling  </t>
+  </si>
+  <si>
+    <t>Metal Finishing and Body Filling</t>
+  </si>
+  <si>
+    <t>CRT150      </t>
+  </si>
+  <si>
+    <t>Structural Analysis and Damage Repair </t>
+  </si>
+  <si>
+    <t>Structural Analysis and         </t>
+  </si>
+  <si>
+    <t>Damage Repair                   </t>
+  </si>
+  <si>
+    <t>CSCI1210E   </t>
+  </si>
+  <si>
+    <t>Computer Programming Fundamental s </t>
+  </si>
+  <si>
+    <t>Computer Programming Fundamental</t>
+  </si>
+  <si>
+    <t>s                               </t>
+  </si>
+  <si>
+    <t>CSCI1210LE  </t>
+  </si>
+  <si>
+    <t>Computer Programming Fundamental s Lab </t>
+  </si>
+  <si>
+    <t>s Lab                           </t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>11:30AM</t>
-[...20 lines deleted...]
-    <t>1:30PM</t>
+    <t>12:50PM</t>
+  </si>
+  <si>
+    <t>CSCI1250E   </t>
+  </si>
+  <si>
+    <t>Web Development: Introduction to HTML </t>
+  </si>
+  <si>
+    <t>Web Development: Introduction to</t>
+  </si>
+  <si>
+    <t>HTML                            </t>
+  </si>
+  <si>
+    <t>10:40AM</t>
+  </si>
+  <si>
+    <t>CSMT139     </t>
+  </si>
+  <si>
+    <t>Cosmetology Theory II  </t>
+  </si>
+  <si>
+    <t>Cosmetology Theory II           </t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>-MTWR--</t>
+  </si>
+  <si>
+    <t>8:50AM</t>
+  </si>
+  <si>
+    <t>ADMN</t>
+  </si>
+  <si>
+    <t>Administration Building </t>
+  </si>
+  <si>
+    <t>112A</t>
+  </si>
+  <si>
+    <t>Sandoval, Germaine V.           </t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>TECH</t>
+  </si>
+  <si>
+    <t>Technologies Building   </t>
+  </si>
+  <si>
+    <t>106 </t>
+  </si>
+  <si>
+    <t>Quintana, Andrew T              </t>
+  </si>
+  <si>
+    <t>CSMT143     </t>
+  </si>
+  <si>
+    <t>Facials  </t>
+  </si>
+  <si>
+    <t>Facials                         </t>
+  </si>
+  <si>
+    <t>111 </t>
+  </si>
+  <si>
+    <t>CSMT148     </t>
+  </si>
+  <si>
+    <t>Manicuring and Pedicuring  </t>
+  </si>
+  <si>
+    <t>Manicuring and Pedicuring       </t>
+  </si>
+  <si>
+    <t>CSMT152     </t>
+  </si>
+  <si>
+    <t>Chemical Rearranging  </t>
+  </si>
+  <si>
+    <t>Chemical Rearranging            </t>
+  </si>
+  <si>
+    <t>4:30PM</t>
+  </si>
+  <si>
+    <t>CSMT229     </t>
+  </si>
+  <si>
+    <t>Cosmetology Externship  </t>
+  </si>
+  <si>
+    <t>Cosmetology Externship          </t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>-----F-</t>
+  </si>
+  <si>
+    <t>Bonney, Clarice                 </t>
+  </si>
+  <si>
+    <t>CSMT239     </t>
+  </si>
+  <si>
+    <t>Cosmetology Theory IV  </t>
+  </si>
+  <si>
+    <t>Cosmetology Theory IV           </t>
+  </si>
+  <si>
+    <t>112B</t>
+  </si>
+  <si>
+    <t>CSMT243     </t>
+  </si>
+  <si>
+    <t>Salon Business and Retail Sales  </t>
+  </si>
+  <si>
+    <t>Salon Business and Retail Sales </t>
+  </si>
+  <si>
+    <t>CSMT254     </t>
+  </si>
+  <si>
+    <t>Personal and Community Health  </t>
+  </si>
+  <si>
+    <t>Personal and Community Health   </t>
+  </si>
+  <si>
+    <t>CSMT261     </t>
+  </si>
+  <si>
+    <t>Cosmetology Clinic Practice Refresher </t>
+  </si>
+  <si>
+    <t>Cosmetology Clinic Practice     </t>
+  </si>
+  <si>
+    <t>Refresher                       </t>
+  </si>
+  <si>
+    <t>CUL115      </t>
+  </si>
+  <si>
+    <t>Serv-Safe Certification  </t>
+  </si>
+  <si>
+    <t>Serv-Safe Certification         </t>
+  </si>
+  <si>
+    <t>CUL120      </t>
+  </si>
+  <si>
+    <t>Intro to Vegetables and Starches  </t>
+  </si>
+  <si>
+    <t>Intro to Vegetables and Starches</t>
+  </si>
+  <si>
+    <t>-M-----</t>
+  </si>
+  <si>
+    <t>CUL123      </t>
+  </si>
+  <si>
+    <t>Intro to Stocks, Soups &amp; Sauces  </t>
+  </si>
+  <si>
+    <t>Intro to Stocks, Soups &amp; Sauces </t>
+  </si>
+  <si>
+    <t>DENT170     </t>
+  </si>
+  <si>
+    <t>Clinical Training/Practicum I  </t>
+  </si>
+  <si>
+    <t>Clinical Training/Practicum I   </t>
+  </si>
+  <si>
+    <t>--TWR--</t>
+  </si>
+  <si>
+    <t>Off Campus Location     </t>
+  </si>
+  <si>
+    <t>DENT220     </t>
+  </si>
+  <si>
+    <t>Dental Office Management  </t>
+  </si>
+  <si>
+    <t>Dental Office Management        </t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>6:40PM</t>
+  </si>
+  <si>
+    <t>DENT226     </t>
+  </si>
+  <si>
+    <t>Dental Pharmacology  </t>
+  </si>
+  <si>
+    <t>Dental Pharmacology             </t>
+  </si>
+  <si>
+    <t>11:40AM</t>
+  </si>
+  <si>
+    <t>DENT233     </t>
+  </si>
+  <si>
+    <t>Laboratory Procedures  </t>
+  </si>
+  <si>
+    <t>Laboratory Procedures           </t>
+  </si>
+  <si>
+    <t>4:20PM</t>
+  </si>
+  <si>
+    <t>DO02</t>
+  </si>
+  <si>
+    <t>ECED1120E   </t>
+  </si>
+  <si>
+    <t>Guiding Young Children(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Guiding Young Children(DL)      </t>
+  </si>
+  <si>
+    <t>Hill, Mari                      </t>
+  </si>
+  <si>
+    <t>EDUC</t>
+  </si>
+  <si>
+    <t>ECED1125H   </t>
+  </si>
+  <si>
+    <t>Assessment of Children and Evalu ation of Programs </t>
+  </si>
+  <si>
+    <t>Assessment of Children and Evalu</t>
+  </si>
+  <si>
+    <t>ation of Programs               </t>
+  </si>
+  <si>
+    <t>LRC </t>
+  </si>
+  <si>
+    <t>Learning Resource Center</t>
+  </si>
+  <si>
+    <t>Williams, Kevin Lee             </t>
+  </si>
+  <si>
+    <t>ECED1130H   </t>
+  </si>
+  <si>
+    <t>Family and Community Collaboration(DL) **HYRBID**</t>
+  </si>
+  <si>
+    <t>Family and Community            </t>
+  </si>
+  <si>
+    <t>Collaboration(DL)               </t>
+  </si>
+  <si>
+    <t>**HYRBID**                      </t>
+  </si>
+  <si>
+    <t>4:00PM</t>
+  </si>
+  <si>
+    <t>7:10PM</t>
+  </si>
+  <si>
+    <t>ECED2130H   </t>
+  </si>
+  <si>
+    <t>Curricul Devel &amp; Implment:Age3 (PreK)through Grade 3(DL) **HYBRID**</t>
+  </si>
+  <si>
+    <t>Curricul Devel &amp; Implment:Age3  </t>
+  </si>
+  <si>
+    <t>(PreK)through Grade 3(DL)       </t>
+  </si>
+  <si>
+    <t>----R--</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>ECED2131    </t>
+  </si>
+  <si>
+    <t>Curricul Develop &amp; Implent Prac Age 3 (Pre-K) Grade 3 </t>
+  </si>
+  <si>
+    <t>Curricul Develop &amp; Implent Prac </t>
+  </si>
+  <si>
+    <t>Age 3 (Pre-K) Grade 3           </t>
+  </si>
+  <si>
+    <t>ECON2120E   </t>
+  </si>
+  <si>
+    <t>Microeconomics Principles(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Microeconomics Principles(DL)   </t>
+  </si>
+  <si>
+    <t>EDUC1120H   </t>
+  </si>
+  <si>
+    <t>Introduction to Education **HYBRID** </t>
+  </si>
+  <si>
+    <t>Introduction to Education       </t>
+  </si>
+  <si>
+    <t>EDUC1190    </t>
+  </si>
+  <si>
+    <t>Education Practicum  </t>
+  </si>
+  <si>
+    <t>Education Practicum             </t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>EDUC2340H   </t>
+  </si>
+  <si>
+    <t>Multicultural Education *Hybrid*  </t>
+  </si>
+  <si>
+    <t>Multicultural Education *Hybrid*</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>4:45PM</t>
+  </si>
+  <si>
+    <t>EARL</t>
+  </si>
+  <si>
+    <t>Early Childhood Building</t>
+  </si>
+  <si>
+    <t>117 </t>
+  </si>
+  <si>
+    <t>EDUC2440H   </t>
+  </si>
+  <si>
+    <t>Teaching Elementary School Math **HYBRID** </t>
+  </si>
+  <si>
+    <t>Teaching Elementary School Math </t>
+  </si>
+  <si>
+    <t>6:15PM</t>
+  </si>
+  <si>
+    <t>EMT150      </t>
+  </si>
+  <si>
+    <t>Emergency Medical Tech-Basic  </t>
+  </si>
+  <si>
+    <t>Emergency Medical Tech-Basic    </t>
+  </si>
+  <si>
+    <t>NO7 </t>
+  </si>
+  <si>
+    <t>Sanchez, Allen                  </t>
+  </si>
+  <si>
+    <t>EMT150L     </t>
+  </si>
+  <si>
+    <t>Emergency Medical Tech-Basic Lab  </t>
+  </si>
+  <si>
+    <t>Emergency Medical Tech-Basic Lab</t>
+  </si>
+  <si>
+    <t>EMT180      </t>
+  </si>
+  <si>
+    <t>Emergency Medical Technician Basic Field/Clinical </t>
+  </si>
+  <si>
+    <t>Emergency Medical Technician    </t>
+  </si>
+  <si>
+    <t>Basic Field/Clinical            </t>
+  </si>
+  <si>
+    <t>ENG106E     </t>
+  </si>
+  <si>
+    <t>Reading and Writing for Inquiry **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Reading and Writing for Inquiry </t>
+  </si>
+  <si>
+    <t>10:15AM</t>
+  </si>
+  <si>
+    <t>Goodyear, Sherry L              </t>
+  </si>
+  <si>
+    <t>-MTW---</t>
+  </si>
+  <si>
+    <t>Smith, Christopher              </t>
+  </si>
+  <si>
+    <t>ENGL1110    </t>
+  </si>
+  <si>
+    <t>Composition I  </t>
+  </si>
+  <si>
+    <t>Composition I                   </t>
+  </si>
+  <si>
+    <t>10:30AM</t>
+  </si>
+  <si>
+    <t>ENGL1110E   </t>
+  </si>
+  <si>
+    <t>Composition I (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Composition I (DL)              </t>
+  </si>
+  <si>
+    <t>ENGL1120E   </t>
+  </si>
+  <si>
+    <t>Composition II (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Composition II (DL)             </t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>Torres, Karen                   </t>
+  </si>
+  <si>
+    <t>ENGL2310E   </t>
+  </si>
+  <si>
+    <t>Introduction to Creative Writing **Distance Learning** </t>
+  </si>
+  <si>
+    <t>Introduction to Creative Writing</t>
+  </si>
+  <si>
+    <t>ENGL2610E   </t>
+  </si>
+  <si>
+    <t>American Literature I **Distance Learning** </t>
+  </si>
+  <si>
+    <t>American Literature I           </t>
+  </si>
+  <si>
+    <t>ENTR1110E   </t>
+  </si>
+  <si>
+    <t>Entrepreneurship (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Entrepreneurship (DL)           </t>
+  </si>
+  <si>
+    <t>ENTR2110E   </t>
+  </si>
+  <si>
+    <t>Small Business Management (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Small Business Management (DL)  </t>
+  </si>
+  <si>
+    <t>GEOL1110E   </t>
+  </si>
+  <si>
+    <t>Physical Geology(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Physical Geology(DL)            </t>
+  </si>
+  <si>
+    <t>GEOL1110LE  </t>
+  </si>
+  <si>
+    <t>Physical Geology Lab(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Physical Geology Lab(DL)        </t>
+  </si>
+  <si>
+    <t>HD260E      </t>
+  </si>
+  <si>
+    <t>Critcl Thinking/Prob Solvng (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Critcl Thinking/Prob Solvng (DL)</t>
+  </si>
+  <si>
+    <t>HIST1120E   </t>
+  </si>
+  <si>
+    <t>United States History II (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>United States History II (DL)   </t>
+  </si>
+  <si>
+    <t>Mathews, Billie G               </t>
+  </si>
+  <si>
+    <t>HIST1150E   </t>
+  </si>
+  <si>
+    <t>Western Civilization I(DL) **DISTANCE EDUCATION** </t>
+  </si>
+  <si>
+    <t>Western Civilization I(DL)      </t>
+  </si>
+  <si>
+    <t>HIST2110E   </t>
+  </si>
+  <si>
+    <t>Survey of New Mexico History(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Survey of New Mexico History(DL)</t>
+  </si>
+  <si>
+    <t>6:00PM</t>
+  </si>
+  <si>
+    <t>8:50PM</t>
+  </si>
+  <si>
+    <t>HLED1130E   </t>
+  </si>
+  <si>
+    <t>Concepts of Health &amp; Wellness **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Concepts of Health &amp; Wellness   </t>
+  </si>
+  <si>
+    <t>Krutsch, Randall E              </t>
+  </si>
+  <si>
+    <t>HLED1510E   </t>
+  </si>
+  <si>
+    <t>Medical Terminology  </t>
+  </si>
+  <si>
+    <t>Medical Terminology             </t>
+  </si>
+  <si>
+    <t>Beil, Sara Connie               </t>
+  </si>
+  <si>
+    <t>HLED2125E   </t>
+  </si>
+  <si>
+    <t>Officiating of Sports  </t>
+  </si>
+  <si>
+    <t>Officiating of Sports           </t>
+  </si>
+  <si>
+    <t>HLED2160    </t>
+  </si>
+  <si>
+    <t>Nutrition for Exercise and Sport  </t>
+  </si>
+  <si>
+    <t>Nutrition for Exercise and Sport</t>
+  </si>
+  <si>
+    <t>SRD </t>
+  </si>
+  <si>
+    <t>Substainable Resource   </t>
+  </si>
+  <si>
+    <t>Wright, Charles Erick           </t>
+  </si>
+  <si>
+    <t>HLED2510    </t>
+  </si>
+  <si>
+    <t>History and Philosophy of PE  </t>
+  </si>
+  <si>
+    <t>History and Philosophy of PE    </t>
+  </si>
+  <si>
+    <t>LH1 </t>
+  </si>
+  <si>
+    <t>MATH075E    </t>
+  </si>
+  <si>
+    <t>General Mathematics (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>General Mathematics (DL)        </t>
+  </si>
+  <si>
+    <t>MATH095E    </t>
+  </si>
+  <si>
+    <t>Algebra with Applications (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Algebra with Applications (DL)  </t>
+  </si>
+  <si>
+    <t>Sanchez, Betsy                  </t>
+  </si>
+  <si>
+    <t>MATH095H    </t>
+  </si>
+  <si>
+    <t>Algebra with Applications **HYBRID** </t>
+  </si>
+  <si>
+    <t>Algebra with Applications       </t>
+  </si>
+  <si>
+    <t>GEN </t>
+  </si>
+  <si>
+    <t>General Studies Building</t>
+  </si>
+  <si>
+    <t>MATH102H    </t>
+  </si>
+  <si>
+    <t>Math Preparation &amp; Pre-Algebra **HYUBRID** </t>
+  </si>
+  <si>
+    <t>Math Preparation &amp; Pre-Algebra  </t>
+  </si>
+  <si>
+    <t>**HYUBRID**                     </t>
+  </si>
+  <si>
+    <t>MATH1215E   </t>
+  </si>
+  <si>
+    <t>Intermediate Algebra(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Intermediate Algebra(DL)        </t>
+  </si>
+  <si>
+    <t>MATH1220    </t>
+  </si>
+  <si>
+    <t>College Algebra  </t>
+  </si>
+  <si>
+    <t>College Algebra                 </t>
+  </si>
+  <si>
+    <t>1:20PM</t>
+  </si>
+  <si>
+    <t>2:10PM</t>
+  </si>
+  <si>
+    <t>Trujillo, Richard B             </t>
+  </si>
+  <si>
+    <t>MATH1220E   </t>
+  </si>
+  <si>
+    <t>College Algebra(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>College Algebra(DL)             </t>
+  </si>
+  <si>
+    <t>MATH1230H   </t>
+  </si>
+  <si>
+    <t>Trigonometry **HYBRID** </t>
+  </si>
+  <si>
+    <t>Trigonometry                    </t>
+  </si>
+  <si>
+    <t>126A</t>
+  </si>
+  <si>
+    <t>Surdi, Henrietta Mary           </t>
+  </si>
+  <si>
+    <t>MATH1350E   </t>
+  </si>
+  <si>
+    <t>Introduction to Statistics ** DISTANCE LEARNING ** </t>
+  </si>
+  <si>
+    <t>Introduction to Statistics      </t>
+  </si>
+  <si>
+    <t>** DISTANCE LEARNING **         </t>
+  </si>
+  <si>
+    <t>MATH1350H   </t>
+  </si>
+  <si>
+    <t>Introduction to Statistics **HYBRID** </t>
+  </si>
+  <si>
+    <t>MATH1510H   </t>
+  </si>
+  <si>
+    <t>Calculus I **HYBRID** </t>
+  </si>
+  <si>
+    <t>Calculus I                      </t>
+  </si>
+  <si>
+    <t>MATH220H    </t>
+  </si>
+  <si>
+    <t>Differential Equations **HYBRID** </t>
+  </si>
+  <si>
+    <t>Differential Equations          </t>
+  </si>
+  <si>
+    <t>MGMT2110E   </t>
+  </si>
+  <si>
+    <t>Principles of Management(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Principles of Management(DL)    </t>
+  </si>
+  <si>
+    <t>MKTG2110E   </t>
+  </si>
+  <si>
+    <t>Principles of Marketing **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Principles of Marketing         </t>
+  </si>
+  <si>
+    <t>MUSC1130E   </t>
+  </si>
+  <si>
+    <t>Music Appreciation: Western (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Music Appreciation: Western (DL)</t>
+  </si>
+  <si>
+    <t>NMNC1210    </t>
+  </si>
+  <si>
+    <t>Health and Illness Concepts 1  </t>
+  </si>
+  <si>
+    <t>Health and Illness Concepts 1   </t>
+  </si>
+  <si>
+    <t>10:20AM</t>
+  </si>
+  <si>
+    <t>NO9 </t>
+  </si>
+  <si>
+    <t>Rivera, Maggie J                </t>
+  </si>
+  <si>
+    <t>NRSG</t>
+  </si>
+  <si>
+    <t>NMNC1220    </t>
+  </si>
+  <si>
+    <t>Health Care Participant  </t>
+  </si>
+  <si>
+    <t>Health Care Participant         </t>
+  </si>
+  <si>
+    <t>2:30PM</t>
+  </si>
+  <si>
+    <t>Ortiz, Angela G.                </t>
+  </si>
+  <si>
+    <t>NMNC1230    </t>
+  </si>
+  <si>
+    <t>Nursing Pharmacology  </t>
+  </si>
+  <si>
+    <t>Nursing Pharmacology            </t>
   </si>
   <si>
     <t>2:20PM</t>
   </si>
   <si>
-    <t>Business Studies Bldg.  </t>
-[...269 lines deleted...]
-    <t>11:00AM</t>
+    <t>NO1 </t>
+  </si>
+  <si>
+    <t>Gomez-Vaughan, Lucia A          </t>
+  </si>
+  <si>
+    <t>NMNC1235    </t>
+  </si>
+  <si>
+    <t>Assessment and Health Promotion  </t>
+  </si>
+  <si>
+    <t>Assessment and Health Promotion </t>
+  </si>
+  <si>
+    <t>Yee, Andrea I                   </t>
+  </si>
+  <si>
+    <t>NMNC2410    </t>
+  </si>
+  <si>
+    <t>Health &amp; Illness Concepts 3  </t>
+  </si>
+  <si>
+    <t>Health &amp; Illness Concepts 3     </t>
+  </si>
+  <si>
+    <t>NO15</t>
+  </si>
+  <si>
+    <t>Brotherton, Marian K            </t>
+  </si>
+  <si>
+    <t>NMNC2435    </t>
+  </si>
+  <si>
+    <t>Clinical Intensive 1  </t>
+  </si>
+  <si>
+    <t>Clinical Intensive 1            </t>
+  </si>
+  <si>
+    <t>NMNC2445    </t>
+  </si>
+  <si>
+    <t>ADN Capstone  </t>
+  </si>
+  <si>
+    <t>ADN Capstone                    </t>
+  </si>
+  <si>
+    <t>NUTR2110E   </t>
+  </si>
+  <si>
+    <t>Human Nutrition **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Human Nutrition                 </t>
+  </si>
+  <si>
+    <t>PE112       </t>
+  </si>
+  <si>
+    <t>Physical Fitness  </t>
+  </si>
+  <si>
+    <t>Physical Fitness                </t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>-M---F-</t>
   </si>
   <si>
     <t>12:00AM</t>
   </si>
   <si>
-    <t>BCIS1110E   </t>
-[...1121 lines deleted...]
-    <t>Refresher                       </t>
+    <t>12:05PM</t>
+  </si>
+  <si>
+    <t>WELL</t>
+  </si>
+  <si>
+    <t>LCC Wellness Center     </t>
+  </si>
+  <si>
+    <t>Garcia-Najar, Dawnette R        </t>
+  </si>
+  <si>
+    <t>PHYS1230E   </t>
+  </si>
+  <si>
+    <t>Algebra-based Physics I  </t>
+  </si>
+  <si>
+    <t>Algebra-based Physics I         </t>
+  </si>
+  <si>
+    <t>PHYS1230LE  </t>
+  </si>
+  <si>
+    <t>Algebra-based Physics I Lab  </t>
+  </si>
+  <si>
+    <t>Algebra-based Physics I Lab     </t>
+  </si>
+  <si>
+    <t>PSYC1110E   </t>
+  </si>
+  <si>
+    <t>Introduction to Psychology(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Introduction to Psychology(DL)  </t>
+  </si>
+  <si>
+    <t>Pacheco, Luisa C.               </t>
+  </si>
+  <si>
+    <t>Lucero, Kevin Lyle              </t>
+  </si>
+  <si>
+    <t>PSYC1110H   </t>
+  </si>
+  <si>
+    <t>Introduction to Psychology **HYBRID** </t>
+  </si>
+  <si>
+    <t>Introduction to Psychology      </t>
+  </si>
+  <si>
+    <t>7:50PM</t>
+  </si>
+  <si>
+    <t>Fernandez, Sierra V             </t>
+  </si>
+  <si>
+    <t>PSYC1140E   </t>
+  </si>
+  <si>
+    <t>Psychology of Drug and Alcohol Abuse (DL) ***Distance Learning***</t>
+  </si>
+  <si>
+    <t>Psychology of Drug and Alcohol  </t>
+  </si>
+  <si>
+    <t>Abuse (DL)                      </t>
+  </si>
+  <si>
+    <t>***Distance Learning***         </t>
+  </si>
+  <si>
+    <t>Lucero, Chelsea                 </t>
+  </si>
+  <si>
+    <t>PSYC2120    </t>
+  </si>
+  <si>
+    <t>Developmental Psychology  </t>
+  </si>
+  <si>
+    <t>Developmental Psychology        </t>
+  </si>
+  <si>
+    <t>7:20PM</t>
+  </si>
+  <si>
+    <t>NO11</t>
+  </si>
+  <si>
+    <t>PSYC2120E   </t>
+  </si>
+  <si>
+    <t>Developmental Psychology(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Developmental Psychology(DL)    </t>
+  </si>
+  <si>
+    <t>PSYC2210    </t>
+  </si>
+  <si>
+    <t>Abnormal Psychology  </t>
+  </si>
+  <si>
+    <t>Abnormal Psychology             </t>
+  </si>
+  <si>
+    <t>PSYC2210E   </t>
+  </si>
+  <si>
+    <t>Abnormal Psychology **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>SOCI1110E   </t>
+  </si>
+  <si>
+    <t>Introduction to Sociology (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Introduction to Sociology (DL)  </t>
+  </si>
+  <si>
+    <t>SOCI2210E   </t>
+  </si>
+  <si>
+    <t>Sociology of Deviance  </t>
+  </si>
+  <si>
+    <t>Sociology of Deviance           </t>
+  </si>
+  <si>
+    <t>SPAN1410E   </t>
+  </si>
+  <si>
+    <t>Spanish for Health Care Professions **DISTANCE LEARNING**</t>
+  </si>
+  <si>
+    <t>Spanish for Health Care         </t>
+  </si>
+  <si>
+    <t>Professions                     </t>
+  </si>
+  <si>
+    <t>Ortega-Gallegos, Dawna          </t>
+  </si>
+  <si>
+    <t>STEM105E    </t>
+  </si>
+  <si>
+    <t>Computer Use-Sci Research(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Computer Use-Sci Research(DL)   </t>
+  </si>
+  <si>
+    <t>STEM117E    </t>
+  </si>
+  <si>
+    <t>Introduction to Engineering (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Introduction to Engineering (DL)</t>
+  </si>
+  <si>
+    <t>STEM251E    </t>
+  </si>
+  <si>
+    <t>STEM Capstone-General Sci(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>STEM Capstone-General Sci(DL)   </t>
+  </si>
+  <si>
+    <t>STEM252E    </t>
+  </si>
+  <si>
+    <t>STEM Capstone-Pre-Engr (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>STEM Capstone-Pre-Engr (DL)     </t>
+  </si>
+  <si>
+    <t>WELD1110    </t>
+  </si>
+  <si>
+    <t>Introduction to Welding Fundamen tals </t>
+  </si>
+  <si>
+    <t>Introduction to Welding Fundamen</t>
+  </si>
+  <si>
+    <t>tals                            </t>
+  </si>
+  <si>
+    <t>12:25PM</t>
+  </si>
+  <si>
+    <t>1:15PM</t>
+  </si>
+  <si>
+    <t>CHS </t>
+  </si>
+  <si>
+    <t>Murphy, Sean Patrick            </t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>WELD</t>
+  </si>
+  <si>
+    <t>Welding Shop-Main Campus</t>
+  </si>
+  <si>
+    <t>Martinez, Gene F                </t>
+  </si>
+  <si>
+    <t>WELD1110L   </t>
+  </si>
+  <si>
+    <t>Introduction to Welding Fundamen tals Lab </t>
+  </si>
+  <si>
+    <t>tals Lab                        </t>
+  </si>
+  <si>
+    <t>103 </t>
+  </si>
+  <si>
+    <t>WELD1120    </t>
+  </si>
+  <si>
+    <t>Print Reading for Welders  </t>
+  </si>
+  <si>
+    <t>Print Reading for Welders       </t>
+  </si>
+  <si>
+    <t>2:15PM</t>
+  </si>
+  <si>
+    <t>3:05PM</t>
+  </si>
+  <si>
+    <t>WELD1120L   </t>
+  </si>
+  <si>
+    <t>Print Reading for Welders Lab  </t>
+  </si>
+  <si>
+    <t>Print Reading for Welders Lab   </t>
+  </si>
+  <si>
+    <t>WELD1130    </t>
+  </si>
+  <si>
+    <t>Sheilded Metal Arc Welding  </t>
+  </si>
+  <si>
+    <t>Sheilded Metal Arc Welding      </t>
+  </si>
+  <si>
+    <t>WELD1130L   </t>
+  </si>
+  <si>
+    <t>Sheilded Arc Welding I Lab  </t>
+  </si>
+  <si>
+    <t>Sheilded Arc Welding I Lab      </t>
+  </si>
+  <si>
+    <t>WELD1140    </t>
+  </si>
+  <si>
+    <t>Gas Metal Arc Welding I (GMAW)  </t>
+  </si>
+  <si>
+    <t>Linzie, William                 </t>
+  </si>
+  <si>
+    <t>WELD1140L   </t>
+  </si>
+  <si>
+    <t>Gas Metal Arc Welding I Lab (GMA WI) Lab </t>
+  </si>
+  <si>
+    <t>Gas Metal Arc Welding I Lab (GMA</t>
+  </si>
+  <si>
+    <t>WI) Lab                         </t>
+  </si>
+  <si>
+    <t>105 </t>
+  </si>
+  <si>
+    <t>WELD1150    </t>
+  </si>
+  <si>
+    <t>Metal Fabrication I  </t>
+  </si>
+  <si>
+    <t>Metal Fabrication I             </t>
+  </si>
+  <si>
+    <t>8:10AM</t>
+  </si>
+  <si>
+    <t>WELD1150L   </t>
+  </si>
+  <si>
+    <t>Metal Fabrication I Lab  </t>
+  </si>
+  <si>
+    <t>Metal Fabrication I Lab         </t>
+  </si>
+  <si>
+    <t>WELD1155    </t>
+  </si>
+  <si>
+    <t>Gas Tungsten Arc Welding (GTAW)  </t>
+  </si>
+  <si>
+    <t>Gas Tungsten Arc Welding (GTAW) </t>
+  </si>
+  <si>
+    <t>WELD1155L   </t>
+  </si>
+  <si>
+    <t>Gas Tungsten Arc Welding I Lab (GTAWIL) </t>
+  </si>
+  <si>
+    <t>Gas Tungsten Arc Welding I Lab  </t>
+  </si>
+  <si>
+    <t>(GTAWIL)                        </t>
+  </si>
+  <si>
+    <t>WELD1171    </t>
+  </si>
+  <si>
+    <t>Layout and Fabrication  </t>
+  </si>
+  <si>
+    <t>Layout and Fabrication          </t>
+  </si>
+  <si>
+    <t>Rains, Rico Fabian              </t>
+  </si>
+  <si>
+    <t>WELD1171L   </t>
+  </si>
+  <si>
+    <t>Layout and Fabrication Lab  </t>
+  </si>
+  <si>
+    <t>Layout and Fabrication Lab      </t>
+  </si>
+  <si>
+    <t>WELD1191    </t>
+  </si>
+  <si>
+    <t>Weld Art  </t>
+  </si>
+  <si>
+    <t>Weld Art                        </t>
+  </si>
+  <si>
+    <t>3:10PM</t>
+  </si>
+  <si>
+    <t>3:55PM</t>
+  </si>
+  <si>
+    <t>WELD1191L   </t>
+  </si>
+  <si>
+    <t>Weld Art Lab  </t>
+  </si>
+  <si>
+    <t>Weld Art Lab                    </t>
+  </si>
+  <si>
+    <t>WELD1220    </t>
+  </si>
+  <si>
+    <t>Flux Core Arc Welding  </t>
+  </si>
+  <si>
+    <t>Flux Core Arc Welding           </t>
+  </si>
+  <si>
+    <t>WELD1220L   </t>
+  </si>
+  <si>
+    <t>Flux Core Arc Welding Lab  </t>
+  </si>
+  <si>
+    <t>Flux Core Arc Welding Lab       </t>
+  </si>
+  <si>
+    <t>WELD2130    </t>
+  </si>
+  <si>
+    <t>Shielded Metal ARC Welding II (S MAW II) </t>
+  </si>
+  <si>
+    <t>Shielded Metal ARC Welding II (S</t>
+  </si>
+  <si>
+    <t>MAW II)                         </t>
+  </si>
+  <si>
+    <t>WELD2130L   </t>
+  </si>
+  <si>
+    <t>Shielded Metal ARC Welding II La b (SMAW II Lab) </t>
+  </si>
+  <si>
+    <t>Shielded Metal ARC Welding II La</t>
+  </si>
+  <si>
+    <t>b (SMAW II Lab)                 </t>
+  </si>
+  <si>
+    <t>WELD2150    </t>
+  </si>
+  <si>
+    <t>Metal Fabrication II  </t>
+  </si>
+  <si>
+    <t>Metal Fabrication II            </t>
+  </si>
+  <si>
+    <t>WELD2150L   </t>
+  </si>
+  <si>
+    <t>Metal Fabrication II Lab  </t>
+  </si>
+  <si>
+    <t>Metal Fabrication II Lab        </t>
+  </si>
+  <si>
+    <t>WELD2290L   </t>
+  </si>
+  <si>
+    <t>Welder Qualification  </t>
+  </si>
+  <si>
+    <t>Welder Qualification            </t>
   </si>
   <si>
     <t>84</t>
-  </si>
-[...1591 lines deleted...]
-    <t>Welder Qualification            </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <name val="Verdana"/>
       <family val="0"/>
       <charset val="0"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="lightGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left style="none"/>
@@ -3676,51 +2920,51 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AB409"/>
+  <dimension ref="A1:AB218"/>
   <sheetViews>
     <sheetView windowProtection="false" showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
       <selection pane="topLeft" activeCell="A1" activeCellId="0" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.85"/>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="1" width="9.5"/>
@@ -3876,51 +3120,51 @@
       <c r="S2" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T2" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U2" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V2" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W2" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X2" s="1">
         <v>0</v>
       </c>
       <c r="Y2" s="1" t="s">
         <v>43</v>
       </c>
       <c r="Z2" s="1">
         <v>30</v>
       </c>
       <c r="AA2" s="1">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="AB2" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F3" s="1">
         <v>3</v>
       </c>
       <c r="G3" s="1" t="s">
@@ -3958,133 +3202,133 @@
       <c r="S3" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T3" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U3" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V3" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W3" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X3" s="1">
         <v>0</v>
       </c>
       <c r="Y3" s="1" t="s">
         <v>49</v>
       </c>
       <c r="Z3" s="1">
         <v>30</v>
       </c>
       <c r="AA3" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AB3" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F4" s="1">
         <v>4</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J4" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K4" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="2">
-        <v>45887.25</v>
+        <v>46097.25</v>
       </c>
       <c r="M4" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N4" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="1">
         <v>0</v>
       </c>
       <c r="P4" s="1">
         <v>0</v>
       </c>
       <c r="Q4" s="1" t="s"/>
       <c r="R4" s="1" t="s"/>
       <c r="S4" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T4" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U4" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V4" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W4" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X4" s="1">
         <v>0</v>
       </c>
       <c r="Y4" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="Z4" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="AA4" s="1">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="AB4" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="1">
         <v>4</v>
       </c>
       <c r="G5" s="1" t="s">
@@ -4116,153 +3360,153 @@
       </c>
       <c r="P5" s="1">
         <v>0</v>
       </c>
       <c r="Q5" s="1" t="s"/>
       <c r="R5" s="1" t="s"/>
       <c r="S5" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W5" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="1">
         <v>0</v>
       </c>
       <c r="Y5" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="Z5" s="1">
         <v>30</v>
       </c>
       <c r="AA5" s="1">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="AB5" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="1">
         <v>4</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J6" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K6" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L6" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M6" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N6" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O6" s="1">
         <v>0</v>
       </c>
       <c r="P6" s="1">
         <v>0</v>
       </c>
       <c r="Q6" s="1" t="s"/>
       <c r="R6" s="1" t="s"/>
       <c r="S6" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T6" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U6" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V6" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W6" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="1">
         <v>0</v>
       </c>
       <c r="Y6" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="Z6" s="1">
         <v>30</v>
       </c>
       <c r="AA6" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="AB6" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F7" s="1">
         <v>4</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J7" s="1">
         <v>2026</v>
       </c>
       <c r="K7" s="1" t="s">
         <v>36</v>
       </c>
@@ -4280,2722 +3524,2694 @@
       </c>
       <c r="P7" s="1">
         <v>0</v>
       </c>
       <c r="Q7" s="1" t="s"/>
       <c r="R7" s="1" t="s"/>
       <c r="S7" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T7" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U7" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V7" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W7" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="1">
         <v>0</v>
       </c>
       <c r="Y7" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="Z7" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="AA7" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="AB7" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F8" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J8" s="1">
         <v>2026</v>
       </c>
       <c r="K8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L8" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M8" s="2">
         <v>46150.25</v>
       </c>
       <c r="N8" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="O8" s="1">
-        <v>0</v>
+        <v>1730</v>
       </c>
       <c r="P8" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R8" s="1" t="s"/>
+        <v>2130</v>
+      </c>
+      <c r="Q8" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="R8" s="1" t="s">
+        <v>69</v>
+      </c>
       <c r="S8" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T8" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U8" s="1" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="V8" s="1" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="W8" s="1" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="X8" s="1">
         <v>0</v>
       </c>
       <c r="Y8" s="1" t="s">
-        <v>58</v>
+        <v>75</v>
       </c>
       <c r="Z8" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="AA8" s="1">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AB8" s="1" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F9" s="1">
         <v>2</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="J9" s="1">
         <v>2026</v>
       </c>
       <c r="K9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L9" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M9" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N9" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="1">
         <v>1730</v>
       </c>
       <c r="P9" s="1">
         <v>2130</v>
       </c>
       <c r="Q9" s="1" t="s">
         <v>68</v>
       </c>
       <c r="R9" s="1" t="s">
         <v>69</v>
       </c>
       <c r="S9" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T9" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U9" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V9" s="1" t="s">
         <v>73</v>
       </c>
       <c r="W9" s="1" t="s">
         <v>74</v>
       </c>
       <c r="X9" s="1">
         <v>0</v>
       </c>
       <c r="Y9" s="1" t="s">
         <v>75</v>
       </c>
       <c r="Z9" s="1">
         <v>10</v>
       </c>
       <c r="AA9" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AB9" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F10" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J10" s="1">
         <v>2026</v>
       </c>
       <c r="K10" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L10" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M10" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N10" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="1">
-        <v>1730</v>
+        <v>1330</v>
       </c>
       <c r="P10" s="1">
-        <v>2130</v>
+        <v>1450</v>
       </c>
       <c r="Q10" s="1" t="s">
-        <v>68</v>
+        <v>82</v>
       </c>
       <c r="R10" s="1" t="s">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="S10" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T10" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U10" s="1" t="s">
-        <v>72</v>
+        <v>44</v>
       </c>
       <c r="V10" s="1" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="W10" s="1" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="X10" s="1">
         <v>0</v>
       </c>
       <c r="Y10" s="1" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="Z10" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="AA10" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB10" s="1" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F11" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>33</v>
+        <v>91</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="J11" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K11" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L11" s="2">
-        <v>45943.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M11" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N11" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="O11" s="1">
-        <v>0</v>
+        <v>1530</v>
       </c>
       <c r="P11" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R11" s="1" t="s"/>
+        <v>1650</v>
+      </c>
+      <c r="Q11" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="R11" s="1" t="s">
+        <v>93</v>
+      </c>
       <c r="S11" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T11" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U11" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="V11" s="1" t="s">
-        <v>41</v>
+        <v>84</v>
       </c>
       <c r="W11" s="1" t="s">
-        <v>42</v>
+        <v>85</v>
       </c>
       <c r="X11" s="1">
         <v>0</v>
       </c>
       <c r="Y11" s="1" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="Z11" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA11" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AB11" s="1" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F12" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J12" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K12" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L12" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M12" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N12" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O12" s="1">
-        <v>1130</v>
+        <v>1730</v>
       </c>
       <c r="P12" s="1">
-        <v>1220</v>
+        <v>1850</v>
       </c>
       <c r="Q12" s="1" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="R12" s="1" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="S12" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T12" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U12" s="1" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="V12" s="1" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="W12" s="1" t="s">
-        <v>42</v>
+        <v>85</v>
       </c>
       <c r="X12" s="1">
         <v>0</v>
       </c>
       <c r="Y12" s="1" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="Z12" s="1">
         <v>15</v>
       </c>
       <c r="AA12" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB12" s="1" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F13" s="1">
         <v>3</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>93</v>
+        <v>33</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J13" s="1">
         <v>2026</v>
       </c>
       <c r="K13" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L13" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M13" s="2">
         <v>46150.25</v>
       </c>
       <c r="N13" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O13" s="1">
-        <v>1330</v>
+        <v>0</v>
       </c>
       <c r="P13" s="1">
-        <v>1420</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q13" s="1" t="s"/>
+      <c r="R13" s="1" t="s"/>
       <c r="S13" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T13" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U13" s="1" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="V13" s="1" t="s">
-        <v>96</v>
+        <v>41</v>
       </c>
       <c r="W13" s="1" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="X13" s="1">
         <v>0</v>
       </c>
       <c r="Y13" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="Z13" s="1">
         <v>15</v>
       </c>
       <c r="AA13" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AB13" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F14" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>103</v>
+        <v>33</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J14" s="1">
         <v>2026</v>
       </c>
       <c r="K14" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L14" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M14" s="2">
         <v>46150.25</v>
       </c>
       <c r="N14" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O14" s="1">
-        <v>1530</v>
+        <v>0</v>
       </c>
       <c r="P14" s="1">
-        <v>1650</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q14" s="1" t="s"/>
+      <c r="R14" s="1" t="s"/>
       <c r="S14" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T14" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U14" s="1" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="V14" s="1" t="s">
-        <v>96</v>
+        <v>41</v>
       </c>
       <c r="W14" s="1" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="X14" s="1">
         <v>0</v>
       </c>
       <c r="Y14" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="Z14" s="1">
         <v>15</v>
       </c>
       <c r="AA14" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AB14" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="J15" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K15" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L15" s="2">
-        <v>45943.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M15" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N15" s="1" t="s">
-        <v>106</v>
+        <v>67</v>
       </c>
       <c r="O15" s="1">
-        <v>1530</v>
+        <v>900</v>
       </c>
       <c r="P15" s="1">
-        <v>1720</v>
+        <v>1150</v>
       </c>
       <c r="Q15" s="1" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="R15" s="1" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="S15" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T15" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U15" s="1" t="s">
-        <v>44</v>
+        <v>112</v>
       </c>
       <c r="V15" s="1" t="s">
-        <v>96</v>
+        <v>113</v>
       </c>
       <c r="W15" s="1" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="X15" s="1">
         <v>0</v>
       </c>
       <c r="Y15" s="1" t="s">
-        <v>98</v>
+        <v>115</v>
       </c>
       <c r="Z15" s="1">
         <v>15</v>
       </c>
       <c r="AA15" s="1">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="AB15" s="1" t="s">
-        <v>99</v>
+        <v>116</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F16" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>77</v>
+        <v>120</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J16" s="1">
         <v>2026</v>
       </c>
       <c r="K16" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L16" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M16" s="2">
         <v>46150.25</v>
       </c>
       <c r="N16" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O16" s="1">
-        <v>1730</v>
+        <v>1300</v>
       </c>
       <c r="P16" s="1">
-        <v>1850</v>
+        <v>1550</v>
       </c>
       <c r="Q16" s="1" t="s">
-        <v>68</v>
+        <v>121</v>
       </c>
       <c r="R16" s="1" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="S16" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T16" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U16" s="1" t="s">
-        <v>44</v>
+        <v>112</v>
       </c>
       <c r="V16" s="1" t="s">
-        <v>96</v>
+        <v>113</v>
       </c>
       <c r="W16" s="1" t="s">
-        <v>97</v>
+        <v>123</v>
       </c>
       <c r="X16" s="1">
         <v>0</v>
       </c>
       <c r="Y16" s="1" t="s">
-        <v>98</v>
+        <v>124</v>
       </c>
       <c r="Z16" s="1">
         <v>15</v>
       </c>
       <c r="AA16" s="1">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="AB16" s="1" t="s">
-        <v>99</v>
+        <v>116</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="s">
-        <v>113</v>
+        <v>125</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>114</v>
+        <v>126</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F17" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>33</v>
+        <v>128</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J17" s="1">
         <v>2026</v>
       </c>
       <c r="K17" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L17" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M17" s="2">
         <v>46150.25</v>
       </c>
       <c r="N17" s="1" t="s">
-        <v>37</v>
+        <v>129</v>
       </c>
       <c r="O17" s="1">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="P17" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R17" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q17" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="R17" s="1" t="s">
+        <v>111</v>
+      </c>
       <c r="S17" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T17" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U17" s="1" t="s">
-        <v>40</v>
+        <v>112</v>
       </c>
       <c r="V17" s="1" t="s">
-        <v>41</v>
+        <v>113</v>
       </c>
       <c r="W17" s="1" t="s">
-        <v>42</v>
+        <v>123</v>
       </c>
       <c r="X17" s="1">
         <v>0</v>
       </c>
       <c r="Y17" s="1" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="Z17" s="1">
         <v>15</v>
       </c>
       <c r="AA17" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AB17" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="s">
-        <v>118</v>
+        <v>130</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>119</v>
+        <v>131</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F18" s="1">
+        <v>4</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>120</v>
-      </c>
-[...10 lines deleted...]
-        <v>33</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J18" s="1">
         <v>2026</v>
       </c>
       <c r="K18" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L18" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M18" s="2">
         <v>46150.25</v>
       </c>
       <c r="N18" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="O18" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="P18" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R18" s="1" t="s"/>
+        <v>1550</v>
+      </c>
+      <c r="Q18" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="R18" s="1" t="s">
+        <v>122</v>
+      </c>
       <c r="S18" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T18" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U18" s="1" t="s">
-        <v>40</v>
+        <v>112</v>
       </c>
       <c r="V18" s="1" t="s">
-        <v>41</v>
+        <v>113</v>
       </c>
       <c r="W18" s="1" t="s">
-        <v>42</v>
+        <v>114</v>
       </c>
       <c r="X18" s="1">
         <v>0</v>
       </c>
       <c r="Y18" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="Z18" s="1">
         <v>15</v>
       </c>
       <c r="AA18" s="1">
         <v>0</v>
       </c>
       <c r="AB18" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F19" s="1">
         <v>4</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J19" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K19" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L19" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M19" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N19" s="1" t="s">
-        <v>67</v>
+        <v>129</v>
       </c>
       <c r="O19" s="1">
-        <v>900</v>
+        <v>1300</v>
       </c>
       <c r="P19" s="1">
-        <v>1150</v>
+        <v>1550</v>
       </c>
       <c r="Q19" s="1" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="R19" s="1" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="S19" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T19" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U19" s="1" t="s">
-        <v>127</v>
+        <v>112</v>
       </c>
       <c r="V19" s="1" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
       <c r="W19" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="X19" s="1">
         <v>0</v>
       </c>
       <c r="Y19" s="1" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="Z19" s="1">
         <v>15</v>
       </c>
       <c r="AA19" s="1">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="AB19" s="1" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>122</v>
+        <v>137</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>123</v>
+        <v>138</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F20" s="1">
         <v>4</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>124</v>
+        <v>109</v>
       </c>
       <c r="H20" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J20" s="1">
         <v>2026</v>
       </c>
       <c r="K20" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L20" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M20" s="2">
         <v>46150.25</v>
       </c>
       <c r="N20" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O20" s="1">
         <v>900</v>
       </c>
       <c r="P20" s="1">
         <v>1150</v>
       </c>
       <c r="Q20" s="1" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="R20" s="1" t="s">
-        <v>126</v>
+        <v>111</v>
       </c>
       <c r="S20" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T20" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U20" s="1" t="s">
-        <v>127</v>
+        <v>112</v>
       </c>
       <c r="V20" s="1" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
       <c r="W20" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="X20" s="1">
         <v>0</v>
       </c>
       <c r="Y20" s="1" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="Z20" s="1">
         <v>15</v>
       </c>
       <c r="AA20" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="AB20" s="1" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F21" s="1">
         <v>4</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J21" s="1">
         <v>2026</v>
       </c>
       <c r="K21" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L21" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M21" s="2">
         <v>46150.25</v>
       </c>
       <c r="N21" s="1" t="s">
-        <v>67</v>
+        <v>129</v>
       </c>
       <c r="O21" s="1">
-        <v>1300</v>
+        <v>900</v>
       </c>
       <c r="P21" s="1">
-        <v>1550</v>
+        <v>1150</v>
       </c>
       <c r="Q21" s="1" t="s">
-        <v>136</v>
+        <v>110</v>
       </c>
       <c r="R21" s="1" t="s">
-        <v>137</v>
+        <v>111</v>
       </c>
       <c r="S21" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T21" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U21" s="1" t="s">
-        <v>127</v>
+        <v>112</v>
       </c>
       <c r="V21" s="1" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
       <c r="W21" s="1" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="X21" s="1">
         <v>0</v>
       </c>
       <c r="Y21" s="1" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="Z21" s="1">
         <v>15</v>
       </c>
       <c r="AA21" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB21" s="1" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F22" s="1">
         <v>4</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>143</v>
+        <v>81</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J22" s="1">
         <v>2026</v>
       </c>
       <c r="K22" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L22" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M22" s="2">
         <v>46150.25</v>
       </c>
       <c r="N22" s="1" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="O22" s="1">
-        <v>900</v>
+        <v>1300</v>
       </c>
       <c r="P22" s="1">
-        <v>1150</v>
+        <v>1550</v>
       </c>
       <c r="Q22" s="1" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="R22" s="1" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="S22" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T22" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U22" s="1" t="s">
-        <v>127</v>
+        <v>112</v>
       </c>
       <c r="V22" s="1" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
       <c r="W22" s="1" t="s">
-        <v>138</v>
+        <v>114</v>
       </c>
       <c r="X22" s="1">
         <v>0</v>
       </c>
       <c r="Y22" s="1" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="Z22" s="1">
         <v>15</v>
       </c>
       <c r="AA22" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="AB22" s="1" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F23" s="1">
         <v>4</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>135</v>
+        <v>109</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J23" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K23" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L23" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M23" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N23" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O23" s="1">
-        <v>1300</v>
+        <v>900</v>
       </c>
       <c r="P23" s="1">
-        <v>1550</v>
+        <v>1150</v>
       </c>
       <c r="Q23" s="1" t="s">
-        <v>136</v>
+        <v>110</v>
       </c>
       <c r="R23" s="1" t="s">
-        <v>137</v>
+        <v>111</v>
       </c>
       <c r="S23" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T23" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U23" s="1" t="s">
-        <v>127</v>
+        <v>149</v>
       </c>
       <c r="V23" s="1" t="s">
-        <v>128</v>
+        <v>150</v>
       </c>
       <c r="W23" s="1" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="X23" s="1">
         <v>0</v>
       </c>
       <c r="Y23" s="1" t="s">
-        <v>139</v>
+        <v>152</v>
       </c>
       <c r="Z23" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="AA23" s="1">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="AB23" s="1" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F24" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>143</v>
+        <v>120</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J24" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K24" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L24" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M24" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N24" s="1" t="s">
-        <v>144</v>
+        <v>156</v>
       </c>
       <c r="O24" s="1">
-        <v>900</v>
+        <v>1300</v>
       </c>
       <c r="P24" s="1">
-        <v>1150</v>
+        <v>1550</v>
       </c>
       <c r="Q24" s="1" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="R24" s="1" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="S24" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T24" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U24" s="1" t="s">
-        <v>127</v>
+        <v>149</v>
       </c>
       <c r="V24" s="1" t="s">
-        <v>128</v>
+        <v>150</v>
       </c>
       <c r="W24" s="1" t="s">
-        <v>129</v>
+        <v>157</v>
       </c>
       <c r="X24" s="1">
         <v>0</v>
       </c>
       <c r="Y24" s="1" t="s">
-        <v>130</v>
+        <v>152</v>
       </c>
       <c r="Z24" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="AA24" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="AB24" s="1" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="s">
-        <v>145</v>
+        <v>158</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>146</v>
+        <v>159</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>147</v>
+        <v>160</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>32</v>
+        <v>161</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F25" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>135</v>
+        <v>33</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J25" s="1">
         <v>2026</v>
       </c>
       <c r="K25" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L25" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M25" s="2">
         <v>46150.25</v>
       </c>
       <c r="N25" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O25" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P25" s="1">
-        <v>1550</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q25" s="1" t="s"/>
+      <c r="R25" s="1" t="s"/>
       <c r="S25" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T25" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U25" s="1" t="s">
-        <v>127</v>
+        <v>40</v>
       </c>
       <c r="V25" s="1" t="s">
-        <v>128</v>
+        <v>41</v>
       </c>
       <c r="W25" s="1" t="s">
-        <v>129</v>
+        <v>42</v>
       </c>
       <c r="X25" s="1">
         <v>0</v>
       </c>
       <c r="Y25" s="1" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="Z25" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="AA25" s="1">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="AB25" s="1" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="s">
-        <v>148</v>
+        <v>163</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>149</v>
+        <v>164</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F26" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>93</v>
+        <v>33</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J26" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K26" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L26" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M26" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N26" s="1" t="s">
-        <v>144</v>
+        <v>37</v>
       </c>
       <c r="O26" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P26" s="1">
-        <v>1550</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q26" s="1" t="s"/>
+      <c r="R26" s="1" t="s"/>
       <c r="S26" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T26" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U26" s="1" t="s">
-        <v>127</v>
+        <v>40</v>
       </c>
       <c r="V26" s="1" t="s">
-        <v>128</v>
+        <v>41</v>
       </c>
       <c r="W26" s="1" t="s">
-        <v>138</v>
+        <v>42</v>
       </c>
       <c r="X26" s="1">
         <v>0</v>
       </c>
       <c r="Y26" s="1" t="s">
-        <v>139</v>
+        <v>55</v>
       </c>
       <c r="Z26" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="AA26" s="1">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="AB26" s="1" t="s">
-        <v>131</v>
+        <v>44</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="s">
-        <v>148</v>
+        <v>166</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>149</v>
+        <v>167</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>150</v>
+        <v>168</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F27" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>135</v>
+        <v>169</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J27" s="1">
         <v>2026</v>
       </c>
       <c r="K27" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L27" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M27" s="2">
         <v>46150.25</v>
       </c>
       <c r="N27" s="1" t="s">
-        <v>144</v>
+        <v>37</v>
       </c>
       <c r="O27" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P27" s="1">
-        <v>1550</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q27" s="1" t="s"/>
+      <c r="R27" s="1" t="s"/>
       <c r="S27" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T27" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U27" s="1" t="s">
-        <v>127</v>
+        <v>40</v>
       </c>
       <c r="V27" s="1" t="s">
-        <v>128</v>
+        <v>41</v>
       </c>
       <c r="W27" s="1" t="s">
-        <v>138</v>
+        <v>42</v>
       </c>
       <c r="X27" s="1">
         <v>0</v>
       </c>
       <c r="Y27" s="1" t="s">
-        <v>139</v>
+        <v>170</v>
       </c>
       <c r="Z27" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="AA27" s="1">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="AB27" s="1" t="s">
-        <v>131</v>
+        <v>76</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="s">
-        <v>151</v>
+        <v>166</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>152</v>
+        <v>167</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F28" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>124</v>
+        <v>33</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J28" s="1">
         <v>2026</v>
       </c>
       <c r="K28" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L28" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M28" s="2">
         <v>46150.25</v>
       </c>
       <c r="N28" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O28" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P28" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q28" s="1" t="s"/>
+      <c r="R28" s="1" t="s"/>
       <c r="S28" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T28" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U28" s="1" t="s">
-        <v>127</v>
+        <v>40</v>
       </c>
       <c r="V28" s="1" t="s">
-        <v>128</v>
+        <v>41</v>
       </c>
       <c r="W28" s="1" t="s">
-        <v>138</v>
+        <v>42</v>
       </c>
       <c r="X28" s="1">
         <v>0</v>
       </c>
       <c r="Y28" s="1" t="s">
-        <v>139</v>
+        <v>171</v>
       </c>
       <c r="Z28" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="AA28" s="1">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="AB28" s="1" t="s">
-        <v>131</v>
+        <v>76</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="s">
-        <v>154</v>
+        <v>172</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>155</v>
+        <v>173</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F29" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>143</v>
+        <v>169</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J29" s="1">
         <v>2026</v>
       </c>
       <c r="K29" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L29" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M29" s="2">
         <v>46150.25</v>
       </c>
       <c r="N29" s="1" t="s">
-        <v>144</v>
+        <v>37</v>
       </c>
       <c r="O29" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P29" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q29" s="1" t="s"/>
+      <c r="R29" s="1" t="s"/>
       <c r="S29" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T29" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U29" s="1" t="s">
-        <v>127</v>
+        <v>38</v>
       </c>
       <c r="V29" s="1" t="s">
-        <v>128</v>
+        <v>175</v>
       </c>
       <c r="W29" s="1" t="s">
-        <v>157</v>
+        <v>42</v>
       </c>
       <c r="X29" s="1">
         <v>0</v>
       </c>
       <c r="Y29" s="1" t="s">
-        <v>130</v>
+        <v>171</v>
       </c>
       <c r="Z29" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="AA29" s="1">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="AB29" s="1" t="s">
-        <v>131</v>
+        <v>76</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="s">
-        <v>154</v>
+        <v>172</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>155</v>
+        <v>173</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F30" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>135</v>
+        <v>33</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J30" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K30" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L30" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M30" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N30" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O30" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P30" s="1">
-        <v>1550</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q30" s="1" t="s"/>
+      <c r="R30" s="1" t="s"/>
       <c r="S30" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T30" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U30" s="1" t="s">
-        <v>127</v>
+        <v>72</v>
       </c>
       <c r="V30" s="1" t="s">
-        <v>128</v>
+        <v>73</v>
       </c>
       <c r="W30" s="1" t="s">
-        <v>129</v>
+        <v>42</v>
       </c>
       <c r="X30" s="1">
         <v>0</v>
       </c>
       <c r="Y30" s="1" t="s">
-        <v>130</v>
+        <v>170</v>
       </c>
       <c r="Z30" s="1">
+        <v>16</v>
+      </c>
+      <c r="AA30" s="1">
         <v>15</v>
       </c>
-      <c r="AA30" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="AB30" s="1" t="s">
-        <v>131</v>
+        <v>76</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="s">
-        <v>158</v>
+        <v>176</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>159</v>
+        <v>177</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>160</v>
+        <v>174</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>32</v>
+        <v>178</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F31" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>93</v>
+        <v>33</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J31" s="1">
         <v>2026</v>
       </c>
       <c r="K31" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L31" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M31" s="2">
         <v>46150.25</v>
       </c>
       <c r="N31" s="1" t="s">
-        <v>144</v>
+        <v>179</v>
       </c>
       <c r="O31" s="1">
-        <v>1300</v>
+        <v>1200</v>
       </c>
       <c r="P31" s="1">
-        <v>1550</v>
+        <v>1350</v>
       </c>
       <c r="Q31" s="1" t="s">
-        <v>136</v>
+        <v>180</v>
       </c>
       <c r="R31" s="1" t="s">
-        <v>137</v>
+        <v>181</v>
       </c>
       <c r="S31" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T31" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U31" s="1" t="s">
-        <v>127</v>
+        <v>72</v>
       </c>
       <c r="V31" s="1" t="s">
-        <v>128</v>
+        <v>73</v>
       </c>
       <c r="W31" s="1" t="s">
-        <v>129</v>
+        <v>182</v>
       </c>
       <c r="X31" s="1">
         <v>0</v>
       </c>
       <c r="Y31" s="1" t="s">
-        <v>130</v>
+        <v>170</v>
       </c>
       <c r="Z31" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="AA31" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB31" s="1" t="s">
-        <v>131</v>
+        <v>76</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="s">
-        <v>158</v>
+        <v>183</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>159</v>
+        <v>184</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>160</v>
+        <v>185</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>32</v>
+        <v>186</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F32" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>103</v>
+        <v>33</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J32" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K32" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L32" s="2">
-        <v>45887.25</v>
+        <v>46097.25</v>
       </c>
       <c r="M32" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N32" s="1" t="s">
-        <v>144</v>
+        <v>37</v>
       </c>
       <c r="O32" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P32" s="1">
-        <v>1550</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q32" s="1" t="s"/>
+      <c r="R32" s="1" t="s"/>
       <c r="S32" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T32" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U32" s="1" t="s">
-        <v>127</v>
+        <v>40</v>
       </c>
       <c r="V32" s="1" t="s">
-        <v>128</v>
+        <v>41</v>
       </c>
       <c r="W32" s="1" t="s">
-        <v>129</v>
+        <v>42</v>
       </c>
       <c r="X32" s="1">
         <v>0</v>
       </c>
       <c r="Y32" s="1" t="s">
-        <v>130</v>
+        <v>187</v>
       </c>
       <c r="Z32" s="1">
         <v>15</v>
       </c>
       <c r="AA32" s="1">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="AB32" s="1" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="s">
-        <v>161</v>
+        <v>188</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>162</v>
+        <v>189</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>163</v>
+        <v>190</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F33" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>124</v>
+        <v>33</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J33" s="1">
         <v>2026</v>
       </c>
       <c r="K33" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L33" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M33" s="2">
         <v>46150.25</v>
       </c>
       <c r="N33" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O33" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P33" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q33" s="1" t="s"/>
+      <c r="R33" s="1" t="s"/>
       <c r="S33" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T33" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U33" s="1" t="s">
-        <v>164</v>
+        <v>40</v>
       </c>
       <c r="V33" s="1" t="s">
-        <v>165</v>
+        <v>41</v>
       </c>
       <c r="W33" s="1" t="s">
-        <v>166</v>
+        <v>42</v>
       </c>
       <c r="X33" s="1">
         <v>0</v>
       </c>
       <c r="Y33" s="1" t="s">
-        <v>167</v>
+        <v>187</v>
       </c>
       <c r="Z33" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="AA33" s="1">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="AB33" s="1" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="s">
-        <v>168</v>
+        <v>191</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>169</v>
+        <v>192</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>170</v>
+        <v>192</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F34" s="1">
         <v>3</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>135</v>
+        <v>193</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J34" s="1">
         <v>2026</v>
       </c>
       <c r="K34" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L34" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M34" s="2">
         <v>46150.25</v>
       </c>
       <c r="N34" s="1" t="s">
-        <v>171</v>
+        <v>129</v>
       </c>
       <c r="O34" s="1">
-        <v>1300</v>
+        <v>1047</v>
       </c>
       <c r="P34" s="1">
-        <v>1550</v>
+        <v>1147</v>
       </c>
       <c r="Q34" s="1" t="s">
-        <v>136</v>
+        <v>194</v>
       </c>
       <c r="R34" s="1" t="s">
-        <v>137</v>
+        <v>195</v>
       </c>
       <c r="S34" s="1" t="s">
-        <v>70</v>
+        <v>196</v>
       </c>
       <c r="T34" s="1" t="s">
-        <v>71</v>
+        <v>197</v>
       </c>
       <c r="U34" s="1" t="s">
-        <v>164</v>
+        <v>196</v>
       </c>
       <c r="V34" s="1" t="s">
-        <v>165</v>
+        <v>198</v>
       </c>
       <c r="W34" s="1" t="s">
-        <v>172</v>
+        <v>199</v>
       </c>
       <c r="X34" s="1">
         <v>0</v>
       </c>
       <c r="Y34" s="1" t="s">
-        <v>167</v>
+        <v>200</v>
       </c>
       <c r="Z34" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="AA34" s="1">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="AB34" s="1" t="s">
-        <v>131</v>
+        <v>76</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="s">
-        <v>173</v>
+        <v>201</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>174</v>
+        <v>202</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>175</v>
+        <v>203</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F35" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J35" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K35" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L35" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M35" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N35" s="1" t="s">
-        <v>144</v>
+        <v>37</v>
       </c>
       <c r="O35" s="1">
-        <v>1630</v>
+        <v>0</v>
       </c>
       <c r="P35" s="1">
-        <v>1820</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q35" s="1" t="s"/>
+      <c r="R35" s="1" t="s"/>
       <c r="S35" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T35" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U35" s="1" t="s">
-        <v>179</v>
+        <v>40</v>
       </c>
       <c r="V35" s="1" t="s">
-        <v>180</v>
+        <v>41</v>
       </c>
       <c r="W35" s="1" t="s">
-        <v>181</v>
+        <v>42</v>
       </c>
       <c r="X35" s="1">
         <v>0</v>
       </c>
       <c r="Y35" s="1" t="s">
-        <v>182</v>
+        <v>171</v>
       </c>
       <c r="Z35" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="AA35" s="1">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="AB35" s="1" t="s">
-        <v>131</v>
+        <v>76</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="s">
-        <v>183</v>
+        <v>201</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>184</v>
+        <v>202</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>185</v>
+        <v>203</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F36" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>176</v>
+        <v>33</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J36" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K36" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L36" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M36" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N36" s="1" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="O36" s="1">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="P36" s="1">
-        <v>50</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q36" s="1" t="s"/>
+      <c r="R36" s="1" t="s"/>
       <c r="S36" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T36" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U36" s="1" t="s">
-        <v>179</v>
+        <v>40</v>
       </c>
       <c r="V36" s="1" t="s">
-        <v>180</v>
+        <v>41</v>
       </c>
       <c r="W36" s="1" t="s">
-        <v>181</v>
+        <v>42</v>
       </c>
       <c r="X36" s="1">
         <v>0</v>
       </c>
       <c r="Y36" s="1" t="s">
-        <v>182</v>
+        <v>170</v>
       </c>
       <c r="Z36" s="1">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="AA36" s="1">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="AB36" s="1" t="s">
-        <v>131</v>
+        <v>76</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="s">
-        <v>188</v>
+        <v>204</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>190</v>
+        <v>206</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>191</v>
+        <v>32</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F37" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>33</v>
+        <v>193</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J37" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K37" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L37" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M37" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N37" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="O37" s="1">
-        <v>0</v>
+        <v>1047</v>
       </c>
       <c r="P37" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R37" s="1" t="s"/>
+        <v>1147</v>
+      </c>
+      <c r="Q37" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="R37" s="1" t="s">
+        <v>195</v>
+      </c>
       <c r="S37" s="1" t="s">
-        <v>38</v>
+        <v>196</v>
       </c>
       <c r="T37" s="1" t="s">
-        <v>39</v>
+        <v>197</v>
       </c>
       <c r="U37" s="1" t="s">
-        <v>40</v>
+        <v>196</v>
       </c>
       <c r="V37" s="1" t="s">
-        <v>41</v>
+        <v>198</v>
       </c>
       <c r="W37" s="1" t="s">
-        <v>42</v>
+        <v>199</v>
       </c>
       <c r="X37" s="1">
         <v>0</v>
       </c>
       <c r="Y37" s="1" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="Z37" s="1">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="AA37" s="1">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="AB37" s="1" t="s">
-        <v>117</v>
+        <v>76</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>189</v>
+        <v>208</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>190</v>
+        <v>209</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>191</v>
+        <v>210</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>31</v>
+        <v>211</v>
       </c>
       <c r="F38" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>33</v>
+        <v>169</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J38" s="1">
         <v>2026</v>
       </c>
       <c r="K38" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L38" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M38" s="2">
         <v>46150.25</v>
       </c>
       <c r="N38" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O38" s="1">
         <v>0</v>
       </c>
       <c r="P38" s="1">
         <v>0</v>
       </c>
       <c r="Q38" s="1" t="s"/>
       <c r="R38" s="1" t="s"/>
       <c r="S38" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T38" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U38" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V38" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W38" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X38" s="1">
         <v>0</v>
       </c>
       <c r="Y38" s="1" t="s">
-        <v>192</v>
+        <v>170</v>
       </c>
       <c r="Z38" s="1">
+        <v>16</v>
+      </c>
+      <c r="AA38" s="1">
         <v>15</v>
       </c>
-      <c r="AA38" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="AB38" s="1" t="s">
-        <v>117</v>
+        <v>76</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="s">
-        <v>193</v>
+        <v>207</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>194</v>
+        <v>208</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>195</v>
+        <v>209</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>31</v>
+        <v>210</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>32</v>
+        <v>211</v>
       </c>
       <c r="F39" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J39" s="1">
         <v>2026</v>
       </c>
       <c r="K39" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L39" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M39" s="2">
         <v>46150.25</v>
       </c>
       <c r="N39" s="1" t="s">
         <v>37</v>
       </c>
@@ -7004,658 +6220,662 @@
       </c>
       <c r="P39" s="1">
         <v>0</v>
       </c>
       <c r="Q39" s="1" t="s"/>
       <c r="R39" s="1" t="s"/>
       <c r="S39" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T39" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U39" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V39" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W39" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X39" s="1">
         <v>0</v>
       </c>
       <c r="Y39" s="1" t="s">
-        <v>54</v>
+        <v>171</v>
       </c>
       <c r="Z39" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="AA39" s="1">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="AB39" s="1" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="s">
-        <v>196</v>
+        <v>212</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>197</v>
+        <v>213</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>31</v>
+        <v>214</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F40" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J40" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K40" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L40" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M40" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N40" s="1" t="s">
-        <v>37</v>
+        <v>179</v>
       </c>
       <c r="O40" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="P40" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R40" s="1" t="s"/>
+        <v>950</v>
+      </c>
+      <c r="Q40" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="R40" s="1" t="s">
+        <v>216</v>
+      </c>
       <c r="S40" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T40" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U40" s="1" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="V40" s="1" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="W40" s="1" t="s">
-        <v>42</v>
+        <v>182</v>
       </c>
       <c r="X40" s="1">
         <v>0</v>
       </c>
       <c r="Y40" s="1" t="s">
-        <v>82</v>
+        <v>170</v>
       </c>
       <c r="Z40" s="1">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="AA40" s="1">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="AB40" s="1" t="s">
-        <v>117</v>
+        <v>76</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="s">
-        <v>199</v>
+        <v>217</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>201</v>
+        <v>219</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F41" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>33</v>
+        <v>169</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J41" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K41" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L41" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M41" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N41" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O41" s="1">
         <v>0</v>
       </c>
       <c r="P41" s="1">
         <v>0</v>
       </c>
       <c r="Q41" s="1" t="s"/>
       <c r="R41" s="1" t="s"/>
       <c r="S41" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T41" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U41" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V41" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W41" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X41" s="1">
         <v>0</v>
       </c>
       <c r="Y41" s="1" t="s">
-        <v>82</v>
+        <v>170</v>
       </c>
       <c r="Z41" s="1">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="AA41" s="1">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="AB41" s="1" t="s">
-        <v>117</v>
+        <v>76</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="s">
-        <v>202</v>
+        <v>217</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>203</v>
+        <v>218</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F42" s="1">
         <v>3</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J42" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K42" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L42" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M42" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N42" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O42" s="1">
         <v>0</v>
       </c>
       <c r="P42" s="1">
         <v>0</v>
       </c>
       <c r="Q42" s="1" t="s"/>
       <c r="R42" s="1" t="s"/>
       <c r="S42" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T42" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U42" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V42" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W42" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X42" s="1">
         <v>0</v>
       </c>
       <c r="Y42" s="1" t="s">
-        <v>205</v>
+        <v>220</v>
       </c>
       <c r="Z42" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="AA42" s="1">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="AB42" s="1" t="s">
-        <v>117</v>
+        <v>76</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="s">
-        <v>206</v>
+        <v>221</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>207</v>
+        <v>222</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>208</v>
+        <v>223</v>
       </c>
       <c r="D43" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="E43" s="1" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F43" s="1">
         <v>1</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>33</v>
+        <v>169</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J43" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K43" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L43" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M43" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N43" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O43" s="1">
         <v>0</v>
       </c>
       <c r="P43" s="1">
         <v>0</v>
       </c>
       <c r="Q43" s="1" t="s"/>
       <c r="R43" s="1" t="s"/>
       <c r="S43" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T43" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U43" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V43" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W43" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X43" s="1">
         <v>0</v>
       </c>
       <c r="Y43" s="1" t="s">
-        <v>205</v>
+        <v>220</v>
       </c>
       <c r="Z43" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="AA43" s="1">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="AB43" s="1" t="s">
-        <v>117</v>
+        <v>76</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="s">
-        <v>209</v>
+        <v>221</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>210</v>
+        <v>222</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>211</v>
+        <v>223</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>32</v>
+        <v>224</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F44" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>212</v>
+        <v>33</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J44" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K44" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L44" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M44" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N44" s="1" t="s">
-        <v>213</v>
+        <v>37</v>
       </c>
       <c r="O44" s="1">
-        <v>1047</v>
+        <v>0</v>
       </c>
       <c r="P44" s="1">
-        <v>1137</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q44" s="1" t="s"/>
+      <c r="R44" s="1" t="s"/>
       <c r="S44" s="1" t="s">
-        <v>216</v>
+        <v>38</v>
       </c>
       <c r="T44" s="1" t="s">
-        <v>217</v>
+        <v>39</v>
       </c>
       <c r="U44" s="1" t="s">
-        <v>216</v>
+        <v>40</v>
       </c>
       <c r="V44" s="1" t="s">
-        <v>218</v>
+        <v>41</v>
       </c>
       <c r="W44" s="1" t="s">
-        <v>219</v>
+        <v>42</v>
       </c>
       <c r="X44" s="1">
         <v>0</v>
       </c>
       <c r="Y44" s="1" t="s">
-        <v>220</v>
+        <v>170</v>
       </c>
       <c r="Z44" s="1">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="AA44" s="1">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="AB44" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>31</v>
+        <v>224</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>32</v>
+        <v>214</v>
       </c>
       <c r="F45" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="H45" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J45" s="1">
         <v>2026</v>
       </c>
       <c r="K45" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L45" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M45" s="2">
         <v>46150.25</v>
       </c>
       <c r="N45" s="1" t="s">
-        <v>37</v>
+        <v>179</v>
       </c>
       <c r="O45" s="1">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="P45" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R45" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q45" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="R45" s="1" t="s">
+        <v>111</v>
+      </c>
       <c r="S45" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T45" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U45" s="1" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="V45" s="1" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="W45" s="1" t="s">
-        <v>42</v>
+        <v>182</v>
       </c>
       <c r="X45" s="1">
         <v>0</v>
       </c>
       <c r="Y45" s="1" t="s">
-        <v>205</v>
+        <v>170</v>
       </c>
       <c r="Z45" s="1">
         <v>16</v>
       </c>
       <c r="AA45" s="1">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="AB45" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>211</v>
+        <v>231</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F46" s="1">
         <v>3</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>223</v>
+        <v>33</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J46" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K46" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L46" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M46" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N46" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O46" s="1">
         <v>0</v>
       </c>
       <c r="P46" s="1">
         <v>0</v>
       </c>
       <c r="Q46" s="1" t="s"/>
       <c r="R46" s="1" t="s"/>
       <c r="S46" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T46" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U46" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V46" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W46" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X46" s="1">
         <v>0</v>
       </c>
       <c r="Y46" s="1" t="s">
-        <v>205</v>
+        <v>170</v>
       </c>
       <c r="Z46" s="1">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="AA46" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="AB46" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="s">
-        <v>221</v>
+        <v>232</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>222</v>
+        <v>233</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>211</v>
+        <v>234</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F47" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J47" s="1">
         <v>2026</v>
       </c>
       <c r="K47" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L47" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M47" s="2">
         <v>46150.25</v>
       </c>
       <c r="N47" s="1" t="s">
         <v>37</v>
       </c>
@@ -7664,1816 +6884,1812 @@
       </c>
       <c r="P47" s="1">
         <v>0</v>
       </c>
       <c r="Q47" s="1" t="s"/>
       <c r="R47" s="1" t="s"/>
       <c r="S47" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T47" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U47" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V47" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W47" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X47" s="1">
         <v>0</v>
       </c>
       <c r="Y47" s="1" t="s">
-        <v>224</v>
+        <v>170</v>
       </c>
       <c r="Z47" s="1">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="AA47" s="1">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="AB47" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="s">
-        <v>221</v>
+        <v>235</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>222</v>
+        <v>236</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>211</v>
+        <v>237</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>31</v>
+        <v>214</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F48" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>33</v>
+        <v>120</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J48" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K48" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L48" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M48" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N48" s="1" t="s">
-        <v>37</v>
+        <v>179</v>
       </c>
       <c r="O48" s="1">
-        <v>0</v>
+        <v>1400</v>
       </c>
       <c r="P48" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R48" s="1" t="s"/>
+        <v>1550</v>
+      </c>
+      <c r="Q48" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="R48" s="1" t="s">
+        <v>122</v>
+      </c>
       <c r="S48" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T48" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U48" s="1" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="V48" s="1" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="W48" s="1" t="s">
-        <v>42</v>
+        <v>182</v>
       </c>
       <c r="X48" s="1">
         <v>0</v>
       </c>
       <c r="Y48" s="1" t="s">
-        <v>205</v>
+        <v>170</v>
       </c>
       <c r="Z48" s="1">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="AA48" s="1">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="AB48" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>226</v>
+        <v>240</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>227</v>
+        <v>241</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>32</v>
+        <v>242</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F49" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>212</v>
+        <v>33</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J49" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K49" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L49" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M49" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N49" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O49" s="1">
-        <v>1047</v>
+        <v>0</v>
       </c>
       <c r="P49" s="1">
-        <v>1137</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q49" s="1" t="s"/>
+      <c r="R49" s="1" t="s"/>
       <c r="S49" s="1" t="s">
-        <v>216</v>
+        <v>70</v>
       </c>
       <c r="T49" s="1" t="s">
-        <v>217</v>
+        <v>71</v>
       </c>
       <c r="U49" s="1" t="s">
-        <v>216</v>
+        <v>72</v>
       </c>
       <c r="V49" s="1" t="s">
-        <v>218</v>
+        <v>73</v>
       </c>
       <c r="W49" s="1" t="s">
-        <v>219</v>
+        <v>42</v>
       </c>
       <c r="X49" s="1">
         <v>0</v>
       </c>
       <c r="Y49" s="1" t="s">
-        <v>220</v>
+        <v>243</v>
       </c>
       <c r="Z49" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="AA49" s="1">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="AB49" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="s">
-        <v>228</v>
+        <v>244</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>229</v>
+        <v>245</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>227</v>
+        <v>246</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>31</v>
+        <v>247</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>32</v>
+        <v>248</v>
       </c>
       <c r="F50" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>223</v>
+        <v>33</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J50" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K50" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L50" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M50" s="2">
-        <v>45996.29166666667</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N50" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O50" s="1">
         <v>0</v>
       </c>
       <c r="P50" s="1">
         <v>0</v>
       </c>
       <c r="Q50" s="1" t="s"/>
       <c r="R50" s="1" t="s"/>
       <c r="S50" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T50" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U50" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V50" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W50" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X50" s="1">
         <v>0</v>
       </c>
       <c r="Y50" s="1" t="s">
-        <v>205</v>
+        <v>187</v>
       </c>
       <c r="Z50" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="AA50" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="AB50" s="1" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="s">
-        <v>228</v>
+        <v>249</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>229</v>
+        <v>250</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>227</v>
+        <v>251</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>31</v>
+        <v>252</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F51" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>223</v>
+        <v>33</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J51" s="1">
         <v>2026</v>
       </c>
       <c r="K51" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L51" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M51" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N51" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O51" s="1">
         <v>0</v>
       </c>
       <c r="P51" s="1">
         <v>0</v>
       </c>
       <c r="Q51" s="1" t="s"/>
       <c r="R51" s="1" t="s"/>
       <c r="S51" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T51" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U51" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V51" s="1" t="s">
-        <v>89</v>
+        <v>41</v>
       </c>
       <c r="W51" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X51" s="1">
         <v>0</v>
       </c>
       <c r="Y51" s="1" t="s">
-        <v>224</v>
+        <v>187</v>
       </c>
       <c r="Z51" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="AA51" s="1">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="AB51" s="1" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="s">
-        <v>228</v>
+        <v>253</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>229</v>
+        <v>254</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>227</v>
+        <v>255</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F52" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J52" s="1">
         <v>2026</v>
       </c>
       <c r="K52" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L52" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M52" s="2">
         <v>46150.25</v>
       </c>
       <c r="N52" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O52" s="1">
         <v>0</v>
       </c>
       <c r="P52" s="1">
         <v>0</v>
       </c>
       <c r="Q52" s="1" t="s"/>
       <c r="R52" s="1" t="s"/>
       <c r="S52" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T52" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U52" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V52" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W52" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X52" s="1">
         <v>0</v>
       </c>
       <c r="Y52" s="1" t="s">
-        <v>205</v>
+        <v>256</v>
       </c>
       <c r="Z52" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="AA52" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="AB52" s="1" t="s">
-        <v>76</v>
+        <v>44</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="s">
-        <v>228</v>
+        <v>253</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>229</v>
+        <v>254</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>227</v>
+        <v>255</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F53" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J53" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K53" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L53" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M53" s="2">
-        <v>45996.29166666667</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N53" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O53" s="1">
         <v>0</v>
       </c>
       <c r="P53" s="1">
         <v>0</v>
       </c>
       <c r="Q53" s="1" t="s"/>
       <c r="R53" s="1" t="s"/>
       <c r="S53" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T53" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U53" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V53" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W53" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X53" s="1">
         <v>0</v>
       </c>
       <c r="Y53" s="1" t="s">
-        <v>205</v>
+        <v>256</v>
       </c>
       <c r="Z53" s="1">
         <v>30</v>
       </c>
       <c r="AA53" s="1">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="AB53" s="1" t="s">
-        <v>76</v>
+        <v>44</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="s">
-        <v>230</v>
+        <v>257</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>231</v>
+        <v>258</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>227</v>
+        <v>259</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>232</v>
+        <v>31</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F54" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="H54" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J54" s="1">
         <v>2026</v>
       </c>
       <c r="K54" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L54" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M54" s="2">
         <v>46150.25</v>
       </c>
       <c r="N54" s="1" t="s">
-        <v>233</v>
+        <v>37</v>
       </c>
       <c r="O54" s="1">
-        <v>1200</v>
+        <v>0</v>
       </c>
       <c r="P54" s="1">
-        <v>1350</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q54" s="1" t="s"/>
+      <c r="R54" s="1" t="s"/>
       <c r="S54" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T54" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U54" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V54" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W54" s="1" t="s">
-        <v>236</v>
+        <v>42</v>
       </c>
       <c r="X54" s="1">
         <v>0</v>
       </c>
       <c r="Y54" s="1" t="s">
-        <v>205</v>
+        <v>256</v>
       </c>
       <c r="Z54" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="AA54" s="1">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AB54" s="1" t="s">
-        <v>76</v>
+        <v>44</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="s">
-        <v>237</v>
+        <v>260</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>238</v>
+        <v>261</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>239</v>
+        <v>262</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>240</v>
+        <v>31</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F55" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H55" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="J55" s="1">
         <v>2026</v>
       </c>
       <c r="K55" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L55" s="2">
         <v>46097.25</v>
       </c>
       <c r="M55" s="2">
         <v>46150.25</v>
       </c>
       <c r="N55" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O55" s="1">
         <v>0</v>
       </c>
       <c r="P55" s="1">
         <v>0</v>
       </c>
       <c r="Q55" s="1" t="s"/>
       <c r="R55" s="1" t="s"/>
       <c r="S55" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T55" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U55" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V55" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W55" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X55" s="1">
         <v>0</v>
       </c>
       <c r="Y55" s="1" t="s">
-        <v>241</v>
+        <v>263</v>
       </c>
       <c r="Z55" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="AA55" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB55" s="1" t="s">
-        <v>117</v>
+        <v>44</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="s">
-        <v>242</v>
+        <v>264</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>243</v>
+        <v>265</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>244</v>
+        <v>266</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F56" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H56" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="J56" s="1">
         <v>2026</v>
       </c>
       <c r="K56" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L56" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M56" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N56" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O56" s="1">
         <v>0</v>
       </c>
       <c r="P56" s="1">
         <v>0</v>
       </c>
       <c r="Q56" s="1" t="s"/>
       <c r="R56" s="1" t="s"/>
       <c r="S56" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T56" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U56" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V56" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W56" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X56" s="1">
         <v>0</v>
       </c>
       <c r="Y56" s="1" t="s">
-        <v>241</v>
+        <v>267</v>
       </c>
       <c r="Z56" s="1">
         <v>15</v>
       </c>
       <c r="AA56" s="1">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="AB56" s="1" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="s">
-        <v>245</v>
+        <v>268</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>246</v>
+        <v>269</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>246</v>
+        <v>270</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>32</v>
+        <v>271</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F57" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>212</v>
+        <v>33</v>
       </c>
       <c r="H57" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J57" s="1">
         <v>2026</v>
       </c>
       <c r="K57" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L57" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M57" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N57" s="1" t="s">
-        <v>144</v>
+        <v>37</v>
       </c>
       <c r="O57" s="1">
-        <v>1047</v>
+        <v>0</v>
       </c>
       <c r="P57" s="1">
-        <v>1147</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q57" s="1" t="s"/>
+      <c r="R57" s="1" t="s"/>
       <c r="S57" s="1" t="s">
-        <v>216</v>
+        <v>38</v>
       </c>
       <c r="T57" s="1" t="s">
-        <v>217</v>
+        <v>39</v>
       </c>
       <c r="U57" s="1" t="s">
-        <v>216</v>
+        <v>40</v>
       </c>
       <c r="V57" s="1" t="s">
-        <v>218</v>
+        <v>41</v>
       </c>
       <c r="W57" s="1" t="s">
-        <v>248</v>
+        <v>42</v>
       </c>
       <c r="X57" s="1">
         <v>0</v>
       </c>
       <c r="Y57" s="1" t="s">
-        <v>220</v>
+        <v>267</v>
       </c>
       <c r="Z57" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA57" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="AB57" s="1" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="s">
-        <v>249</v>
+        <v>272</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>250</v>
+        <v>273</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>251</v>
+        <v>274</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F58" s="1">
         <v>3</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>223</v>
+        <v>33</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J58" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K58" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L58" s="2">
-        <v>45887.25</v>
+        <v>46097.25</v>
       </c>
       <c r="M58" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N58" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O58" s="1">
         <v>0</v>
       </c>
       <c r="P58" s="1">
         <v>0</v>
       </c>
       <c r="Q58" s="1" t="s"/>
       <c r="R58" s="1" t="s"/>
       <c r="S58" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T58" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U58" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V58" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W58" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X58" s="1">
         <v>0</v>
       </c>
       <c r="Y58" s="1" t="s">
-        <v>205</v>
+        <v>267</v>
       </c>
       <c r="Z58" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="AA58" s="1">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="AB58" s="1" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="s">
-        <v>249</v>
+        <v>275</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>250</v>
+        <v>276</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>251</v>
+        <v>277</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F59" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>223</v>
+        <v>33</v>
       </c>
       <c r="H59" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J59" s="1">
         <v>2026</v>
       </c>
       <c r="K59" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L59" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M59" s="2">
         <v>46150.25</v>
       </c>
       <c r="N59" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O59" s="1">
         <v>0</v>
       </c>
       <c r="P59" s="1">
         <v>0</v>
       </c>
       <c r="Q59" s="1" t="s"/>
       <c r="R59" s="1" t="s"/>
       <c r="S59" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T59" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U59" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V59" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W59" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X59" s="1">
         <v>0</v>
       </c>
       <c r="Y59" s="1" t="s">
-        <v>224</v>
+        <v>267</v>
       </c>
       <c r="Z59" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA59" s="1">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="AB59" s="1" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="s">
-        <v>249</v>
+        <v>278</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>250</v>
+        <v>279</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>251</v>
+        <v>280</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>31</v>
+        <v>281</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>32</v>
+        <v>282</v>
       </c>
       <c r="F60" s="1">
         <v>3</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H60" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J60" s="1">
         <v>2026</v>
       </c>
       <c r="K60" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L60" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M60" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N60" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O60" s="1">
         <v>0</v>
       </c>
       <c r="P60" s="1">
         <v>0</v>
       </c>
       <c r="Q60" s="1" t="s"/>
       <c r="R60" s="1" t="s"/>
       <c r="S60" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T60" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U60" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V60" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W60" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X60" s="1">
         <v>0</v>
       </c>
       <c r="Y60" s="1" t="s">
-        <v>205</v>
+        <v>162</v>
       </c>
       <c r="Z60" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="AA60" s="1">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="AB60" s="1" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="s">
-        <v>249</v>
+        <v>283</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>250</v>
+        <v>284</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>251</v>
+        <v>285</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F61" s="1">
         <v>3</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J61" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K61" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L61" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M61" s="2">
-        <v>45996.29166666667</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N61" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O61" s="1">
         <v>0</v>
       </c>
       <c r="P61" s="1">
         <v>0</v>
       </c>
       <c r="Q61" s="1" t="s"/>
       <c r="R61" s="1" t="s"/>
       <c r="S61" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T61" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U61" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V61" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W61" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X61" s="1">
         <v>0</v>
       </c>
       <c r="Y61" s="1" t="s">
-        <v>205</v>
+        <v>162</v>
       </c>
       <c r="Z61" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="AA61" s="1">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="AB61" s="1" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="s">
-        <v>252</v>
+        <v>286</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>253</v>
+        <v>287</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>254</v>
+        <v>288</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F62" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>212</v>
+        <v>33</v>
       </c>
       <c r="H62" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J62" s="1">
         <v>2026</v>
       </c>
       <c r="K62" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L62" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M62" s="2">
         <v>46150.25</v>
       </c>
       <c r="N62" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O62" s="1">
-        <v>1047</v>
+        <v>0</v>
       </c>
       <c r="P62" s="1">
-        <v>1147</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q62" s="1" t="s"/>
+      <c r="R62" s="1" t="s"/>
       <c r="S62" s="1" t="s">
-        <v>216</v>
+        <v>38</v>
       </c>
       <c r="T62" s="1" t="s">
-        <v>217</v>
+        <v>39</v>
       </c>
       <c r="U62" s="1" t="s">
-        <v>216</v>
+        <v>40</v>
       </c>
       <c r="V62" s="1" t="s">
-        <v>218</v>
+        <v>41</v>
       </c>
       <c r="W62" s="1" t="s">
-        <v>248</v>
+        <v>42</v>
       </c>
       <c r="X62" s="1">
         <v>0</v>
       </c>
       <c r="Y62" s="1" t="s">
-        <v>220</v>
+        <v>162</v>
       </c>
       <c r="Z62" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA62" s="1">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="AB62" s="1" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="s">
-        <v>255</v>
+        <v>289</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>256</v>
+        <v>290</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>257</v>
+        <v>291</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>258</v>
+        <v>32</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>259</v>
+        <v>32</v>
       </c>
       <c r="F63" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>223</v>
+        <v>292</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J63" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K63" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L63" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M63" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N63" s="1" t="s">
-        <v>37</v>
+        <v>293</v>
       </c>
       <c r="O63" s="1">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="P63" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R63" s="1" t="s"/>
+        <v>1050</v>
+      </c>
+      <c r="Q63" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="R63" s="1" t="s">
+        <v>294</v>
+      </c>
       <c r="S63" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T63" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U63" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="V63" s="1" t="s">
-        <v>41</v>
+        <v>175</v>
       </c>
       <c r="W63" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X63" s="1">
         <v>0</v>
       </c>
       <c r="Y63" s="1" t="s">
-        <v>205</v>
+        <v>162</v>
       </c>
       <c r="Z63" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="AA63" s="1">
         <v>5</v>
       </c>
       <c r="AB63" s="1" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="s">
-        <v>255</v>
+        <v>295</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>256</v>
+        <v>296</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>257</v>
+        <v>291</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>258</v>
+        <v>224</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>259</v>
+        <v>32</v>
       </c>
       <c r="F64" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>223</v>
+        <v>33</v>
       </c>
       <c r="H64" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J64" s="1">
         <v>2026</v>
       </c>
       <c r="K64" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L64" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M64" s="2">
         <v>46150.25</v>
       </c>
       <c r="N64" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O64" s="1">
         <v>0</v>
       </c>
       <c r="P64" s="1">
         <v>0</v>
       </c>
       <c r="Q64" s="1" t="s"/>
       <c r="R64" s="1" t="s"/>
       <c r="S64" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T64" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U64" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V64" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W64" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X64" s="1">
         <v>0</v>
       </c>
       <c r="Y64" s="1" t="s">
-        <v>205</v>
+        <v>162</v>
       </c>
       <c r="Z64" s="1">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="AA64" s="1">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="AB64" s="1" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="s">
-        <v>255</v>
+        <v>297</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>256</v>
+        <v>298</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>257</v>
+        <v>299</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>258</v>
+        <v>300</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>259</v>
+        <v>32</v>
       </c>
       <c r="F65" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>33</v>
+        <v>301</v>
       </c>
       <c r="H65" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J65" s="1">
         <v>2026</v>
       </c>
       <c r="K65" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L65" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M65" s="2">
         <v>46150.25</v>
       </c>
       <c r="N65" s="1" t="s">
-        <v>37</v>
+        <v>293</v>
       </c>
       <c r="O65" s="1">
-        <v>0</v>
+        <v>1100</v>
       </c>
       <c r="P65" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R65" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q65" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="R65" s="1" t="s">
+        <v>111</v>
+      </c>
       <c r="S65" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T65" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U65" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="V65" s="1" t="s">
-        <v>41</v>
+        <v>175</v>
       </c>
       <c r="W65" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X65" s="1">
         <v>0</v>
       </c>
       <c r="Y65" s="1" t="s">
-        <v>224</v>
+        <v>162</v>
       </c>
       <c r="Z65" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="AA65" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB65" s="1" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="s">
-        <v>255</v>
+        <v>303</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>256</v>
+        <v>304</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>257</v>
+        <v>305</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>258</v>
+        <v>214</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>259</v>
+        <v>32</v>
       </c>
       <c r="F66" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I66" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J66" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K66" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L66" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M66" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N66" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="O66" s="1">
+        <v>930</v>
+      </c>
+      <c r="P66" s="1">
+        <v>1050</v>
+      </c>
+      <c r="Q66" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="R66" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="S66" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="T66" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="U66" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="V66" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="W66" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="X66" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y66" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="Z66" s="1">
         <v>35</v>
       </c>
-      <c r="J66" s="1">
-[...45 lines deleted...]
-      </c>
       <c r="AA66" s="1">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="AB66" s="1" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="s">
-        <v>260</v>
+        <v>309</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>261</v>
+        <v>310</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>254</v>
+        <v>311</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>262</v>
+        <v>31</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F67" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>124</v>
+        <v>33</v>
       </c>
       <c r="H67" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J67" s="1">
         <v>2026</v>
       </c>
       <c r="K67" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L67" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M67" s="2">
         <v>46150.25</v>
       </c>
       <c r="N67" s="1" t="s">
-        <v>233</v>
+        <v>37</v>
       </c>
       <c r="O67" s="1">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="P67" s="1">
-        <v>950</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q67" s="1" t="s"/>
+      <c r="R67" s="1" t="s"/>
       <c r="S67" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T67" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U67" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V67" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W67" s="1" t="s">
-        <v>236</v>
+        <v>42</v>
       </c>
       <c r="X67" s="1">
         <v>0</v>
       </c>
       <c r="Y67" s="1" t="s">
-        <v>205</v>
+        <v>312</v>
       </c>
       <c r="Z67" s="1">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="AA67" s="1">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="AB67" s="1" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="s">
-        <v>265</v>
+        <v>313</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>266</v>
+        <v>314</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>267</v>
+        <v>315</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F68" s="1">
         <v>3</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>223</v>
+        <v>33</v>
       </c>
       <c r="H68" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J68" s="1">
         <v>2026</v>
       </c>
       <c r="K68" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L68" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M68" s="2">
         <v>46150.25</v>
       </c>
       <c r="N68" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O68" s="1">
         <v>0</v>
       </c>
       <c r="P68" s="1">
         <v>0</v>
       </c>
       <c r="Q68" s="1" t="s"/>
       <c r="R68" s="1" t="s"/>
       <c r="S68" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T68" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U68" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V68" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W68" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X68" s="1">
         <v>0</v>
       </c>
       <c r="Y68" s="1" t="s">
-        <v>205</v>
+        <v>312</v>
       </c>
       <c r="Z68" s="1">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="AA68" s="1">
         <v>7</v>
       </c>
       <c r="AB68" s="1" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="s">
-        <v>265</v>
+        <v>316</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>266</v>
+        <v>317</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>267</v>
+        <v>318</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>31</v>
+        <v>319</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F69" s="1">
         <v>3</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H69" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J69" s="1">
         <v>2026</v>
       </c>
       <c r="K69" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L69" s="2">
         <v>46034.29166666667</v>
       </c>
@@ -9488,567 +8704,575 @@
       </c>
       <c r="P69" s="1">
         <v>0</v>
       </c>
       <c r="Q69" s="1" t="s"/>
       <c r="R69" s="1" t="s"/>
       <c r="S69" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T69" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U69" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V69" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W69" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X69" s="1">
         <v>0</v>
       </c>
       <c r="Y69" s="1" t="s">
-        <v>82</v>
+        <v>320</v>
       </c>
       <c r="Z69" s="1">
         <v>35</v>
       </c>
       <c r="AA69" s="1">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="AB69" s="1" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="s">
-        <v>265</v>
+        <v>321</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>266</v>
+        <v>322</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>267</v>
+        <v>323</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>31</v>
+        <v>242</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F70" s="1">
         <v>3</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J70" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K70" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L70" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M70" s="2">
-        <v>45996.29166666667</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N70" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O70" s="1">
         <v>0</v>
       </c>
       <c r="P70" s="1">
         <v>0</v>
       </c>
       <c r="Q70" s="1" t="s"/>
       <c r="R70" s="1" t="s"/>
       <c r="S70" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T70" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U70" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V70" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W70" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X70" s="1">
         <v>0</v>
       </c>
       <c r="Y70" s="1" t="s">
-        <v>224</v>
+        <v>308</v>
       </c>
       <c r="Z70" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="AA70" s="1">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="AB70" s="1" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="s">
-        <v>268</v>
+        <v>324</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>269</v>
+        <v>325</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>270</v>
+        <v>326</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>271</v>
+        <v>32</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F71" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>223</v>
+        <v>33</v>
       </c>
       <c r="H71" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J71" s="1">
         <v>2026</v>
       </c>
       <c r="K71" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L71" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M71" s="2">
         <v>46150.25</v>
       </c>
       <c r="N71" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O71" s="1">
         <v>0</v>
       </c>
       <c r="P71" s="1">
         <v>0</v>
       </c>
       <c r="Q71" s="1" t="s"/>
       <c r="R71" s="1" t="s"/>
       <c r="S71" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T71" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U71" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V71" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W71" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X71" s="1">
         <v>0</v>
       </c>
       <c r="Y71" s="1" t="s">
-        <v>82</v>
+        <v>308</v>
       </c>
       <c r="Z71" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="AA71" s="1">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="AB71" s="1" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="s">
-        <v>268</v>
+        <v>327</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>269</v>
+        <v>328</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>270</v>
+        <v>329</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>271</v>
+        <v>330</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F72" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>33</v>
+        <v>331</v>
       </c>
       <c r="H72" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J72" s="1">
         <v>2026</v>
       </c>
       <c r="K72" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L72" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M72" s="2">
         <v>46150.25</v>
       </c>
       <c r="N72" s="1" t="s">
-        <v>37</v>
+        <v>332</v>
       </c>
       <c r="O72" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="P72" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R72" s="1" t="s"/>
+        <v>1700</v>
+      </c>
+      <c r="Q72" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="R72" s="1" t="s">
+        <v>333</v>
+      </c>
       <c r="S72" s="1" t="s">
-        <v>38</v>
+        <v>196</v>
       </c>
       <c r="T72" s="1" t="s">
-        <v>39</v>
+        <v>197</v>
       </c>
       <c r="U72" s="1" t="s">
-        <v>40</v>
+        <v>196</v>
       </c>
       <c r="V72" s="1" t="s">
-        <v>41</v>
+        <v>198</v>
       </c>
       <c r="W72" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X72" s="1">
         <v>0</v>
       </c>
       <c r="Y72" s="1" t="s">
-        <v>205</v>
+        <v>308</v>
       </c>
       <c r="Z72" s="1">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="AA72" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="AB72" s="1" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="s">
-        <v>268</v>
+        <v>334</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>269</v>
+        <v>335</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>270</v>
+        <v>336</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>271</v>
+        <v>32</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F73" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>33</v>
+        <v>227</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J73" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K73" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L73" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M73" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N73" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="O73" s="1">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="P73" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R73" s="1" t="s"/>
+        <v>1130</v>
+      </c>
+      <c r="Q73" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="R73" s="1" t="s">
+        <v>337</v>
+      </c>
       <c r="S73" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T73" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U73" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="V73" s="1" t="s">
-        <v>41</v>
+        <v>84</v>
       </c>
       <c r="W73" s="1" t="s">
-        <v>42</v>
+        <v>338</v>
       </c>
       <c r="X73" s="1">
         <v>0</v>
       </c>
       <c r="Y73" s="1" t="s">
-        <v>224</v>
+        <v>339</v>
       </c>
       <c r="Z73" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="AA73" s="1">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="AB73" s="1" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="s">
-        <v>272</v>
+        <v>334</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>273</v>
+        <v>335</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>267</v>
+        <v>336</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>271</v>
+        <v>32</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>262</v>
+        <v>32</v>
       </c>
       <c r="F74" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>274</v>
+        <v>193</v>
       </c>
       <c r="H74" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J74" s="1">
         <v>2026</v>
       </c>
       <c r="K74" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L74" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M74" s="2">
         <v>46150.25</v>
       </c>
       <c r="N74" s="1" t="s">
-        <v>233</v>
+        <v>340</v>
       </c>
       <c r="O74" s="1">
-        <v>1000</v>
+        <v>953</v>
       </c>
       <c r="P74" s="1">
-        <v>1150</v>
+        <v>1043</v>
       </c>
       <c r="Q74" s="1" t="s">
-        <v>275</v>
+        <v>341</v>
       </c>
       <c r="R74" s="1" t="s">
-        <v>126</v>
+        <v>342</v>
       </c>
       <c r="S74" s="1" t="s">
-        <v>70</v>
+        <v>196</v>
       </c>
       <c r="T74" s="1" t="s">
-        <v>71</v>
+        <v>197</v>
       </c>
       <c r="U74" s="1" t="s">
-        <v>72</v>
+        <v>196</v>
       </c>
       <c r="V74" s="1" t="s">
-        <v>73</v>
+        <v>198</v>
       </c>
       <c r="W74" s="1" t="s">
-        <v>236</v>
+        <v>42</v>
       </c>
       <c r="X74" s="1">
         <v>0</v>
       </c>
       <c r="Y74" s="1" t="s">
-        <v>205</v>
+        <v>343</v>
       </c>
       <c r="Z74" s="1">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="AA74" s="1">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="AB74" s="1" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="s">
-        <v>276</v>
+        <v>344</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>277</v>
+        <v>345</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>278</v>
+        <v>346</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F75" s="1">
         <v>3</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J75" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K75" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L75" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M75" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N75" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O75" s="1">
         <v>0</v>
       </c>
       <c r="P75" s="1">
         <v>0</v>
       </c>
       <c r="Q75" s="1" t="s"/>
       <c r="R75" s="1" t="s"/>
       <c r="S75" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T75" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U75" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V75" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W75" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X75" s="1">
         <v>0</v>
       </c>
       <c r="Y75" s="1" t="s">
-        <v>224</v>
+        <v>339</v>
       </c>
       <c r="Z75" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="AA75" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AB75" s="1" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="s">
-        <v>276</v>
+        <v>347</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>277</v>
+        <v>348</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>278</v>
+        <v>349</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F76" s="1">
         <v>3</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H76" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J76" s="1">
         <v>2026</v>
       </c>
       <c r="K76" s="1" t="s">
         <v>36</v>
       </c>
@@ -10066,3800 +9290,3928 @@
       </c>
       <c r="P76" s="1">
         <v>0</v>
       </c>
       <c r="Q76" s="1" t="s"/>
       <c r="R76" s="1" t="s"/>
       <c r="S76" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T76" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U76" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V76" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W76" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X76" s="1">
         <v>0</v>
       </c>
       <c r="Y76" s="1" t="s">
-        <v>205</v>
+        <v>339</v>
       </c>
       <c r="Z76" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="AA76" s="1">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="AB76" s="1" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="s">
-        <v>279</v>
+        <v>350</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>280</v>
+        <v>351</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>281</v>
+        <v>352</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F77" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>33</v>
+        <v>353</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J77" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K77" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L77" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M77" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N77" s="1" t="s">
-        <v>37</v>
+        <v>129</v>
       </c>
       <c r="O77" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="P77" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R77" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q77" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="R77" s="1" t="s">
+        <v>111</v>
+      </c>
       <c r="S77" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T77" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U77" s="1" t="s">
-        <v>40</v>
+        <v>354</v>
       </c>
       <c r="V77" s="1" t="s">
-        <v>41</v>
+        <v>355</v>
       </c>
       <c r="W77" s="1" t="s">
-        <v>42</v>
+        <v>356</v>
       </c>
       <c r="X77" s="1">
         <v>0</v>
       </c>
       <c r="Y77" s="1" t="s">
-        <v>224</v>
+        <v>357</v>
       </c>
       <c r="Z77" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="AA77" s="1">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="AB77" s="1" t="s">
-        <v>76</v>
+        <v>116</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="s">
-        <v>279</v>
+        <v>358</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>280</v>
+        <v>359</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>281</v>
+        <v>360</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F78" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>33</v>
+        <v>120</v>
       </c>
       <c r="H78" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J78" s="1">
         <v>2026</v>
       </c>
       <c r="K78" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L78" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M78" s="2">
         <v>46150.25</v>
       </c>
       <c r="N78" s="1" t="s">
-        <v>37</v>
+        <v>129</v>
       </c>
       <c r="O78" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="P78" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R78" s="1" t="s"/>
+        <v>1650</v>
+      </c>
+      <c r="Q78" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="R78" s="1" t="s">
+        <v>93</v>
+      </c>
       <c r="S78" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T78" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U78" s="1" t="s">
-        <v>40</v>
+        <v>112</v>
       </c>
       <c r="V78" s="1" t="s">
-        <v>41</v>
+        <v>113</v>
       </c>
       <c r="W78" s="1" t="s">
-        <v>42</v>
+        <v>361</v>
       </c>
       <c r="X78" s="1">
         <v>0</v>
       </c>
       <c r="Y78" s="1" t="s">
-        <v>205</v>
+        <v>357</v>
       </c>
       <c r="Z78" s="1">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="AA78" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AB78" s="1" t="s">
-        <v>76</v>
+        <v>116</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="s">
-        <v>282</v>
+        <v>362</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>283</v>
+        <v>363</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>284</v>
+        <v>364</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>262</v>
+        <v>32</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F79" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>135</v>
+        <v>109</v>
       </c>
       <c r="H79" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J79" s="1">
         <v>2026</v>
       </c>
       <c r="K79" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L79" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M79" s="2">
         <v>46150.25</v>
       </c>
       <c r="N79" s="1" t="s">
-        <v>233</v>
+        <v>67</v>
       </c>
       <c r="O79" s="1">
-        <v>1400</v>
+        <v>800</v>
       </c>
       <c r="P79" s="1">
-        <v>1550</v>
+        <v>1150</v>
       </c>
       <c r="Q79" s="1" t="s">
-        <v>285</v>
+        <v>215</v>
       </c>
       <c r="R79" s="1" t="s">
-        <v>137</v>
+        <v>111</v>
       </c>
       <c r="S79" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T79" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U79" s="1" t="s">
-        <v>72</v>
+        <v>354</v>
       </c>
       <c r="V79" s="1" t="s">
-        <v>73</v>
+        <v>355</v>
       </c>
       <c r="W79" s="1" t="s">
-        <v>236</v>
+        <v>361</v>
       </c>
       <c r="X79" s="1">
         <v>0</v>
       </c>
       <c r="Y79" s="1" t="s">
-        <v>205</v>
+        <v>357</v>
       </c>
       <c r="Z79" s="1">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="AA79" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="AB79" s="1" t="s">
-        <v>76</v>
+        <v>116</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="s">
-        <v>286</v>
+        <v>365</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>287</v>
+        <v>366</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>288</v>
+        <v>367</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>289</v>
+        <v>368</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F80" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>33</v>
+        <v>120</v>
       </c>
       <c r="H80" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J80" s="1">
         <v>2026</v>
       </c>
       <c r="K80" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L80" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M80" s="2">
         <v>46150.25</v>
       </c>
       <c r="N80" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="O80" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="P80" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R80" s="1" t="s"/>
+        <v>1650</v>
+      </c>
+      <c r="Q80" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="R80" s="1" t="s">
+        <v>93</v>
+      </c>
       <c r="S80" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T80" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U80" s="1" t="s">
-        <v>72</v>
+        <v>354</v>
       </c>
       <c r="V80" s="1" t="s">
-        <v>73</v>
+        <v>355</v>
       </c>
       <c r="W80" s="1" t="s">
-        <v>42</v>
+        <v>361</v>
       </c>
       <c r="X80" s="1">
         <v>0</v>
       </c>
       <c r="Y80" s="1" t="s">
-        <v>290</v>
+        <v>357</v>
       </c>
       <c r="Z80" s="1">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="AA80" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AB80" s="1" t="s">
-        <v>76</v>
+        <v>116</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="s">
-        <v>286</v>
+        <v>369</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>287</v>
+        <v>370</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>288</v>
+        <v>371</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>289</v>
+        <v>372</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F81" s="1">
         <v>4</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>33</v>
+        <v>128</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J81" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K81" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L81" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M81" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N81" s="1" t="s">
-        <v>37</v>
+        <v>293</v>
       </c>
       <c r="O81" s="1">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="P81" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R81" s="1" t="s"/>
+        <v>950</v>
+      </c>
+      <c r="Q81" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="R81" s="1" t="s">
+        <v>216</v>
+      </c>
       <c r="S81" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T81" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U81" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="V81" s="1" t="s">
-        <v>41</v>
+        <v>175</v>
       </c>
       <c r="W81" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X81" s="1">
         <v>0</v>
       </c>
       <c r="Y81" s="1" t="s">
-        <v>290</v>
+        <v>162</v>
       </c>
       <c r="Z81" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="AA81" s="1">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="AB81" s="1" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="s">
-        <v>291</v>
+        <v>373</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>292</v>
+        <v>374</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>293</v>
+        <v>371</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>294</v>
+        <v>375</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>295</v>
+        <v>32</v>
       </c>
       <c r="F82" s="1">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>33</v>
+        <v>376</v>
       </c>
       <c r="H82" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J82" s="1">
         <v>2026</v>
       </c>
       <c r="K82" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L82" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M82" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N82" s="1" t="s">
-        <v>37</v>
+        <v>179</v>
       </c>
       <c r="O82" s="1">
-        <v>0</v>
+        <v>1100</v>
       </c>
       <c r="P82" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R82" s="1" t="s"/>
+        <v>1250</v>
+      </c>
+      <c r="Q82" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="R82" s="1" t="s">
+        <v>377</v>
+      </c>
       <c r="S82" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T82" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U82" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="V82" s="1" t="s">
-        <v>41</v>
+        <v>175</v>
       </c>
       <c r="W82" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X82" s="1">
         <v>0</v>
       </c>
       <c r="Y82" s="1" t="s">
-        <v>241</v>
+        <v>162</v>
       </c>
       <c r="Z82" s="1">
         <v>15</v>
       </c>
       <c r="AA82" s="1">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="AB82" s="1" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="s">
-        <v>296</v>
+        <v>378</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>297</v>
+        <v>379</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>298</v>
+        <v>380</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>299</v>
+        <v>381</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F83" s="1">
         <v>3</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="H83" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J83" s="1">
         <v>2026</v>
       </c>
       <c r="K83" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L83" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M83" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N83" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="O83" s="1">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="P83" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R83" s="1" t="s"/>
+        <v>1040</v>
+      </c>
+      <c r="Q83" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="R83" s="1" t="s">
+        <v>382</v>
+      </c>
       <c r="S83" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T83" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U83" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="V83" s="1" t="s">
-        <v>41</v>
+        <v>175</v>
       </c>
       <c r="W83" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X83" s="1">
         <v>0</v>
       </c>
       <c r="Y83" s="1" t="s">
-        <v>241</v>
+        <v>162</v>
       </c>
       <c r="Z83" s="1">
         <v>15</v>
       </c>
       <c r="AA83" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB83" s="1" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="s">
-        <v>300</v>
+        <v>383</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>301</v>
+        <v>384</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>302</v>
+        <v>385</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F84" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>212</v>
+        <v>386</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J84" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K84" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L84" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M84" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N84" s="1" t="s">
-        <v>37</v>
+        <v>387</v>
       </c>
       <c r="O84" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="P84" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R84" s="1" t="s"/>
+        <v>850</v>
+      </c>
+      <c r="Q84" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="R84" s="1" t="s">
+        <v>388</v>
+      </c>
       <c r="S84" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T84" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U84" s="1" t="s">
-        <v>40</v>
+        <v>389</v>
       </c>
       <c r="V84" s="1" t="s">
-        <v>41</v>
+        <v>390</v>
       </c>
       <c r="W84" s="1" t="s">
-        <v>42</v>
+        <v>391</v>
       </c>
       <c r="X84" s="1">
         <v>0</v>
       </c>
       <c r="Y84" s="1" t="s">
-        <v>303</v>
+        <v>392</v>
       </c>
       <c r="Z84" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA84" s="1">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="AB84" s="1" t="s">
-        <v>44</v>
+        <v>116</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="s">
-        <v>300</v>
+        <v>383</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>301</v>
+        <v>384</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>302</v>
+        <v>385</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F85" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>212</v>
+        <v>393</v>
       </c>
       <c r="H85" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J85" s="1">
         <v>2026</v>
       </c>
       <c r="K85" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L85" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M85" s="2">
         <v>46150.25</v>
       </c>
       <c r="N85" s="1" t="s">
-        <v>37</v>
+        <v>387</v>
       </c>
       <c r="O85" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="P85" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R85" s="1" t="s"/>
+        <v>850</v>
+      </c>
+      <c r="Q85" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="R85" s="1" t="s">
+        <v>388</v>
+      </c>
       <c r="S85" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T85" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U85" s="1" t="s">
-        <v>40</v>
+        <v>394</v>
       </c>
       <c r="V85" s="1" t="s">
-        <v>41</v>
+        <v>395</v>
       </c>
       <c r="W85" s="1" t="s">
-        <v>42</v>
+        <v>396</v>
       </c>
       <c r="X85" s="1">
         <v>0</v>
       </c>
       <c r="Y85" s="1" t="s">
-        <v>303</v>
+        <v>397</v>
       </c>
       <c r="Z85" s="1">
         <v>10</v>
       </c>
       <c r="AA85" s="1">
         <v>1</v>
       </c>
       <c r="AB85" s="1" t="s">
-        <v>44</v>
+        <v>116</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="s">
-        <v>300</v>
+        <v>398</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>301</v>
+        <v>399</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>302</v>
+        <v>400</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F86" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>33</v>
+        <v>386</v>
       </c>
       <c r="H86" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J86" s="1">
         <v>2026</v>
       </c>
       <c r="K86" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L86" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M86" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N86" s="1" t="s">
-        <v>37</v>
+        <v>387</v>
       </c>
       <c r="O86" s="1">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="P86" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R86" s="1" t="s"/>
+        <v>950</v>
+      </c>
+      <c r="Q86" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="R86" s="1" t="s">
+        <v>216</v>
+      </c>
       <c r="S86" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T86" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U86" s="1" t="s">
-        <v>40</v>
+        <v>389</v>
       </c>
       <c r="V86" s="1" t="s">
-        <v>41</v>
+        <v>390</v>
       </c>
       <c r="W86" s="1" t="s">
-        <v>42</v>
+        <v>391</v>
       </c>
       <c r="X86" s="1">
         <v>0</v>
       </c>
       <c r="Y86" s="1" t="s">
-        <v>303</v>
+        <v>392</v>
       </c>
       <c r="Z86" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="AA86" s="1">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="AB86" s="1" t="s">
-        <v>44</v>
+        <v>116</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="s">
-        <v>300</v>
+        <v>398</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>301</v>
+        <v>399</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>302</v>
+        <v>400</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F87" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>33</v>
+        <v>393</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>304</v>
+        <v>35</v>
       </c>
       <c r="J87" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K87" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L87" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M87" s="2">
-        <v>45941.25</v>
+        <v>46150.25</v>
       </c>
       <c r="N87" s="1" t="s">
-        <v>37</v>
+        <v>387</v>
       </c>
       <c r="O87" s="1">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="P87" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R87" s="1" t="s"/>
+        <v>950</v>
+      </c>
+      <c r="Q87" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="R87" s="1" t="s">
+        <v>216</v>
+      </c>
       <c r="S87" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T87" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U87" s="1" t="s">
-        <v>40</v>
+        <v>389</v>
       </c>
       <c r="V87" s="1" t="s">
-        <v>41</v>
+        <v>390</v>
       </c>
       <c r="W87" s="1" t="s">
-        <v>42</v>
+        <v>401</v>
       </c>
       <c r="X87" s="1">
         <v>0</v>
       </c>
       <c r="Y87" s="1" t="s">
-        <v>303</v>
+        <v>397</v>
       </c>
       <c r="Z87" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="AA87" s="1">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="AB87" s="1" t="s">
-        <v>44</v>
+        <v>116</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="s">
-        <v>305</v>
+        <v>402</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>306</v>
+        <v>403</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>307</v>
+        <v>404</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F88" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>33</v>
+        <v>386</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="J88" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K88" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L88" s="2">
-        <v>45943.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M88" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N88" s="1" t="s">
-        <v>37</v>
+        <v>387</v>
       </c>
       <c r="O88" s="1">
-        <v>0</v>
+        <v>1100</v>
       </c>
       <c r="P88" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R88" s="1" t="s"/>
+        <v>1250</v>
+      </c>
+      <c r="Q88" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="R88" s="1" t="s">
+        <v>377</v>
+      </c>
       <c r="S88" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T88" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U88" s="1" t="s">
-        <v>40</v>
+        <v>389</v>
       </c>
       <c r="V88" s="1" t="s">
-        <v>41</v>
+        <v>390</v>
       </c>
       <c r="W88" s="1" t="s">
-        <v>42</v>
+        <v>391</v>
       </c>
       <c r="X88" s="1">
         <v>0</v>
       </c>
       <c r="Y88" s="1" t="s">
-        <v>49</v>
+        <v>392</v>
       </c>
       <c r="Z88" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="AA88" s="1">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="AB88" s="1" t="s">
-        <v>44</v>
+        <v>116</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="s">
-        <v>308</v>
+        <v>405</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>309</v>
+        <v>406</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>310</v>
+        <v>407</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F89" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>33</v>
+        <v>386</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="J89" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K89" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L89" s="2">
-        <v>45943.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M89" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N89" s="1" t="s">
-        <v>37</v>
+        <v>387</v>
       </c>
       <c r="O89" s="1">
-        <v>0</v>
+        <v>1400</v>
       </c>
       <c r="P89" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R89" s="1" t="s"/>
+        <v>1630</v>
+      </c>
+      <c r="Q89" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="R89" s="1" t="s">
+        <v>408</v>
+      </c>
       <c r="S89" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T89" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U89" s="1" t="s">
-        <v>40</v>
+        <v>389</v>
       </c>
       <c r="V89" s="1" t="s">
-        <v>41</v>
+        <v>390</v>
       </c>
       <c r="W89" s="1" t="s">
-        <v>42</v>
+        <v>391</v>
       </c>
       <c r="X89" s="1">
         <v>0</v>
       </c>
       <c r="Y89" s="1" t="s">
-        <v>303</v>
+        <v>392</v>
       </c>
       <c r="Z89" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="AA89" s="1">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="AB89" s="1" t="s">
-        <v>44</v>
+        <v>116</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="s">
-        <v>311</v>
+        <v>405</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>312</v>
+        <v>406</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>313</v>
+        <v>407</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F90" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>33</v>
+        <v>393</v>
       </c>
       <c r="H90" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="J90" s="1">
         <v>2026</v>
       </c>
       <c r="K90" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L90" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M90" s="2">
         <v>46150.25</v>
       </c>
       <c r="N90" s="1" t="s">
-        <v>37</v>
+        <v>387</v>
       </c>
       <c r="O90" s="1">
-        <v>0</v>
+        <v>1400</v>
       </c>
       <c r="P90" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R90" s="1" t="s"/>
+        <v>1630</v>
+      </c>
+      <c r="Q90" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="R90" s="1" t="s">
+        <v>408</v>
+      </c>
       <c r="S90" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T90" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U90" s="1" t="s">
-        <v>40</v>
+        <v>389</v>
       </c>
       <c r="V90" s="1" t="s">
-        <v>41</v>
+        <v>390</v>
       </c>
       <c r="W90" s="1" t="s">
-        <v>42</v>
+        <v>401</v>
       </c>
       <c r="X90" s="1">
         <v>0</v>
       </c>
       <c r="Y90" s="1" t="s">
-        <v>314</v>
+        <v>397</v>
       </c>
       <c r="Z90" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="AA90" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="AB90" s="1" t="s">
-        <v>44</v>
+        <v>116</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="s">
-        <v>311</v>
+        <v>409</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>312</v>
+        <v>410</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>313</v>
+        <v>411</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F91" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>33</v>
+        <v>412</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="J91" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K91" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L91" s="2">
-        <v>45943.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M91" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N91" s="1" t="s">
-        <v>37</v>
+        <v>413</v>
       </c>
       <c r="O91" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="P91" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R91" s="1" t="s"/>
+        <v>1700</v>
+      </c>
+      <c r="Q91" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="R91" s="1" t="s">
+        <v>333</v>
+      </c>
       <c r="S91" s="1" t="s">
-        <v>38</v>
+        <v>196</v>
       </c>
       <c r="T91" s="1" t="s">
-        <v>39</v>
+        <v>197</v>
       </c>
       <c r="U91" s="1" t="s">
-        <v>40</v>
+        <v>196</v>
       </c>
       <c r="V91" s="1" t="s">
-        <v>41</v>
+        <v>198</v>
       </c>
       <c r="W91" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X91" s="1">
         <v>0</v>
       </c>
       <c r="Y91" s="1" t="s">
-        <v>54</v>
+        <v>414</v>
       </c>
       <c r="Z91" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="AA91" s="1">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="AB91" s="1" t="s">
-        <v>44</v>
+        <v>116</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="s">
-        <v>315</v>
+        <v>415</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>316</v>
+        <v>416</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>317</v>
+        <v>417</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>318</v>
+        <v>32</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>319</v>
+        <v>32</v>
       </c>
       <c r="F92" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>320</v>
+        <v>412</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J92" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K92" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L92" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M92" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N92" s="1" t="s">
-        <v>37</v>
+        <v>387</v>
       </c>
       <c r="O92" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="P92" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R92" s="1" t="s"/>
+        <v>850</v>
+      </c>
+      <c r="Q92" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="R92" s="1" t="s">
+        <v>388</v>
+      </c>
       <c r="S92" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T92" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U92" s="1" t="s">
-        <v>38</v>
+        <v>389</v>
       </c>
       <c r="V92" s="1" t="s">
-        <v>89</v>
+        <v>390</v>
       </c>
       <c r="W92" s="1" t="s">
-        <v>42</v>
+        <v>418</v>
       </c>
       <c r="X92" s="1">
         <v>0</v>
       </c>
       <c r="Y92" s="1" t="s">
-        <v>321</v>
+        <v>414</v>
       </c>
       <c r="Z92" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA92" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="AB92" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="s">
-        <v>322</v>
+        <v>419</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>323</v>
+        <v>420</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>324</v>
+        <v>421</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>318</v>
+        <v>32</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>289</v>
+        <v>32</v>
       </c>
       <c r="F93" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>143</v>
+        <v>412</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J93" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K93" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L93" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M93" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N93" s="1" t="s">
-        <v>37</v>
+        <v>387</v>
       </c>
       <c r="O93" s="1">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="P93" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R93" s="1" t="s"/>
+        <v>1050</v>
+      </c>
+      <c r="Q93" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="R93" s="1" t="s">
+        <v>294</v>
+      </c>
       <c r="S93" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T93" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U93" s="1" t="s">
-        <v>38</v>
+        <v>389</v>
       </c>
       <c r="V93" s="1" t="s">
-        <v>89</v>
+        <v>390</v>
       </c>
       <c r="W93" s="1" t="s">
-        <v>42</v>
+        <v>401</v>
       </c>
       <c r="X93" s="1">
         <v>0</v>
       </c>
       <c r="Y93" s="1" t="s">
-        <v>321</v>
+        <v>414</v>
       </c>
       <c r="Z93" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA93" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="AB93" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="s">
-        <v>325</v>
+        <v>422</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>326</v>
+        <v>423</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>327</v>
+        <v>424</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F94" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>320</v>
+        <v>412</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J94" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K94" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L94" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M94" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N94" s="1" t="s">
-        <v>37</v>
+        <v>387</v>
       </c>
       <c r="O94" s="1">
-        <v>0</v>
+        <v>1100</v>
       </c>
       <c r="P94" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R94" s="1" t="s"/>
+        <v>1250</v>
+      </c>
+      <c r="Q94" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="R94" s="1" t="s">
+        <v>377</v>
+      </c>
       <c r="S94" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T94" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U94" s="1" t="s">
-        <v>38</v>
+        <v>389</v>
       </c>
       <c r="V94" s="1" t="s">
-        <v>89</v>
+        <v>390</v>
       </c>
       <c r="W94" s="1" t="s">
-        <v>42</v>
+        <v>401</v>
       </c>
       <c r="X94" s="1">
         <v>0</v>
       </c>
       <c r="Y94" s="1" t="s">
-        <v>321</v>
+        <v>414</v>
       </c>
       <c r="Z94" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA94" s="1">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="AB94" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="s">
-        <v>325</v>
+        <v>425</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>326</v>
+        <v>426</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>327</v>
+        <v>427</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>32</v>
+        <v>428</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F95" s="1">
         <v>3</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>33</v>
+        <v>393</v>
       </c>
       <c r="H95" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J95" s="1">
         <v>2026</v>
       </c>
       <c r="K95" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L95" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M95" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N95" s="1" t="s">
-        <v>37</v>
+        <v>387</v>
       </c>
       <c r="O95" s="1">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="P95" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R95" s="1" t="s"/>
+        <v>1050</v>
+      </c>
+      <c r="Q95" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="R95" s="1" t="s">
+        <v>294</v>
+      </c>
       <c r="S95" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T95" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U95" s="1" t="s">
-        <v>40</v>
+        <v>389</v>
       </c>
       <c r="V95" s="1" t="s">
-        <v>41</v>
+        <v>390</v>
       </c>
       <c r="W95" s="1" t="s">
-        <v>42</v>
+        <v>85</v>
       </c>
       <c r="X95" s="1">
         <v>0</v>
       </c>
       <c r="Y95" s="1" t="s">
-        <v>321</v>
+        <v>397</v>
       </c>
       <c r="Z95" s="1">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="AA95" s="1">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="AB95" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="s">
-        <v>328</v>
+        <v>429</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>329</v>
+        <v>430</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>330</v>
+        <v>431</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>331</v>
+        <v>32</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F96" s="1">
         <v>1</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>143</v>
+        <v>120</v>
       </c>
       <c r="H96" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J96" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K96" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L96" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M96" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N96" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="O96" s="1">
-        <v>0</v>
+        <v>1400</v>
       </c>
       <c r="P96" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R96" s="1" t="s"/>
+        <v>1450</v>
+      </c>
+      <c r="Q96" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="R96" s="1" t="s">
+        <v>83</v>
+      </c>
       <c r="S96" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T96" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U96" s="1" t="s">
-        <v>38</v>
+        <v>149</v>
       </c>
       <c r="V96" s="1" t="s">
-        <v>89</v>
+        <v>150</v>
       </c>
       <c r="W96" s="1" t="s">
-        <v>42</v>
+        <v>151</v>
       </c>
       <c r="X96" s="1">
         <v>0</v>
       </c>
       <c r="Y96" s="1" t="s">
-        <v>321</v>
+        <v>152</v>
       </c>
       <c r="Z96" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA96" s="1">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="AB96" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="s">
-        <v>328</v>
+        <v>432</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>329</v>
+        <v>433</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>330</v>
+        <v>434</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>331</v>
+        <v>32</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F97" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>33</v>
+        <v>128</v>
       </c>
       <c r="H97" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J97" s="1">
         <v>2026</v>
       </c>
       <c r="K97" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L97" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M97" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N97" s="1" t="s">
-        <v>37</v>
+        <v>435</v>
       </c>
       <c r="O97" s="1">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="P97" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R97" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q97" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="R97" s="1" t="s">
+        <v>111</v>
+      </c>
       <c r="S97" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T97" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U97" s="1" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="V97" s="1" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W97" s="1" t="s">
-        <v>42</v>
+        <v>157</v>
       </c>
       <c r="X97" s="1">
         <v>0</v>
       </c>
       <c r="Y97" s="1" t="s">
-        <v>321</v>
+        <v>152</v>
       </c>
       <c r="Z97" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="AA97" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="AB97" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="s">
-        <v>332</v>
+        <v>436</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>333</v>
+        <v>437</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>334</v>
+        <v>438</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F98" s="1">
         <v>3</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="H98" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="J98" s="1">
         <v>2026</v>
       </c>
       <c r="K98" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L98" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M98" s="2">
         <v>46150.25</v>
       </c>
       <c r="N98" s="1" t="s">
-        <v>37</v>
+        <v>435</v>
       </c>
       <c r="O98" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="P98" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R98" s="1" t="s"/>
+        <v>1550</v>
+      </c>
+      <c r="Q98" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="R98" s="1" t="s">
+        <v>122</v>
+      </c>
       <c r="S98" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T98" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U98" s="1" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="V98" s="1" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W98" s="1" t="s">
-        <v>42</v>
+        <v>157</v>
       </c>
       <c r="X98" s="1">
         <v>0</v>
       </c>
       <c r="Y98" s="1" t="s">
-        <v>321</v>
+        <v>152</v>
       </c>
       <c r="Z98" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="AA98" s="1">
         <v>10</v>
       </c>
       <c r="AB98" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="s">
-        <v>335</v>
+        <v>436</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>336</v>
+        <v>437</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>337</v>
+        <v>438</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F99" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>33</v>
+        <v>193</v>
       </c>
       <c r="H99" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="J99" s="1">
         <v>2026</v>
       </c>
       <c r="K99" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L99" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M99" s="2">
         <v>46150.25</v>
       </c>
       <c r="N99" s="1" t="s">
-        <v>37</v>
+        <v>413</v>
       </c>
       <c r="O99" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="P99" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R99" s="1" t="s"/>
+        <v>1550</v>
+      </c>
+      <c r="Q99" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="R99" s="1" t="s">
+        <v>122</v>
+      </c>
       <c r="S99" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T99" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U99" s="1" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="V99" s="1" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W99" s="1" t="s">
-        <v>42</v>
+        <v>157</v>
       </c>
       <c r="X99" s="1">
         <v>0</v>
       </c>
       <c r="Y99" s="1" t="s">
-        <v>321</v>
+        <v>152</v>
       </c>
       <c r="Z99" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="AA99" s="1">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="AB99" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="s">
-        <v>338</v>
+        <v>439</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>339</v>
+        <v>440</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>340</v>
+        <v>441</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>341</v>
+        <v>32</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F100" s="1">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J100" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K100" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L100" s="2">
-        <v>45887.25</v>
+        <v>46097.25</v>
       </c>
       <c r="M100" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N100" s="1" t="s">
-        <v>37</v>
+        <v>442</v>
       </c>
       <c r="O100" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="P100" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R100" s="1" t="s"/>
+        <v>1700</v>
+      </c>
+      <c r="Q100" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="R100" s="1" t="s">
+        <v>333</v>
+      </c>
       <c r="S100" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T100" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U100" s="1" t="s">
-        <v>40</v>
+        <v>196</v>
       </c>
       <c r="V100" s="1" t="s">
-        <v>41</v>
+        <v>443</v>
       </c>
       <c r="W100" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X100" s="1">
         <v>0</v>
       </c>
       <c r="Y100" s="1" t="s">
-        <v>192</v>
+        <v>220</v>
       </c>
       <c r="Z100" s="1">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="AA100" s="1">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AB100" s="1" t="s">
-        <v>117</v>
+        <v>76</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="s">
-        <v>342</v>
+        <v>444</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>343</v>
+        <v>445</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>344</v>
+        <v>446</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>345</v>
+        <v>32</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>346</v>
+        <v>32</v>
       </c>
       <c r="F101" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>33</v>
+        <v>447</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>304</v>
+        <v>48</v>
       </c>
       <c r="J101" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K101" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L101" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M101" s="2">
-        <v>45941.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N101" s="1" t="s">
-        <v>37</v>
+        <v>179</v>
       </c>
       <c r="O101" s="1">
-        <v>0</v>
+        <v>1700</v>
       </c>
       <c r="P101" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R101" s="1" t="s"/>
+        <v>1840</v>
+      </c>
+      <c r="Q101" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="R101" s="1" t="s">
+        <v>448</v>
+      </c>
       <c r="S101" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T101" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U101" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="V101" s="1" t="s">
-        <v>41</v>
+        <v>175</v>
       </c>
       <c r="W101" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X101" s="1">
         <v>0</v>
       </c>
       <c r="Y101" s="1" t="s">
-        <v>192</v>
+        <v>220</v>
       </c>
       <c r="Z101" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="AA101" s="1">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="AB101" s="1" t="s">
-        <v>117</v>
+        <v>76</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="s">
-        <v>342</v>
+        <v>449</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>343</v>
+        <v>450</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>344</v>
+        <v>451</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>345</v>
+        <v>32</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>346</v>
+        <v>32</v>
       </c>
       <c r="F102" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>33</v>
+        <v>227</v>
       </c>
       <c r="H102" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J102" s="1">
         <v>2026</v>
       </c>
       <c r="K102" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L102" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M102" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N102" s="1" t="s">
-        <v>37</v>
+        <v>156</v>
       </c>
       <c r="O102" s="1">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="P102" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R102" s="1" t="s"/>
+        <v>1140</v>
+      </c>
+      <c r="Q102" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="R102" s="1" t="s">
+        <v>452</v>
+      </c>
       <c r="S102" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T102" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U102" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="V102" s="1" t="s">
-        <v>41</v>
+        <v>175</v>
       </c>
       <c r="W102" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X102" s="1">
         <v>0</v>
       </c>
       <c r="Y102" s="1" t="s">
-        <v>192</v>
+        <v>220</v>
       </c>
       <c r="Z102" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="AA102" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="AB102" s="1" t="s">
-        <v>117</v>
+        <v>76</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="s">
-        <v>347</v>
+        <v>453</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>348</v>
+        <v>454</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>349</v>
+        <v>455</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>350</v>
+        <v>32</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F103" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>351</v>
+        <v>331</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J103" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K103" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L103" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M103" s="2">
-        <v>45996.29166666667</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N103" s="1" t="s">
-        <v>213</v>
+        <v>332</v>
       </c>
       <c r="O103" s="1">
-        <v>1000</v>
+        <v>900</v>
       </c>
       <c r="P103" s="1">
-        <v>1050</v>
+        <v>1620</v>
       </c>
       <c r="Q103" s="1" t="s">
-        <v>275</v>
+        <v>110</v>
       </c>
       <c r="R103" s="1" t="s">
-        <v>352</v>
+        <v>456</v>
       </c>
       <c r="S103" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T103" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U103" s="1" t="s">
-        <v>353</v>
+        <v>72</v>
       </c>
       <c r="V103" s="1" t="s">
-        <v>354</v>
+        <v>73</v>
       </c>
       <c r="W103" s="1" t="s">
-        <v>355</v>
+        <v>457</v>
       </c>
       <c r="X103" s="1">
         <v>0</v>
       </c>
       <c r="Y103" s="1" t="s">
-        <v>192</v>
+        <v>220</v>
       </c>
       <c r="Z103" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="AA103" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB103" s="1" t="s">
-        <v>117</v>
+        <v>76</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="s">
-        <v>356</v>
+        <v>458</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>357</v>
+        <v>459</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>349</v>
+        <v>460</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>358</v>
+        <v>31</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F104" s="1">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J104" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K104" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L104" s="2">
-        <v>45887.25</v>
+        <v>46097.25</v>
       </c>
       <c r="M104" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N104" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O104" s="1">
         <v>0</v>
       </c>
       <c r="P104" s="1">
         <v>0</v>
       </c>
       <c r="Q104" s="1" t="s"/>
       <c r="R104" s="1" t="s"/>
       <c r="S104" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T104" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U104" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V104" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W104" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X104" s="1">
         <v>0</v>
       </c>
       <c r="Y104" s="1" t="s">
-        <v>192</v>
+        <v>461</v>
       </c>
       <c r="Z104" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA104" s="1">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="AB104" s="1" t="s">
-        <v>117</v>
+        <v>462</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="s">
-        <v>359</v>
+        <v>463</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>360</v>
+        <v>464</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>361</v>
+        <v>465</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>32</v>
+        <v>466</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F105" s="1">
         <v>3</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>33</v>
+        <v>227</v>
       </c>
       <c r="H105" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J105" s="1">
         <v>2026</v>
       </c>
       <c r="K105" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L105" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M105" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N105" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="O105" s="1">
-        <v>0</v>
+        <v>930</v>
       </c>
       <c r="P105" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R105" s="1" t="s"/>
+        <v>1050</v>
+      </c>
+      <c r="Q105" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="R105" s="1" t="s">
+        <v>294</v>
+      </c>
       <c r="S105" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T105" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U105" s="1" t="s">
-        <v>40</v>
+        <v>467</v>
       </c>
       <c r="V105" s="1" t="s">
-        <v>41</v>
+        <v>468</v>
       </c>
       <c r="W105" s="1" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="X105" s="1">
         <v>0</v>
       </c>
       <c r="Y105" s="1" t="s">
-        <v>192</v>
+        <v>469</v>
       </c>
       <c r="Z105" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA105" s="1">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="AB105" s="1" t="s">
-        <v>117</v>
+        <v>462</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="s">
-        <v>362</v>
+        <v>470</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>363</v>
+        <v>471</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>364</v>
+        <v>472</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>32</v>
+        <v>473</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>32</v>
+        <v>474</v>
       </c>
       <c r="F106" s="1">
         <v>3</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="H106" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="J106" s="1">
         <v>2026</v>
       </c>
       <c r="K106" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L106" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M106" s="2">
         <v>46150.25</v>
       </c>
       <c r="N106" s="1" t="s">
-        <v>37</v>
+        <v>156</v>
       </c>
       <c r="O106" s="1">
-        <v>0</v>
+        <v>1600</v>
       </c>
       <c r="P106" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R106" s="1" t="s"/>
+        <v>1910</v>
+      </c>
+      <c r="Q106" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="R106" s="1" t="s">
+        <v>476</v>
+      </c>
       <c r="S106" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T106" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U106" s="1" t="s">
-        <v>40</v>
+        <v>467</v>
       </c>
       <c r="V106" s="1" t="s">
-        <v>41</v>
+        <v>468</v>
       </c>
       <c r="W106" s="1" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="X106" s="1">
         <v>0</v>
       </c>
       <c r="Y106" s="1" t="s">
-        <v>192</v>
+        <v>461</v>
       </c>
       <c r="Z106" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA106" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="AB106" s="1" t="s">
-        <v>117</v>
+        <v>462</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="s">
-        <v>365</v>
+        <v>477</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>366</v>
+        <v>478</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>367</v>
+        <v>479</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>32</v>
+        <v>480</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>32</v>
+        <v>214</v>
       </c>
       <c r="F107" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>351</v>
+        <v>66</v>
       </c>
       <c r="H107" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J107" s="1">
         <v>2026</v>
       </c>
       <c r="K107" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L107" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M107" s="2">
         <v>46150.25</v>
       </c>
       <c r="N107" s="1" t="s">
-        <v>213</v>
+        <v>481</v>
       </c>
       <c r="O107" s="1">
-        <v>1000</v>
+        <v>1600</v>
       </c>
       <c r="P107" s="1">
-        <v>1050</v>
+        <v>1910</v>
       </c>
       <c r="Q107" s="1" t="s">
-        <v>275</v>
+        <v>475</v>
       </c>
       <c r="R107" s="1" t="s">
-        <v>352</v>
+        <v>476</v>
       </c>
       <c r="S107" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T107" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U107" s="1" t="s">
-        <v>38</v>
+        <v>467</v>
       </c>
       <c r="V107" s="1" t="s">
-        <v>89</v>
+        <v>468</v>
       </c>
       <c r="W107" s="1" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="X107" s="1">
         <v>0</v>
       </c>
       <c r="Y107" s="1" t="s">
-        <v>192</v>
+        <v>461</v>
       </c>
       <c r="Z107" s="1">
         <v>20</v>
       </c>
       <c r="AA107" s="1">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="AB107" s="1" t="s">
-        <v>117</v>
+        <v>462</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="s">
-        <v>368</v>
+        <v>477</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>369</v>
+        <v>478</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>367</v>
+        <v>479</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>271</v>
+        <v>480</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>32</v>
+        <v>214</v>
       </c>
       <c r="F108" s="1">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>33</v>
+        <v>482</v>
       </c>
       <c r="H108" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J108" s="1">
         <v>2026</v>
       </c>
       <c r="K108" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L108" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M108" s="2">
         <v>46150.25</v>
       </c>
       <c r="N108" s="1" t="s">
-        <v>37</v>
+        <v>332</v>
       </c>
       <c r="O108" s="1">
-        <v>0</v>
+        <v>1600</v>
       </c>
       <c r="P108" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R108" s="1" t="s"/>
+        <v>1910</v>
+      </c>
+      <c r="Q108" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="R108" s="1" t="s">
+        <v>476</v>
+      </c>
       <c r="S108" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T108" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U108" s="1" t="s">
-        <v>40</v>
+        <v>467</v>
       </c>
       <c r="V108" s="1" t="s">
-        <v>41</v>
+        <v>468</v>
       </c>
       <c r="W108" s="1" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="X108" s="1">
         <v>0</v>
       </c>
       <c r="Y108" s="1" t="s">
-        <v>192</v>
+        <v>461</v>
       </c>
       <c r="Z108" s="1">
         <v>20</v>
       </c>
       <c r="AA108" s="1">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="AB108" s="1" t="s">
-        <v>117</v>
+        <v>462</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="s">
-        <v>370</v>
+        <v>483</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>371</v>
+        <v>484</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>372</v>
+        <v>485</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>373</v>
+        <v>486</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F109" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>33</v>
+        <v>331</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J109" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K109" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L109" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M109" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N109" s="1" t="s">
-        <v>37</v>
+        <v>332</v>
       </c>
       <c r="O109" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="P109" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R109" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q109" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="R109" s="1" t="s">
+        <v>111</v>
+      </c>
       <c r="S109" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T109" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U109" s="1" t="s">
-        <v>40</v>
+        <v>467</v>
       </c>
       <c r="V109" s="1" t="s">
-        <v>41</v>
+        <v>468</v>
       </c>
       <c r="W109" s="1" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="X109" s="1">
         <v>0</v>
       </c>
       <c r="Y109" s="1" t="s">
-        <v>192</v>
+        <v>461</v>
       </c>
       <c r="Z109" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA109" s="1">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="AB109" s="1" t="s">
-        <v>117</v>
+        <v>462</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="s">
-        <v>374</v>
+        <v>487</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>375</v>
+        <v>488</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>376</v>
+        <v>489</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F110" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>143</v>
+        <v>33</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J110" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K110" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L110" s="2">
-        <v>45887.25</v>
+        <v>46097.25</v>
       </c>
       <c r="M110" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N110" s="1" t="s">
-        <v>213</v>
+        <v>37</v>
       </c>
       <c r="O110" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P110" s="1">
-        <v>950</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q110" s="1" t="s"/>
+      <c r="R110" s="1" t="s"/>
       <c r="S110" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T110" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U110" s="1" t="s">
-        <v>353</v>
+        <v>40</v>
       </c>
       <c r="V110" s="1" t="s">
-        <v>354</v>
+        <v>41</v>
       </c>
       <c r="W110" s="1" t="s">
-        <v>355</v>
+        <v>42</v>
       </c>
       <c r="X110" s="1">
         <v>0</v>
       </c>
       <c r="Y110" s="1" t="s">
-        <v>192</v>
+        <v>256</v>
       </c>
       <c r="Z110" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="AA110" s="1">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="AB110" s="1" t="s">
-        <v>117</v>
+        <v>44</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="s">
-        <v>377</v>
+        <v>490</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>378</v>
+        <v>491</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>379</v>
+        <v>492</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>331</v>
+        <v>214</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F111" s="1">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>380</v>
+        <v>66</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J111" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K111" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L111" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M111" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N111" s="1" t="s">
-        <v>381</v>
+        <v>435</v>
       </c>
       <c r="O111" s="1">
-        <v>1100</v>
+        <v>1600</v>
       </c>
       <c r="P111" s="1">
-        <v>1250</v>
+        <v>1910</v>
       </c>
       <c r="Q111" s="1" t="s">
-        <v>186</v>
+        <v>475</v>
       </c>
       <c r="R111" s="1" t="s">
-        <v>382</v>
+        <v>476</v>
       </c>
       <c r="S111" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T111" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U111" s="1" t="s">
-        <v>353</v>
+        <v>467</v>
       </c>
       <c r="V111" s="1" t="s">
-        <v>354</v>
+        <v>468</v>
       </c>
       <c r="W111" s="1" t="s">
-        <v>355</v>
+        <v>74</v>
       </c>
       <c r="X111" s="1">
         <v>0</v>
       </c>
       <c r="Y111" s="1" t="s">
-        <v>192</v>
+        <v>461</v>
       </c>
       <c r="Z111" s="1">
         <v>15</v>
       </c>
       <c r="AA111" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AB111" s="1" t="s">
-        <v>117</v>
+        <v>462</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="s">
-        <v>383</v>
+        <v>493</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>384</v>
+        <v>494</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>385</v>
+        <v>495</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>386</v>
+        <v>32</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F112" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>33</v>
+        <v>496</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>304</v>
+        <v>35</v>
       </c>
       <c r="J112" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K112" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L112" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M112" s="2">
-        <v>45941.25</v>
+        <v>46150.25</v>
       </c>
       <c r="N112" s="1" t="s">
-        <v>37</v>
+        <v>413</v>
       </c>
       <c r="O112" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="P112" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R112" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q112" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="R112" s="1" t="s">
+        <v>111</v>
+      </c>
       <c r="S112" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T112" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U112" s="1" t="s">
-        <v>40</v>
+        <v>467</v>
       </c>
       <c r="V112" s="1" t="s">
-        <v>41</v>
+        <v>468</v>
       </c>
       <c r="W112" s="1" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="X112" s="1">
         <v>0</v>
       </c>
       <c r="Y112" s="1" t="s">
-        <v>192</v>
+        <v>461</v>
       </c>
       <c r="Z112" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA112" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB112" s="1" t="s">
-        <v>117</v>
+        <v>462</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="s">
-        <v>387</v>
+        <v>497</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>388</v>
+        <v>498</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>385</v>
+        <v>499</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>389</v>
+        <v>32</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>390</v>
+        <v>32</v>
       </c>
       <c r="F113" s="1">
         <v>3</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>33</v>
+        <v>500</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>81</v>
+        <v>54</v>
       </c>
       <c r="J113" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K113" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L113" s="2">
-        <v>45943.25</v>
+        <v>46097.25</v>
       </c>
       <c r="M113" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N113" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="O113" s="1">
-        <v>0</v>
+        <v>1530</v>
       </c>
       <c r="P113" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R113" s="1" t="s"/>
+        <v>1645</v>
+      </c>
+      <c r="Q113" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="R113" s="1" t="s">
+        <v>501</v>
+      </c>
       <c r="S113" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T113" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U113" s="1" t="s">
-        <v>40</v>
+        <v>502</v>
       </c>
       <c r="V113" s="1" t="s">
-        <v>41</v>
+        <v>503</v>
       </c>
       <c r="W113" s="1" t="s">
-        <v>42</v>
+        <v>504</v>
       </c>
       <c r="X113" s="1">
         <v>0</v>
       </c>
       <c r="Y113" s="1" t="s">
-        <v>192</v>
+        <v>469</v>
       </c>
       <c r="Z113" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA113" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB113" s="1" t="s">
-        <v>117</v>
+        <v>462</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="s">
-        <v>391</v>
+        <v>505</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>392</v>
+        <v>506</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>393</v>
+        <v>507</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>394</v>
+        <v>214</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F114" s="1">
         <v>3</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>380</v>
+        <v>447</v>
       </c>
       <c r="H114" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J114" s="1">
         <v>2026</v>
       </c>
       <c r="K114" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L114" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M114" s="2">
         <v>46150.25</v>
       </c>
       <c r="N114" s="1" t="s">
-        <v>213</v>
+        <v>67</v>
       </c>
       <c r="O114" s="1">
-        <v>1100</v>
+        <v>1700</v>
       </c>
       <c r="P114" s="1">
-        <v>1150</v>
+        <v>1815</v>
       </c>
       <c r="Q114" s="1" t="s">
-        <v>186</v>
+        <v>333</v>
       </c>
       <c r="R114" s="1" t="s">
-        <v>126</v>
+        <v>508</v>
       </c>
       <c r="S114" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T114" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U114" s="1" t="s">
-        <v>38</v>
+        <v>502</v>
       </c>
       <c r="V114" s="1" t="s">
-        <v>89</v>
+        <v>503</v>
       </c>
       <c r="W114" s="1" t="s">
-        <v>42</v>
+        <v>504</v>
       </c>
       <c r="X114" s="1">
         <v>0</v>
       </c>
       <c r="Y114" s="1" t="s">
-        <v>192</v>
+        <v>469</v>
       </c>
       <c r="Z114" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA114" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="AB114" s="1" t="s">
-        <v>117</v>
+        <v>462</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="s">
-        <v>395</v>
+        <v>509</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>396</v>
+        <v>510</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>397</v>
+        <v>511</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E115" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F115" s="1">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>124</v>
+        <v>66</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I115" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J115" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K115" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L115" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M115" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N115" s="1" t="s">
-        <v>67</v>
+        <v>129</v>
       </c>
       <c r="O115" s="1">
-        <v>900</v>
+        <v>1730</v>
       </c>
       <c r="P115" s="1">
-        <v>1050</v>
+        <v>2130</v>
       </c>
       <c r="Q115" s="1" t="s">
-        <v>125</v>
+        <v>68</v>
       </c>
       <c r="R115" s="1" t="s">
-        <v>352</v>
+        <v>69</v>
       </c>
       <c r="S115" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T115" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U115" s="1" t="s">
-        <v>353</v>
+        <v>72</v>
       </c>
       <c r="V115" s="1" t="s">
-        <v>354</v>
+        <v>73</v>
       </c>
       <c r="W115" s="1" t="s">
-        <v>355</v>
+        <v>512</v>
       </c>
       <c r="X115" s="1">
         <v>0</v>
       </c>
       <c r="Y115" s="1" t="s">
-        <v>192</v>
+        <v>513</v>
       </c>
       <c r="Z115" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="AA115" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AB115" s="1" t="s">
-        <v>117</v>
+        <v>76</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="s">
-        <v>398</v>
+        <v>514</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>399</v>
+        <v>515</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>400</v>
+        <v>516</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E116" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F116" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>223</v>
+        <v>447</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>401</v>
+        <v>35</v>
       </c>
       <c r="J116" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K116" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L116" s="2">
-        <v>45999.29166666667</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M116" s="2">
-        <v>46017.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N116" s="1" t="s">
-        <v>37</v>
+        <v>413</v>
       </c>
       <c r="O116" s="1">
-        <v>0</v>
+        <v>1730</v>
       </c>
       <c r="P116" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R116" s="1" t="s"/>
+        <v>2130</v>
+      </c>
+      <c r="Q116" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="R116" s="1" t="s">
+        <v>69</v>
+      </c>
       <c r="S116" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T116" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U116" s="1" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="V116" s="1" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="W116" s="1" t="s">
-        <v>42</v>
+        <v>512</v>
       </c>
       <c r="X116" s="1">
         <v>0</v>
       </c>
       <c r="Y116" s="1" t="s">
-        <v>402</v>
+        <v>513</v>
       </c>
       <c r="Z116" s="1">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="AA116" s="1">
         <v>6</v>
       </c>
       <c r="AB116" s="1" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="s">
-        <v>398</v>
+        <v>517</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>399</v>
+        <v>518</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>400</v>
+        <v>519</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>31</v>
+        <v>520</v>
       </c>
       <c r="E117" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F117" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>33</v>
+        <v>353</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>304</v>
+        <v>54</v>
       </c>
       <c r="J117" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K117" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L117" s="2">
-        <v>45887.25</v>
+        <v>46097.25</v>
       </c>
       <c r="M117" s="2">
-        <v>45941.25</v>
+        <v>46150.25</v>
       </c>
       <c r="N117" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O117" s="1">
         <v>0</v>
       </c>
       <c r="P117" s="1">
         <v>0</v>
       </c>
       <c r="Q117" s="1" t="s"/>
       <c r="R117" s="1" t="s"/>
       <c r="S117" s="1" t="s">
-        <v>38</v>
+        <v>196</v>
       </c>
       <c r="T117" s="1" t="s">
-        <v>39</v>
+        <v>197</v>
       </c>
       <c r="U117" s="1" t="s">
-        <v>40</v>
+        <v>196</v>
       </c>
       <c r="V117" s="1" t="s">
-        <v>41</v>
+        <v>198</v>
       </c>
       <c r="W117" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X117" s="1">
         <v>0</v>
       </c>
       <c r="Y117" s="1" t="s">
-        <v>402</v>
+        <v>513</v>
       </c>
       <c r="Z117" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="AA117" s="1">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="AB117" s="1" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="s">
-        <v>403</v>
+        <v>521</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>404</v>
+        <v>522</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>400</v>
+        <v>523</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>262</v>
+        <v>31</v>
       </c>
       <c r="E118" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F118" s="1">
         <v>3</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="H118" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J118" s="1">
         <v>2026</v>
       </c>
       <c r="K118" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L118" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M118" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N118" s="1" t="s">
-        <v>67</v>
+        <v>129</v>
       </c>
       <c r="O118" s="1">
-        <v>930</v>
+        <v>900</v>
       </c>
       <c r="P118" s="1">
-        <v>1050</v>
+        <v>1015</v>
       </c>
       <c r="Q118" s="1" t="s">
-        <v>405</v>
+        <v>110</v>
       </c>
       <c r="R118" s="1" t="s">
-        <v>352</v>
+        <v>524</v>
       </c>
       <c r="S118" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T118" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U118" s="1" t="s">
-        <v>72</v>
+        <v>38</v>
       </c>
       <c r="V118" s="1" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="W118" s="1" t="s">
-        <v>406</v>
+        <v>42</v>
       </c>
       <c r="X118" s="1">
         <v>0</v>
       </c>
       <c r="Y118" s="1" t="s">
-        <v>402</v>
+        <v>525</v>
       </c>
       <c r="Z118" s="1">
         <v>20</v>
       </c>
       <c r="AA118" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB118" s="1" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="s">
-        <v>407</v>
+        <v>521</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>408</v>
+        <v>522</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>409</v>
+        <v>523</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E119" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F119" s="1">
         <v>3</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="H119" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J119" s="1">
         <v>2026</v>
       </c>
       <c r="K119" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L119" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M119" s="2">
         <v>46150.25</v>
       </c>
       <c r="N119" s="1" t="s">
-        <v>37</v>
+        <v>526</v>
       </c>
       <c r="O119" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="P119" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R119" s="1" t="s"/>
+        <v>1350</v>
+      </c>
+      <c r="Q119" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="R119" s="1" t="s">
+        <v>181</v>
+      </c>
       <c r="S119" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T119" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U119" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="V119" s="1" t="s">
-        <v>41</v>
+        <v>175</v>
       </c>
       <c r="W119" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X119" s="1">
         <v>0</v>
       </c>
       <c r="Y119" s="1" t="s">
-        <v>410</v>
+        <v>527</v>
       </c>
       <c r="Z119" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="AA119" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="AB119" s="1" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="s">
-        <v>411</v>
+        <v>528</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>412</v>
+        <v>529</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>413</v>
+        <v>530</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E120" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F120" s="1">
         <v>3</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="H120" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I120" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J120" s="1">
         <v>2026</v>
       </c>
       <c r="K120" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L120" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M120" s="2">
         <v>46150.25</v>
       </c>
       <c r="N120" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="O120" s="1">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="P120" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R120" s="1" t="s"/>
+        <v>1030</v>
+      </c>
+      <c r="Q120" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="R120" s="1" t="s">
+        <v>531</v>
+      </c>
       <c r="S120" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T120" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U120" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="V120" s="1" t="s">
-        <v>41</v>
+        <v>84</v>
       </c>
       <c r="W120" s="1" t="s">
-        <v>42</v>
+        <v>396</v>
       </c>
       <c r="X120" s="1">
         <v>0</v>
       </c>
       <c r="Y120" s="1" t="s">
-        <v>410</v>
+        <v>187</v>
       </c>
       <c r="Z120" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="AA120" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="AB120" s="1" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="s">
-        <v>414</v>
+        <v>532</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>415</v>
+        <v>533</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>416</v>
+        <v>534</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>417</v>
+        <v>31</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F121" s="1">
         <v>3</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>418</v>
+        <v>169</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I121" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J121" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K121" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L121" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M121" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N121" s="1" t="s">
-        <v>419</v>
+        <v>37</v>
       </c>
       <c r="O121" s="1">
-        <v>1800</v>
+        <v>0</v>
       </c>
       <c r="P121" s="1">
-        <v>2050</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q121" s="1" t="s"/>
+      <c r="R121" s="1" t="s"/>
       <c r="S121" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T121" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U121" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V121" s="1" t="s">
-        <v>89</v>
+        <v>41</v>
       </c>
       <c r="W121" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X121" s="1">
         <v>0</v>
       </c>
       <c r="Y121" s="1" t="s">
-        <v>422</v>
+        <v>527</v>
       </c>
       <c r="Z121" s="1">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="AA121" s="1">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="AB121" s="1" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="s">
-        <v>423</v>
+        <v>532</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>424</v>
+        <v>533</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>425</v>
+        <v>534</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>426</v>
+        <v>31</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F122" s="1">
         <v>3</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H122" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I122" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J122" s="1">
         <v>2026</v>
       </c>
       <c r="K122" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L122" s="2">
         <v>46034.29166666667</v>
       </c>
@@ -13874,1000 +13226,976 @@
       </c>
       <c r="P122" s="1">
         <v>0</v>
       </c>
       <c r="Q122" s="1" t="s"/>
       <c r="R122" s="1" t="s"/>
       <c r="S122" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T122" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U122" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V122" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W122" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X122" s="1">
         <v>0</v>
       </c>
       <c r="Y122" s="1" t="s">
-        <v>422</v>
+        <v>527</v>
       </c>
       <c r="Z122" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="AA122" s="1">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="AB122" s="1" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="s">
-        <v>427</v>
+        <v>535</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>428</v>
+        <v>536</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>429</v>
+        <v>537</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>289</v>
+        <v>31</v>
       </c>
       <c r="E123" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F123" s="1">
         <v>3</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>33</v>
+        <v>538</v>
       </c>
       <c r="H123" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>304</v>
+        <v>35</v>
       </c>
       <c r="J123" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K123" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L123" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M123" s="2">
-        <v>45941.25</v>
+        <v>46150.25</v>
       </c>
       <c r="N123" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O123" s="1">
         <v>0</v>
       </c>
       <c r="P123" s="1">
         <v>0</v>
       </c>
       <c r="Q123" s="1" t="s"/>
       <c r="R123" s="1" t="s"/>
       <c r="S123" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T123" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U123" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V123" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W123" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X123" s="1">
         <v>0</v>
       </c>
       <c r="Y123" s="1" t="s">
-        <v>402</v>
+        <v>539</v>
       </c>
       <c r="Z123" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="AA123" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="AB123" s="1" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="s">
-        <v>427</v>
+        <v>535</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>428</v>
+        <v>536</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>429</v>
+        <v>537</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>289</v>
+        <v>31</v>
       </c>
       <c r="E124" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F124" s="1">
         <v>3</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>33</v>
+        <v>169</v>
       </c>
       <c r="H124" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J124" s="1">
         <v>2026</v>
       </c>
       <c r="K124" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L124" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M124" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N124" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O124" s="1">
         <v>0</v>
       </c>
       <c r="P124" s="1">
         <v>0</v>
       </c>
       <c r="Q124" s="1" t="s"/>
       <c r="R124" s="1" t="s"/>
       <c r="S124" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T124" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U124" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V124" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W124" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X124" s="1">
         <v>0</v>
       </c>
       <c r="Y124" s="1" t="s">
-        <v>402</v>
+        <v>527</v>
       </c>
       <c r="Z124" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="AA124" s="1">
-        <v>5</v>
+        <v>22</v>
       </c>
       <c r="AB124" s="1" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="s">
-        <v>430</v>
+        <v>535</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>431</v>
+        <v>536</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>432</v>
+        <v>537</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F125" s="1">
         <v>3</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I125" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J125" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K125" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L125" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M125" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N125" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O125" s="1">
         <v>0</v>
       </c>
       <c r="P125" s="1">
         <v>0</v>
       </c>
       <c r="Q125" s="1" t="s"/>
       <c r="R125" s="1" t="s"/>
       <c r="S125" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T125" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U125" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V125" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W125" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X125" s="1">
         <v>0</v>
       </c>
       <c r="Y125" s="1" t="s">
-        <v>410</v>
+        <v>527</v>
       </c>
       <c r="Z125" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="AA125" s="1">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="AB125" s="1" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="s">
-        <v>433</v>
+        <v>540</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>434</v>
+        <v>541</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>435</v>
+        <v>542</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>31</v>
+        <v>271</v>
       </c>
       <c r="E126" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F126" s="1">
         <v>3</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>103</v>
+        <v>33</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J126" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K126" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L126" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M126" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N126" s="1" t="s">
-        <v>144</v>
+        <v>37</v>
       </c>
       <c r="O126" s="1">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="P126" s="1">
-        <v>1520</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q126" s="1" t="s"/>
+      <c r="R126" s="1" t="s"/>
       <c r="S126" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T126" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U126" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V126" s="1" t="s">
-        <v>89</v>
+        <v>41</v>
       </c>
       <c r="W126" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X126" s="1">
         <v>0</v>
       </c>
       <c r="Y126" s="1" t="s">
-        <v>402</v>
+        <v>187</v>
       </c>
       <c r="Z126" s="1">
         <v>20</v>
       </c>
       <c r="AA126" s="1">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="AB126" s="1" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="s">
-        <v>437</v>
+        <v>543</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>438</v>
+        <v>544</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>439</v>
+        <v>545</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>32</v>
+        <v>271</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F127" s="1">
         <v>3</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H127" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="J127" s="1">
         <v>2026</v>
       </c>
       <c r="K127" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L127" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M127" s="2">
         <v>46150.25</v>
       </c>
       <c r="N127" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O127" s="1">
         <v>0</v>
       </c>
       <c r="P127" s="1">
         <v>0</v>
       </c>
       <c r="Q127" s="1" t="s"/>
       <c r="R127" s="1" t="s"/>
       <c r="S127" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T127" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U127" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V127" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W127" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X127" s="1">
         <v>0</v>
       </c>
       <c r="Y127" s="1" t="s">
-        <v>402</v>
+        <v>527</v>
       </c>
       <c r="Z127" s="1">
         <v>20</v>
       </c>
       <c r="AA127" s="1">
         <v>7</v>
       </c>
       <c r="AB127" s="1" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="s">
-        <v>440</v>
+        <v>546</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>441</v>
+        <v>547</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>442</v>
+        <v>548</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>443</v>
+        <v>31</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F128" s="1">
         <v>3</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>444</v>
+        <v>33</v>
       </c>
       <c r="H128" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J128" s="1">
         <v>2026</v>
       </c>
       <c r="K128" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L128" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M128" s="2">
         <v>46150.25</v>
       </c>
       <c r="N128" s="1" t="s">
-        <v>445</v>
+        <v>37</v>
       </c>
       <c r="O128" s="1">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="P128" s="1">
-        <v>1700</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q128" s="1" t="s"/>
+      <c r="R128" s="1" t="s"/>
       <c r="S128" s="1" t="s">
-        <v>216</v>
+        <v>38</v>
       </c>
       <c r="T128" s="1" t="s">
-        <v>217</v>
+        <v>39</v>
       </c>
       <c r="U128" s="1" t="s">
-        <v>216</v>
+        <v>40</v>
       </c>
       <c r="V128" s="1" t="s">
-        <v>218</v>
+        <v>41</v>
       </c>
       <c r="W128" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X128" s="1">
         <v>0</v>
       </c>
       <c r="Y128" s="1" t="s">
-        <v>402</v>
+        <v>256</v>
       </c>
       <c r="Z128" s="1">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="AA128" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="AB128" s="1" t="s">
-        <v>99</v>
+        <v>44</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="s">
-        <v>447</v>
+        <v>549</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>448</v>
+        <v>550</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>449</v>
+        <v>551</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F129" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>274</v>
+        <v>33</v>
       </c>
       <c r="H129" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J129" s="1">
         <v>2026</v>
       </c>
       <c r="K129" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L129" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M129" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N129" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O129" s="1">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="P129" s="1">
-        <v>1130</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q129" s="1" t="s"/>
+      <c r="R129" s="1" t="s"/>
       <c r="S129" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T129" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U129" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V129" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W129" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X129" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y129" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="Z129" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA129" s="1">
+        <v>2</v>
+      </c>
+      <c r="AB129" s="1" t="s">
         <v>44</v>
-      </c>
-[...19 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="s">
-        <v>447</v>
+        <v>552</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>448</v>
+        <v>553</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>449</v>
+        <v>554</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E130" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F130" s="1">
         <v>3</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>212</v>
+        <v>33</v>
       </c>
       <c r="H130" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I130" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J130" s="1">
         <v>2026</v>
       </c>
       <c r="K130" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L130" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M130" s="2">
         <v>46150.25</v>
       </c>
       <c r="N130" s="1" t="s">
-        <v>452</v>
+        <v>37</v>
       </c>
       <c r="O130" s="1">
-        <v>953</v>
+        <v>0</v>
       </c>
       <c r="P130" s="1">
-        <v>1043</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q130" s="1" t="s"/>
+      <c r="R130" s="1" t="s"/>
       <c r="S130" s="1" t="s">
-        <v>216</v>
+        <v>38</v>
       </c>
       <c r="T130" s="1" t="s">
-        <v>217</v>
+        <v>39</v>
       </c>
       <c r="U130" s="1" t="s">
-        <v>216</v>
+        <v>40</v>
       </c>
       <c r="V130" s="1" t="s">
-        <v>218</v>
+        <v>41</v>
       </c>
       <c r="W130" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X130" s="1">
         <v>0</v>
       </c>
       <c r="Y130" s="1" t="s">
-        <v>455</v>
+        <v>101</v>
       </c>
       <c r="Z130" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="AA130" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB130" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="s">
-        <v>447</v>
+        <v>555</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>448</v>
+        <v>556</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>449</v>
+        <v>557</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E131" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F131" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>212</v>
+        <v>33</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J131" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K131" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L131" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M131" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N131" s="1" t="s">
-        <v>213</v>
+        <v>37</v>
       </c>
       <c r="O131" s="1">
-        <v>1137</v>
+        <v>0</v>
       </c>
       <c r="P131" s="1">
-        <v>1226</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q131" s="1" t="s"/>
+      <c r="R131" s="1" t="s"/>
       <c r="S131" s="1" t="s">
-        <v>216</v>
+        <v>38</v>
       </c>
       <c r="T131" s="1" t="s">
-        <v>217</v>
+        <v>39</v>
       </c>
       <c r="U131" s="1" t="s">
-        <v>216</v>
+        <v>40</v>
       </c>
       <c r="V131" s="1" t="s">
-        <v>218</v>
+        <v>41</v>
       </c>
       <c r="W131" s="1" t="s">
-        <v>457</v>
+        <v>42</v>
       </c>
       <c r="X131" s="1">
         <v>0</v>
       </c>
       <c r="Y131" s="1" t="s">
-        <v>455</v>
+        <v>101</v>
       </c>
       <c r="Z131" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="AA131" s="1">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="AB131" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="s">
-        <v>458</v>
+        <v>558</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>459</v>
+        <v>559</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>460</v>
+        <v>560</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E132" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F132" s="1">
         <v>3</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I132" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J132" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K132" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L132" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M132" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N132" s="1" t="s">
-        <v>144</v>
+        <v>37</v>
       </c>
       <c r="O132" s="1">
-        <v>1600</v>
+        <v>0</v>
       </c>
       <c r="P132" s="1">
-        <v>1720</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q132" s="1" t="s"/>
+      <c r="R132" s="1" t="s"/>
       <c r="S132" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T132" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U132" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V132" s="1" t="s">
-        <v>89</v>
+        <v>41</v>
       </c>
       <c r="W132" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X132" s="1">
         <v>0</v>
       </c>
       <c r="Y132" s="1" t="s">
-        <v>462</v>
+        <v>525</v>
       </c>
       <c r="Z132" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA132" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="AB132" s="1" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="s">
-        <v>458</v>
+        <v>561</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>459</v>
+        <v>562</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>460</v>
+        <v>563</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F133" s="1">
         <v>3</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>223</v>
+        <v>33</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I133" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J133" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K133" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L133" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M133" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N133" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O133" s="1">
         <v>0</v>
       </c>
       <c r="P133" s="1">
         <v>0</v>
       </c>
       <c r="Q133" s="1" t="s"/>
       <c r="R133" s="1" t="s"/>
       <c r="S133" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T133" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U133" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V133" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W133" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X133" s="1">
         <v>0</v>
       </c>
       <c r="Y133" s="1" t="s">
-        <v>451</v>
+        <v>564</v>
       </c>
       <c r="Z133" s="1">
         <v>20</v>
       </c>
       <c r="AA133" s="1">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="AB133" s="1" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="s">
-        <v>458</v>
+        <v>565</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>459</v>
+        <v>566</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>460</v>
+        <v>567</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>31</v>
+        <v>242</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F134" s="1">
         <v>3</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H134" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I134" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J134" s="1">
         <v>2026</v>
       </c>
       <c r="K134" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L134" s="2">
         <v>46034.29166666667</v>
       </c>
@@ -14882,23312 +14210,7162 @@
       </c>
       <c r="P134" s="1">
         <v>0</v>
       </c>
       <c r="Q134" s="1" t="s"/>
       <c r="R134" s="1" t="s"/>
       <c r="S134" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T134" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U134" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V134" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W134" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X134" s="1">
         <v>0</v>
       </c>
       <c r="Y134" s="1" t="s">
-        <v>451</v>
+        <v>564</v>
       </c>
       <c r="Z134" s="1">
         <v>20</v>
       </c>
       <c r="AA134" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="AB134" s="1" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="s">
-        <v>458</v>
+        <v>568</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>459</v>
+        <v>569</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>460</v>
+        <v>570</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E135" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F135" s="1">
         <v>3</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>33</v>
+        <v>77</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I135" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J135" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K135" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L135" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M135" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N135" s="1" t="s">
-        <v>37</v>
+        <v>156</v>
       </c>
       <c r="O135" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="P135" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R135" s="1" t="s"/>
+        <v>2050</v>
+      </c>
+      <c r="Q135" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="R135" s="1" t="s">
+        <v>572</v>
+      </c>
       <c r="S135" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T135" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U135" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="V135" s="1" t="s">
-        <v>41</v>
+        <v>175</v>
       </c>
       <c r="W135" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X135" s="1">
         <v>0</v>
       </c>
       <c r="Y135" s="1" t="s">
-        <v>451</v>
+        <v>564</v>
       </c>
       <c r="Z135" s="1">
         <v>20</v>
       </c>
       <c r="AA135" s="1">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="AB135" s="1" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="s">
-        <v>463</v>
+        <v>568</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>464</v>
+        <v>569</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>465</v>
+        <v>570</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E136" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F136" s="1">
         <v>3</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>223</v>
+        <v>33</v>
       </c>
       <c r="H136" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I136" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J136" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K136" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L136" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M136" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N136" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O136" s="1">
         <v>0</v>
       </c>
       <c r="P136" s="1">
         <v>0</v>
       </c>
       <c r="Q136" s="1" t="s"/>
       <c r="R136" s="1" t="s"/>
       <c r="S136" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T136" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U136" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V136" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W136" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X136" s="1">
         <v>0</v>
       </c>
       <c r="Y136" s="1" t="s">
-        <v>451</v>
+        <v>564</v>
       </c>
       <c r="Z136" s="1">
         <v>20</v>
       </c>
       <c r="AA136" s="1">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="AB136" s="1" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="s">
-        <v>463</v>
+        <v>573</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>464</v>
+        <v>574</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>465</v>
+        <v>575</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F137" s="1">
         <v>3</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J137" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K137" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L137" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M137" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N137" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O137" s="1">
         <v>0</v>
       </c>
       <c r="P137" s="1">
         <v>0</v>
       </c>
       <c r="Q137" s="1" t="s"/>
       <c r="R137" s="1" t="s"/>
       <c r="S137" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T137" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U137" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V137" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W137" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X137" s="1">
         <v>0</v>
       </c>
       <c r="Y137" s="1" t="s">
-        <v>462</v>
+        <v>576</v>
       </c>
       <c r="Z137" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="AA137" s="1">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="AB137" s="1" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="s">
-        <v>466</v>
+        <v>577</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>467</v>
+        <v>578</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>468</v>
+        <v>579</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E138" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F138" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>320</v>
+        <v>33</v>
       </c>
       <c r="H138" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I138" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J138" s="1">
         <v>2026</v>
       </c>
       <c r="K138" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L138" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M138" s="2">
         <v>46150.25</v>
       </c>
       <c r="N138" s="1" t="s">
-        <v>144</v>
+        <v>37</v>
       </c>
       <c r="O138" s="1">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="P138" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q138" s="1" t="s"/>
+      <c r="R138" s="1" t="s"/>
       <c r="S138" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T138" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U138" s="1" t="s">
-        <v>469</v>
+        <v>40</v>
       </c>
       <c r="V138" s="1" t="s">
-        <v>470</v>
+        <v>41</v>
       </c>
       <c r="W138" s="1" t="s">
-        <v>471</v>
+        <v>42</v>
       </c>
       <c r="X138" s="1">
         <v>0</v>
       </c>
       <c r="Y138" s="1" t="s">
-        <v>472</v>
+        <v>580</v>
       </c>
       <c r="Z138" s="1">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="AA138" s="1">
-        <v>1</v>
+        <v>37</v>
       </c>
       <c r="AB138" s="1" t="s">
-        <v>131</v>
+        <v>76</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="s">
-        <v>466</v>
+        <v>581</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>467</v>
+        <v>582</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>468</v>
+        <v>583</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F139" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>124</v>
+        <v>33</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I139" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J139" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K139" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L139" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M139" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N139" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O139" s="1">
+        <v>0</v>
+      </c>
+      <c r="P139" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q139" s="1" t="s"/>
+      <c r="R139" s="1" t="s"/>
+      <c r="S139" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T139" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U139" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V139" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W139" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X139" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y139" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="Z139" s="1">
         <v>35</v>
       </c>
-      <c r="J139" s="1">
-[...49 lines deleted...]
-      </c>
       <c r="AA139" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="AB139" s="1" t="s">
-        <v>131</v>
+        <v>76</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="s">
-        <v>474</v>
+        <v>584</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>475</v>
+        <v>585</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>476</v>
+        <v>586</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F140" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>320</v>
+        <v>91</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I140" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J140" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K140" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L140" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M140" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N140" s="1" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="O140" s="1">
-        <v>800</v>
+        <v>1530</v>
       </c>
       <c r="P140" s="1">
-        <v>1150</v>
+        <v>1650</v>
       </c>
       <c r="Q140" s="1" t="s">
-        <v>263</v>
+        <v>92</v>
       </c>
       <c r="R140" s="1" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="S140" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T140" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U140" s="1" t="s">
-        <v>469</v>
+        <v>587</v>
       </c>
       <c r="V140" s="1" t="s">
-        <v>470</v>
+        <v>588</v>
       </c>
       <c r="W140" s="1" t="s">
-        <v>473</v>
+        <v>74</v>
       </c>
       <c r="X140" s="1">
         <v>0</v>
       </c>
       <c r="Y140" s="1" t="s">
-        <v>472</v>
+        <v>589</v>
       </c>
       <c r="Z140" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA140" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB140" s="1" t="s">
-        <v>131</v>
+        <v>76</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="s">
-        <v>474</v>
+        <v>590</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>475</v>
+        <v>591</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>476</v>
+        <v>592</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F141" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>124</v>
+        <v>91</v>
       </c>
       <c r="H141" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I141" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J141" s="1">
         <v>2026</v>
       </c>
       <c r="K141" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L141" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M141" s="2">
         <v>46150.25</v>
       </c>
       <c r="N141" s="1" t="s">
-        <v>67</v>
+        <v>129</v>
       </c>
       <c r="O141" s="1">
-        <v>800</v>
+        <v>1530</v>
       </c>
       <c r="P141" s="1">
-        <v>1150</v>
+        <v>1650</v>
       </c>
       <c r="Q141" s="1" t="s">
-        <v>263</v>
+        <v>92</v>
       </c>
       <c r="R141" s="1" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="S141" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T141" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U141" s="1" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="V141" s="1" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="W141" s="1" t="s">
-        <v>471</v>
+        <v>593</v>
       </c>
       <c r="X141" s="1">
         <v>0</v>
       </c>
       <c r="Y141" s="1" t="s">
-        <v>472</v>
+        <v>576</v>
       </c>
       <c r="Z141" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="AA141" s="1">
         <v>0</v>
       </c>
       <c r="AB141" s="1" t="s">
-        <v>131</v>
+        <v>76</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="s">
-        <v>477</v>
+        <v>594</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>478</v>
+        <v>595</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>479</v>
+        <v>596</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E142" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F142" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>135</v>
+        <v>292</v>
       </c>
       <c r="H142" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I142" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J142" s="1">
         <v>2026</v>
       </c>
       <c r="K142" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L142" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M142" s="2">
         <v>46150.25</v>
       </c>
       <c r="N142" s="1" t="s">
-        <v>144</v>
+        <v>387</v>
       </c>
       <c r="O142" s="1">
-        <v>1300</v>
+        <v>1000</v>
       </c>
       <c r="P142" s="1">
-        <v>1650</v>
+        <v>1050</v>
       </c>
       <c r="Q142" s="1" t="s">
-        <v>136</v>
+        <v>228</v>
       </c>
       <c r="R142" s="1" t="s">
-        <v>105</v>
+        <v>294</v>
       </c>
       <c r="S142" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T142" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U142" s="1" t="s">
-        <v>127</v>
+        <v>38</v>
       </c>
       <c r="V142" s="1" t="s">
-        <v>128</v>
+        <v>175</v>
       </c>
       <c r="W142" s="1" t="s">
-        <v>473</v>
+        <v>42</v>
       </c>
       <c r="X142" s="1">
         <v>0</v>
       </c>
       <c r="Y142" s="1" t="s">
-        <v>472</v>
+        <v>101</v>
       </c>
       <c r="Z142" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="AA142" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="AB142" s="1" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="s">
-        <v>480</v>
+        <v>597</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>481</v>
+        <v>598</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>482</v>
+        <v>599</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E143" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F143" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>483</v>
+        <v>292</v>
       </c>
       <c r="H143" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J143" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K143" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L143" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M143" s="2">
-        <v>45996.29166666667</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N143" s="1" t="s">
-        <v>67</v>
+        <v>387</v>
       </c>
       <c r="O143" s="1">
-        <v>1300</v>
+        <v>1000</v>
       </c>
       <c r="P143" s="1">
-        <v>1650</v>
+        <v>1150</v>
       </c>
       <c r="Q143" s="1" t="s">
-        <v>136</v>
+        <v>228</v>
       </c>
       <c r="R143" s="1" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="S143" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T143" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U143" s="1" t="s">
-        <v>469</v>
+        <v>38</v>
       </c>
       <c r="V143" s="1" t="s">
-        <v>470</v>
+        <v>175</v>
       </c>
       <c r="W143" s="1" t="s">
-        <v>473</v>
+        <v>42</v>
       </c>
       <c r="X143" s="1">
         <v>0</v>
       </c>
       <c r="Y143" s="1" t="s">
-        <v>472</v>
+        <v>600</v>
       </c>
       <c r="Z143" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="AA143" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AB143" s="1" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="s">
-        <v>484</v>
+        <v>601</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>485</v>
+        <v>602</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>486</v>
+        <v>603</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>487</v>
+        <v>214</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F144" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="H144" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I144" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J144" s="1">
         <v>2026</v>
       </c>
       <c r="K144" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L144" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M144" s="2">
         <v>46150.25</v>
       </c>
       <c r="N144" s="1" t="s">
-        <v>67</v>
+        <v>387</v>
       </c>
       <c r="O144" s="1">
-        <v>1300</v>
+        <v>900</v>
       </c>
       <c r="P144" s="1">
-        <v>1650</v>
+        <v>950</v>
       </c>
       <c r="Q144" s="1" t="s">
-        <v>136</v>
+        <v>110</v>
       </c>
       <c r="R144" s="1" t="s">
-        <v>105</v>
+        <v>216</v>
       </c>
       <c r="S144" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T144" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U144" s="1" t="s">
-        <v>469</v>
+        <v>604</v>
       </c>
       <c r="V144" s="1" t="s">
-        <v>470</v>
+        <v>605</v>
       </c>
       <c r="W144" s="1" t="s">
-        <v>473</v>
+        <v>114</v>
       </c>
       <c r="X144" s="1">
         <v>0</v>
       </c>
       <c r="Y144" s="1" t="s">
-        <v>472</v>
+        <v>101</v>
       </c>
       <c r="Z144" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="AA144" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="AB144" s="1" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="s">
-        <v>488</v>
+        <v>606</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>489</v>
+        <v>607</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>490</v>
+        <v>608</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>32</v>
+        <v>609</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F145" s="1">
         <v>5</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I145" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J145" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K145" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L145" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M145" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N145" s="1" t="s">
-        <v>144</v>
+        <v>387</v>
       </c>
       <c r="O145" s="1">
         <v>1300</v>
       </c>
       <c r="P145" s="1">
-        <v>1650</v>
+        <v>1350</v>
       </c>
       <c r="Q145" s="1" t="s">
-        <v>136</v>
+        <v>121</v>
       </c>
       <c r="R145" s="1" t="s">
-        <v>105</v>
+        <v>181</v>
       </c>
       <c r="S145" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T145" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U145" s="1" t="s">
-        <v>469</v>
+        <v>604</v>
       </c>
       <c r="V145" s="1" t="s">
-        <v>470</v>
+        <v>605</v>
       </c>
       <c r="W145" s="1" t="s">
-        <v>473</v>
+        <v>114</v>
       </c>
       <c r="X145" s="1">
         <v>0</v>
       </c>
       <c r="Y145" s="1" t="s">
-        <v>472</v>
+        <v>101</v>
       </c>
       <c r="Z145" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="AA145" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AB145" s="1" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="s">
-        <v>491</v>
+        <v>610</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>492</v>
+        <v>611</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>493</v>
+        <v>612</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>494</v>
+        <v>31</v>
       </c>
       <c r="E146" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F146" s="1">
         <v>4</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>143</v>
+        <v>292</v>
       </c>
       <c r="H146" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J146" s="1">
         <v>2026</v>
       </c>
       <c r="K146" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L146" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M146" s="2">
         <v>46150.25</v>
       </c>
       <c r="N146" s="1" t="s">
-        <v>213</v>
+        <v>387</v>
       </c>
       <c r="O146" s="1">
-        <v>900</v>
+        <v>1000</v>
       </c>
       <c r="P146" s="1">
-        <v>950</v>
+        <v>1150</v>
       </c>
       <c r="Q146" s="1" t="s">
-        <v>125</v>
+        <v>228</v>
       </c>
       <c r="R146" s="1" t="s">
-        <v>264</v>
+        <v>111</v>
       </c>
       <c r="S146" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T146" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U146" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V146" s="1" t="s">
-        <v>89</v>
+        <v>175</v>
       </c>
       <c r="W146" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X146" s="1">
         <v>0</v>
       </c>
       <c r="Y146" s="1" t="s">
-        <v>192</v>
+        <v>600</v>
       </c>
       <c r="Z146" s="1">
         <v>15</v>
       </c>
       <c r="AA146" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AB146" s="1" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="s">
-        <v>495</v>
+        <v>610</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>496</v>
+        <v>611</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>493</v>
+        <v>612</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>497</v>
+        <v>31</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F147" s="1">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>86</v>
+        <v>169</v>
       </c>
       <c r="H147" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I147" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J147" s="1">
         <v>2026</v>
       </c>
       <c r="K147" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L147" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M147" s="2">
         <v>46150.25</v>
       </c>
       <c r="N147" s="1" t="s">
-        <v>233</v>
+        <v>37</v>
       </c>
       <c r="O147" s="1">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="P147" s="1">
-        <v>1250</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q147" s="1" t="s"/>
+      <c r="R147" s="1" t="s"/>
       <c r="S147" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T147" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U147" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V147" s="1" t="s">
-        <v>89</v>
+        <v>41</v>
       </c>
       <c r="W147" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X147" s="1">
         <v>0</v>
       </c>
       <c r="Y147" s="1" t="s">
-        <v>192</v>
+        <v>600</v>
       </c>
       <c r="Z147" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA147" s="1">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="AB147" s="1" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="s">
-        <v>498</v>
+        <v>610</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>499</v>
+        <v>611</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>500</v>
+        <v>612</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>501</v>
+        <v>31</v>
       </c>
       <c r="E148" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F148" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>124</v>
+        <v>33</v>
       </c>
       <c r="H148" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J148" s="1">
         <v>2026</v>
       </c>
       <c r="K148" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L148" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M148" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N148" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O148" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P148" s="1">
-        <v>1040</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q148" s="1" t="s"/>
+      <c r="R148" s="1" t="s"/>
       <c r="S148" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T148" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U148" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V148" s="1" t="s">
-        <v>89</v>
+        <v>41</v>
       </c>
       <c r="W148" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X148" s="1">
         <v>0</v>
       </c>
       <c r="Y148" s="1" t="s">
-        <v>192</v>
+        <v>600</v>
       </c>
       <c r="Z148" s="1">
         <v>15</v>
       </c>
       <c r="AA148" s="1">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="AB148" s="1" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="s">
-        <v>503</v>
+        <v>613</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>504</v>
+        <v>614</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>505</v>
+        <v>615</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E149" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F149" s="1">
         <v>4</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>506</v>
+        <v>193</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I149" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J149" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K149" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L149" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M149" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N149" s="1" t="s">
-        <v>106</v>
+        <v>340</v>
       </c>
       <c r="O149" s="1">
-        <v>800</v>
+        <v>1320</v>
       </c>
       <c r="P149" s="1">
-        <v>850</v>
+        <v>1410</v>
       </c>
       <c r="Q149" s="1" t="s">
-        <v>263</v>
+        <v>616</v>
       </c>
       <c r="R149" s="1" t="s">
-        <v>507</v>
+        <v>617</v>
       </c>
       <c r="S149" s="1" t="s">
-        <v>70</v>
+        <v>196</v>
       </c>
       <c r="T149" s="1" t="s">
-        <v>71</v>
+        <v>197</v>
       </c>
       <c r="U149" s="1" t="s">
-        <v>179</v>
+        <v>196</v>
       </c>
       <c r="V149" s="1" t="s">
-        <v>180</v>
+        <v>198</v>
       </c>
       <c r="W149" s="1" t="s">
-        <v>508</v>
+        <v>42</v>
       </c>
       <c r="X149" s="1">
         <v>0</v>
       </c>
       <c r="Y149" s="1" t="s">
-        <v>509</v>
+        <v>618</v>
       </c>
       <c r="Z149" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="AA149" s="1">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="AB149" s="1" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="s">
-        <v>510</v>
+        <v>619</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>511</v>
+        <v>620</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>512</v>
+        <v>621</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>513</v>
+        <v>31</v>
       </c>
       <c r="E150" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F150" s="1">
         <v>4</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>506</v>
+        <v>169</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J150" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K150" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L150" s="2">
-        <v>45887.25</v>
+        <v>46097.25</v>
       </c>
       <c r="M150" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N150" s="1" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="O150" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P150" s="1">
-        <v>1050</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q150" s="1" t="s"/>
+      <c r="R150" s="1" t="s"/>
       <c r="S150" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T150" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U150" s="1" t="s">
-        <v>179</v>
+        <v>40</v>
       </c>
       <c r="V150" s="1" t="s">
-        <v>180</v>
+        <v>41</v>
       </c>
       <c r="W150" s="1" t="s">
-        <v>508</v>
+        <v>42</v>
       </c>
       <c r="X150" s="1">
         <v>0</v>
       </c>
       <c r="Y150" s="1" t="s">
-        <v>509</v>
+        <v>600</v>
       </c>
       <c r="Z150" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA150" s="1">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="AB150" s="1" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="s">
-        <v>514</v>
+        <v>619</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>515</v>
+        <v>620</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>516</v>
+        <v>621</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E151" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F151" s="1">
         <v>4</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>506</v>
+        <v>33</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I151" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J151" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K151" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L151" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M151" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N151" s="1" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="O151" s="1">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="P151" s="1">
-        <v>1250</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q151" s="1" t="s"/>
+      <c r="R151" s="1" t="s"/>
       <c r="S151" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T151" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U151" s="1" t="s">
-        <v>179</v>
+        <v>40</v>
       </c>
       <c r="V151" s="1" t="s">
-        <v>180</v>
+        <v>41</v>
       </c>
       <c r="W151" s="1" t="s">
-        <v>508</v>
+        <v>42</v>
       </c>
       <c r="X151" s="1">
         <v>0</v>
       </c>
       <c r="Y151" s="1" t="s">
-        <v>509</v>
+        <v>600</v>
       </c>
       <c r="Z151" s="1">
         <v>20</v>
       </c>
       <c r="AA151" s="1">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="AB151" s="1" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="s">
-        <v>517</v>
+        <v>622</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>518</v>
+        <v>623</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>519</v>
+        <v>624</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>32</v>
+        <v>214</v>
       </c>
       <c r="E152" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F152" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>506</v>
+        <v>81</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I152" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J152" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K152" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L152" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M152" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N152" s="1" t="s">
-        <v>106</v>
+        <v>387</v>
       </c>
       <c r="O152" s="1">
         <v>1300</v>
       </c>
       <c r="P152" s="1">
-        <v>1630</v>
+        <v>1350</v>
       </c>
       <c r="Q152" s="1" t="s">
-        <v>136</v>
+        <v>121</v>
       </c>
       <c r="R152" s="1" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="S152" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T152" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U152" s="1" t="s">
-        <v>179</v>
+        <v>394</v>
       </c>
       <c r="V152" s="1" t="s">
-        <v>180</v>
+        <v>395</v>
       </c>
       <c r="W152" s="1" t="s">
-        <v>508</v>
+        <v>625</v>
       </c>
       <c r="X152" s="1">
         <v>0</v>
       </c>
       <c r="Y152" s="1" t="s">
-        <v>509</v>
+        <v>626</v>
       </c>
       <c r="Z152" s="1">
         <v>20</v>
       </c>
       <c r="AA152" s="1">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="AB152" s="1" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="s">
-        <v>520</v>
+        <v>627</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>521</v>
+        <v>628</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>522</v>
+        <v>629</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>32</v>
+        <v>630</v>
       </c>
       <c r="E153" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F153" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>506</v>
+        <v>169</v>
       </c>
       <c r="H153" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J153" s="1">
         <v>2026</v>
       </c>
       <c r="K153" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L153" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M153" s="2">
         <v>46150.25</v>
       </c>
       <c r="N153" s="1" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="O153" s="1">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="P153" s="1">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q153" s="1" t="s"/>
+      <c r="R153" s="1" t="s"/>
       <c r="S153" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T153" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U153" s="1" t="s">
-        <v>179</v>
+        <v>40</v>
       </c>
       <c r="V153" s="1" t="s">
-        <v>180</v>
+        <v>41</v>
       </c>
       <c r="W153" s="1" t="s">
-        <v>508</v>
+        <v>42</v>
       </c>
       <c r="X153" s="1">
         <v>0</v>
       </c>
       <c r="Y153" s="1" t="s">
-        <v>509</v>
+        <v>256</v>
       </c>
       <c r="Z153" s="1">
         <v>15</v>
       </c>
       <c r="AA153" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="AB153" s="1" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="s">
-        <v>520</v>
+        <v>627</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>521</v>
+        <v>628</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>522</v>
+        <v>629</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>32</v>
+        <v>630</v>
       </c>
       <c r="E154" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F154" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>176</v>
+        <v>33</v>
       </c>
       <c r="H154" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J154" s="1">
         <v>2026</v>
       </c>
       <c r="K154" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L154" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M154" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N154" s="1" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="O154" s="1">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="P154" s="1">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q154" s="1" t="s"/>
+      <c r="R154" s="1" t="s"/>
       <c r="S154" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T154" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U154" s="1" t="s">
-        <v>353</v>
+        <v>40</v>
       </c>
       <c r="V154" s="1" t="s">
-        <v>354</v>
+        <v>41</v>
       </c>
       <c r="W154" s="1" t="s">
-        <v>523</v>
+        <v>42</v>
       </c>
       <c r="X154" s="1">
         <v>0</v>
       </c>
       <c r="Y154" s="1" t="s">
-        <v>182</v>
+        <v>600</v>
       </c>
       <c r="Z154" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="AA154" s="1">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="AB154" s="1" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="s">
-        <v>524</v>
+        <v>631</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>525</v>
+        <v>632</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>526</v>
+        <v>629</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>32</v>
+        <v>214</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F155" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>506</v>
+        <v>128</v>
       </c>
       <c r="H155" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I155" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J155" s="1">
         <v>2026</v>
       </c>
       <c r="K155" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L155" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M155" s="2">
         <v>46150.25</v>
       </c>
       <c r="N155" s="1" t="s">
-        <v>106</v>
+        <v>526</v>
       </c>
       <c r="O155" s="1">
         <v>900</v>
       </c>
       <c r="P155" s="1">
         <v>950</v>
       </c>
       <c r="Q155" s="1" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="R155" s="1" t="s">
-        <v>264</v>
+        <v>216</v>
       </c>
       <c r="S155" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T155" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U155" s="1" t="s">
-        <v>179</v>
+        <v>394</v>
       </c>
       <c r="V155" s="1" t="s">
-        <v>180</v>
+        <v>395</v>
       </c>
       <c r="W155" s="1" t="s">
-        <v>508</v>
+        <v>625</v>
       </c>
       <c r="X155" s="1">
         <v>0</v>
       </c>
       <c r="Y155" s="1" t="s">
-        <v>509</v>
+        <v>626</v>
       </c>
       <c r="Z155" s="1">
         <v>15</v>
       </c>
       <c r="AA155" s="1">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="AB155" s="1" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="s">
-        <v>524</v>
+        <v>633</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>525</v>
+        <v>634</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>526</v>
+        <v>635</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>32</v>
+        <v>214</v>
       </c>
       <c r="E156" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F156" s="1">
         <v>4</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>176</v>
+        <v>81</v>
       </c>
       <c r="H156" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I156" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J156" s="1">
         <v>2026</v>
       </c>
       <c r="K156" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L156" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M156" s="2">
         <v>46150.25</v>
       </c>
       <c r="N156" s="1" t="s">
-        <v>106</v>
+        <v>387</v>
       </c>
       <c r="O156" s="1">
-        <v>900</v>
+        <v>1200</v>
       </c>
       <c r="P156" s="1">
-        <v>950</v>
+        <v>1250</v>
       </c>
       <c r="Q156" s="1" t="s">
-        <v>125</v>
+        <v>180</v>
       </c>
       <c r="R156" s="1" t="s">
-        <v>264</v>
+        <v>377</v>
       </c>
       <c r="S156" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T156" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U156" s="1" t="s">
-        <v>179</v>
+        <v>394</v>
       </c>
       <c r="V156" s="1" t="s">
-        <v>180</v>
+        <v>395</v>
       </c>
       <c r="W156" s="1" t="s">
-        <v>181</v>
+        <v>625</v>
       </c>
       <c r="X156" s="1">
         <v>0</v>
       </c>
       <c r="Y156" s="1" t="s">
-        <v>182</v>
+        <v>626</v>
       </c>
       <c r="Z156" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="AA156" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="AB156" s="1" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="s">
-        <v>527</v>
+        <v>636</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>528</v>
+        <v>637</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>529</v>
+        <v>638</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>32</v>
+        <v>214</v>
       </c>
       <c r="E157" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F157" s="1">
         <v>4</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>506</v>
+        <v>292</v>
       </c>
       <c r="H157" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I157" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J157" s="1">
         <v>2026</v>
       </c>
       <c r="K157" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L157" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M157" s="2">
         <v>46150.25</v>
       </c>
       <c r="N157" s="1" t="s">
-        <v>106</v>
+        <v>387</v>
       </c>
       <c r="O157" s="1">
-        <v>1100</v>
+        <v>1000</v>
       </c>
       <c r="P157" s="1">
-        <v>1250</v>
+        <v>1050</v>
       </c>
       <c r="Q157" s="1" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="R157" s="1" t="s">
-        <v>382</v>
+        <v>294</v>
       </c>
       <c r="S157" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T157" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U157" s="1" t="s">
-        <v>179</v>
+        <v>394</v>
       </c>
       <c r="V157" s="1" t="s">
-        <v>180</v>
+        <v>395</v>
       </c>
       <c r="W157" s="1" t="s">
-        <v>508</v>
+        <v>625</v>
       </c>
       <c r="X157" s="1">
         <v>0</v>
       </c>
       <c r="Y157" s="1" t="s">
-        <v>509</v>
+        <v>626</v>
       </c>
       <c r="Z157" s="1">
         <v>15</v>
       </c>
       <c r="AA157" s="1">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="AB157" s="1" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="s">
-        <v>530</v>
+        <v>639</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>531</v>
+        <v>640</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>532</v>
+        <v>641</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E158" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F158" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>506</v>
+        <v>53</v>
       </c>
       <c r="H158" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J158" s="1">
         <v>2026</v>
       </c>
       <c r="K158" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L158" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M158" s="2">
         <v>46150.25</v>
       </c>
       <c r="N158" s="1" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="O158" s="1">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="P158" s="1">
-        <v>1630</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q158" s="1" t="s"/>
+      <c r="R158" s="1" t="s"/>
       <c r="S158" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T158" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U158" s="1" t="s">
-        <v>179</v>
+        <v>40</v>
       </c>
       <c r="V158" s="1" t="s">
-        <v>180</v>
+        <v>41</v>
       </c>
       <c r="W158" s="1" t="s">
-        <v>508</v>
+        <v>42</v>
       </c>
       <c r="X158" s="1">
         <v>0</v>
       </c>
       <c r="Y158" s="1" t="s">
-        <v>509</v>
+        <v>43</v>
       </c>
       <c r="Z158" s="1">
         <v>15</v>
       </c>
       <c r="AA158" s="1">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="AB158" s="1" t="s">
-        <v>131</v>
+        <v>44</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="s">
-        <v>530</v>
+        <v>639</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>531</v>
+        <v>640</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>532</v>
+        <v>641</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E159" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F159" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>176</v>
+        <v>33</v>
       </c>
       <c r="H159" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J159" s="1">
         <v>2026</v>
       </c>
       <c r="K159" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L159" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M159" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N159" s="1" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="O159" s="1">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="P159" s="1">
-        <v>1630</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q159" s="1" t="s"/>
+      <c r="R159" s="1" t="s"/>
       <c r="S159" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T159" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U159" s="1" t="s">
-        <v>179</v>
+        <v>40</v>
       </c>
       <c r="V159" s="1" t="s">
-        <v>180</v>
+        <v>41</v>
       </c>
       <c r="W159" s="1" t="s">
-        <v>181</v>
+        <v>42</v>
       </c>
       <c r="X159" s="1">
         <v>0</v>
       </c>
       <c r="Y159" s="1" t="s">
-        <v>182</v>
+        <v>43</v>
       </c>
       <c r="Z159" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="AA159" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="AB159" s="1" t="s">
-        <v>131</v>
+        <v>44</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="s">
-        <v>533</v>
+        <v>642</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>534</v>
+        <v>643</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>535</v>
+        <v>644</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E160" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F160" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>176</v>
+        <v>33</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J160" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K160" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L160" s="2">
-        <v>45887.25</v>
+        <v>46097.25</v>
       </c>
       <c r="M160" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N160" s="1" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="O160" s="1">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="P160" s="1">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q160" s="1" t="s"/>
+      <c r="R160" s="1" t="s"/>
       <c r="S160" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T160" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U160" s="1" t="s">
-        <v>179</v>
+        <v>40</v>
       </c>
       <c r="V160" s="1" t="s">
-        <v>180</v>
+        <v>41</v>
       </c>
       <c r="W160" s="1" t="s">
-        <v>181</v>
+        <v>42</v>
       </c>
       <c r="X160" s="1">
         <v>0</v>
       </c>
       <c r="Y160" s="1" t="s">
-        <v>182</v>
+        <v>49</v>
       </c>
       <c r="Z160" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="AA160" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB160" s="1" t="s">
-        <v>131</v>
+        <v>44</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="s">
-        <v>533</v>
+        <v>645</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>534</v>
+        <v>646</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>535</v>
+        <v>647</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E161" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F161" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>536</v>
+        <v>33</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I161" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J161" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K161" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L161" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M161" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N161" s="1" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="O161" s="1">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="P161" s="1">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q161" s="1" t="s"/>
+      <c r="R161" s="1" t="s"/>
       <c r="S161" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T161" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U161" s="1" t="s">
-        <v>179</v>
+        <v>40</v>
       </c>
       <c r="V161" s="1" t="s">
-        <v>180</v>
+        <v>41</v>
       </c>
       <c r="W161" s="1" t="s">
-        <v>537</v>
+        <v>42</v>
       </c>
       <c r="X161" s="1">
         <v>0</v>
       </c>
       <c r="Y161" s="1" t="s">
-        <v>538</v>
+        <v>564</v>
       </c>
       <c r="Z161" s="1">
         <v>20</v>
       </c>
       <c r="AA161" s="1">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="AB161" s="1" t="s">
-        <v>131</v>
+        <v>87</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="s">
-        <v>539</v>
+        <v>648</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>540</v>
+        <v>649</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>541</v>
+        <v>650</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E162" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F162" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>176</v>
+        <v>128</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I162" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J162" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K162" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L162" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M162" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N162" s="1" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="O162" s="1">
         <v>900</v>
       </c>
       <c r="P162" s="1">
-        <v>1050</v>
+        <v>1020</v>
       </c>
       <c r="Q162" s="1" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="R162" s="1" t="s">
-        <v>352</v>
+        <v>651</v>
       </c>
       <c r="S162" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T162" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U162" s="1" t="s">
-        <v>179</v>
+        <v>72</v>
       </c>
       <c r="V162" s="1" t="s">
-        <v>180</v>
+        <v>73</v>
       </c>
       <c r="W162" s="1" t="s">
-        <v>181</v>
+        <v>652</v>
       </c>
       <c r="X162" s="1">
         <v>0</v>
       </c>
       <c r="Y162" s="1" t="s">
-        <v>182</v>
+        <v>653</v>
       </c>
       <c r="Z162" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="AA162" s="1">
-        <v>3</v>
+        <v>27</v>
       </c>
       <c r="AB162" s="1" t="s">
-        <v>131</v>
+        <v>654</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="s">
-        <v>539</v>
+        <v>655</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>540</v>
+        <v>656</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>541</v>
+        <v>657</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E163" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F163" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>536</v>
+        <v>91</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I163" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J163" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K163" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L163" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M163" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N163" s="1" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="O163" s="1">
-        <v>900</v>
+        <v>1430</v>
       </c>
       <c r="P163" s="1">
-        <v>1050</v>
+        <v>1550</v>
       </c>
       <c r="Q163" s="1" t="s">
-        <v>125</v>
+        <v>658</v>
       </c>
       <c r="R163" s="1" t="s">
-        <v>352</v>
+        <v>122</v>
       </c>
       <c r="S163" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T163" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U163" s="1" t="s">
-        <v>179</v>
+        <v>72</v>
       </c>
       <c r="V163" s="1" t="s">
-        <v>180</v>
+        <v>73</v>
       </c>
       <c r="W163" s="1" t="s">
-        <v>537</v>
+        <v>652</v>
       </c>
       <c r="X163" s="1">
         <v>0</v>
       </c>
       <c r="Y163" s="1" t="s">
-        <v>538</v>
+        <v>659</v>
       </c>
       <c r="Z163" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="AA163" s="1">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="AB163" s="1" t="s">
-        <v>131</v>
+        <v>654</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="s">
-        <v>542</v>
+        <v>660</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>543</v>
+        <v>661</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>544</v>
+        <v>662</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E164" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F164" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>176</v>
+        <v>81</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I164" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J164" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K164" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L164" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M164" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N164" s="1" t="s">
-        <v>67</v>
+        <v>129</v>
       </c>
       <c r="O164" s="1">
-        <v>1630</v>
+        <v>1300</v>
       </c>
       <c r="P164" s="1">
-        <v>1820</v>
+        <v>1420</v>
       </c>
       <c r="Q164" s="1" t="s">
-        <v>177</v>
+        <v>121</v>
       </c>
       <c r="R164" s="1" t="s">
-        <v>178</v>
+        <v>663</v>
       </c>
       <c r="S164" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T164" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U164" s="1" t="s">
-        <v>179</v>
+        <v>72</v>
       </c>
       <c r="V164" s="1" t="s">
-        <v>180</v>
+        <v>73</v>
       </c>
       <c r="W164" s="1" t="s">
-        <v>181</v>
+        <v>664</v>
       </c>
       <c r="X164" s="1">
         <v>0</v>
       </c>
       <c r="Y164" s="1" t="s">
-        <v>182</v>
+        <v>665</v>
       </c>
       <c r="Z164" s="1">
-        <v>2</v>
+        <v>30</v>
       </c>
       <c r="AA164" s="1">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="AB164" s="1" t="s">
-        <v>131</v>
+        <v>654</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="s">
-        <v>542</v>
+        <v>666</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>543</v>
+        <v>667</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>544</v>
+        <v>668</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E165" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F165" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>536</v>
+        <v>301</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I165" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J165" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K165" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L165" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M165" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N165" s="1" t="s">
-        <v>144</v>
+        <v>435</v>
       </c>
       <c r="O165" s="1">
-        <v>1630</v>
+        <v>1100</v>
       </c>
       <c r="P165" s="1">
-        <v>1820</v>
+        <v>1150</v>
       </c>
       <c r="Q165" s="1" t="s">
-        <v>177</v>
+        <v>302</v>
       </c>
       <c r="R165" s="1" t="s">
-        <v>178</v>
+        <v>111</v>
       </c>
       <c r="S165" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T165" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U165" s="1" t="s">
-        <v>179</v>
+        <v>72</v>
       </c>
       <c r="V165" s="1" t="s">
-        <v>180</v>
+        <v>73</v>
       </c>
       <c r="W165" s="1" t="s">
-        <v>537</v>
+        <v>664</v>
       </c>
       <c r="X165" s="1">
         <v>0</v>
       </c>
       <c r="Y165" s="1" t="s">
-        <v>538</v>
+        <v>669</v>
       </c>
       <c r="Z165" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="AA165" s="1">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="AB165" s="1" t="s">
-        <v>131</v>
+        <v>654</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="s">
-        <v>545</v>
+        <v>670</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>546</v>
+        <v>671</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>547</v>
+        <v>672</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E166" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F166" s="1">
         <v>4</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>176</v>
+        <v>128</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I166" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J166" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K166" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L166" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M166" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N166" s="1" t="s">
-        <v>381</v>
+        <v>129</v>
       </c>
       <c r="O166" s="1">
-        <v>800</v>
+        <v>1300</v>
       </c>
       <c r="P166" s="1">
-        <v>1700</v>
+        <v>1450</v>
       </c>
       <c r="Q166" s="1" t="s">
-        <v>263</v>
+        <v>121</v>
       </c>
       <c r="R166" s="1" t="s">
-        <v>446</v>
+        <v>83</v>
       </c>
       <c r="S166" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T166" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U166" s="1" t="s">
-        <v>179</v>
+        <v>72</v>
       </c>
       <c r="V166" s="1" t="s">
-        <v>180</v>
+        <v>73</v>
       </c>
       <c r="W166" s="1" t="s">
-        <v>181</v>
+        <v>673</v>
       </c>
       <c r="X166" s="1">
         <v>0</v>
       </c>
       <c r="Y166" s="1" t="s">
-        <v>182</v>
+        <v>674</v>
       </c>
       <c r="Z166" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="AA166" s="1">
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="AB166" s="1" t="s">
-        <v>131</v>
+        <v>654</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="s">
-        <v>545</v>
+        <v>675</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>546</v>
+        <v>676</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>547</v>
+        <v>677</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E167" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F167" s="1">
         <v>4</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>536</v>
+        <v>292</v>
       </c>
       <c r="H167" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I167" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J167" s="1">
         <v>2026</v>
       </c>
       <c r="K167" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L167" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M167" s="2">
         <v>46150.25</v>
       </c>
       <c r="N167" s="1" t="s">
-        <v>381</v>
+        <v>435</v>
       </c>
       <c r="O167" s="1">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="P167" s="1">
-        <v>1700</v>
+        <v>1050</v>
       </c>
       <c r="Q167" s="1" t="s">
-        <v>263</v>
+        <v>228</v>
       </c>
       <c r="R167" s="1" t="s">
-        <v>446</v>
+        <v>294</v>
       </c>
       <c r="S167" s="1" t="s">
-        <v>216</v>
+        <v>70</v>
       </c>
       <c r="T167" s="1" t="s">
-        <v>217</v>
+        <v>71</v>
       </c>
       <c r="U167" s="1" t="s">
-        <v>216</v>
+        <v>72</v>
       </c>
       <c r="V167" s="1" t="s">
-        <v>218</v>
+        <v>73</v>
       </c>
       <c r="W167" s="1" t="s">
-        <v>42</v>
+        <v>664</v>
       </c>
       <c r="X167" s="1">
         <v>0</v>
       </c>
       <c r="Y167" s="1" t="s">
-        <v>538</v>
+        <v>665</v>
       </c>
       <c r="Z167" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="AA167" s="1">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="AB167" s="1" t="s">
-        <v>131</v>
+        <v>654</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="s">
-        <v>548</v>
+        <v>678</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>549</v>
+        <v>679</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>550</v>
+        <v>680</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E168" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F168" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>536</v>
+        <v>301</v>
       </c>
       <c r="H168" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I168" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J168" s="1">
         <v>2026</v>
       </c>
       <c r="K168" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L168" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M168" s="2">
         <v>46150.25</v>
       </c>
       <c r="N168" s="1" t="s">
-        <v>106</v>
+        <v>156</v>
       </c>
       <c r="O168" s="1">
-        <v>800</v>
+        <v>1100</v>
       </c>
       <c r="P168" s="1">
-        <v>850</v>
+        <v>1150</v>
       </c>
       <c r="Q168" s="1" t="s">
-        <v>263</v>
+        <v>302</v>
       </c>
       <c r="R168" s="1" t="s">
-        <v>507</v>
+        <v>111</v>
       </c>
       <c r="S168" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T168" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U168" s="1" t="s">
-        <v>179</v>
+        <v>72</v>
       </c>
       <c r="V168" s="1" t="s">
-        <v>180</v>
+        <v>73</v>
       </c>
       <c r="W168" s="1" t="s">
-        <v>537</v>
+        <v>652</v>
       </c>
       <c r="X168" s="1">
         <v>0</v>
       </c>
       <c r="Y168" s="1" t="s">
-        <v>538</v>
+        <v>674</v>
       </c>
       <c r="Z168" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="AA168" s="1">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="AB168" s="1" t="s">
-        <v>131</v>
+        <v>654</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="s">
-        <v>551</v>
+        <v>681</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>552</v>
+        <v>682</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>553</v>
+        <v>683</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F169" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>536</v>
+        <v>33</v>
       </c>
       <c r="H169" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I169" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J169" s="1">
         <v>2026</v>
       </c>
       <c r="K169" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L169" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M169" s="2">
         <v>46150.25</v>
       </c>
       <c r="N169" s="1" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="O169" s="1">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="P169" s="1">
-        <v>1050</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q169" s="1" t="s"/>
+      <c r="R169" s="1" t="s"/>
       <c r="S169" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T169" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U169" s="1" t="s">
-        <v>179</v>
+        <v>40</v>
       </c>
       <c r="V169" s="1" t="s">
-        <v>180</v>
+        <v>41</v>
       </c>
       <c r="W169" s="1" t="s">
-        <v>181</v>
+        <v>42</v>
       </c>
       <c r="X169" s="1">
         <v>0</v>
       </c>
       <c r="Y169" s="1" t="s">
-        <v>538</v>
+        <v>580</v>
       </c>
       <c r="Z169" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="AA169" s="1">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="AB169" s="1" t="s">
-        <v>131</v>
+        <v>76</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="s">
-        <v>554</v>
+        <v>684</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>555</v>
+        <v>685</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>556</v>
+        <v>686</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E170" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F170" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>536</v>
+        <v>687</v>
       </c>
       <c r="H170" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I170" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J170" s="1">
         <v>2026</v>
       </c>
       <c r="K170" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L170" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M170" s="2">
         <v>46150.25</v>
       </c>
       <c r="N170" s="1" t="s">
-        <v>106</v>
+        <v>688</v>
       </c>
       <c r="O170" s="1">
-        <v>1100</v>
+        <v>8</v>
       </c>
       <c r="P170" s="1">
-        <v>1250</v>
+        <v>1205</v>
       </c>
       <c r="Q170" s="1" t="s">
-        <v>186</v>
+        <v>689</v>
       </c>
       <c r="R170" s="1" t="s">
-        <v>382</v>
+        <v>690</v>
       </c>
       <c r="S170" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T170" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U170" s="1" t="s">
-        <v>179</v>
+        <v>691</v>
       </c>
       <c r="V170" s="1" t="s">
-        <v>180</v>
+        <v>692</v>
       </c>
       <c r="W170" s="1" t="s">
-        <v>181</v>
+        <v>42</v>
       </c>
       <c r="X170" s="1">
         <v>0</v>
       </c>
       <c r="Y170" s="1" t="s">
-        <v>538</v>
+        <v>693</v>
       </c>
       <c r="Z170" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA170" s="1">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="AB170" s="1" t="s">
-        <v>131</v>
+        <v>87</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="s">
-        <v>557</v>
+        <v>694</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>558</v>
+        <v>695</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>559</v>
+        <v>696</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F171" s="1">
         <v>3</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>176</v>
+        <v>33</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I171" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J171" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K171" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L171" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M171" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N171" s="1" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="O171" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P171" s="1">
-        <v>1350</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q171" s="1" t="s"/>
+      <c r="R171" s="1" t="s"/>
       <c r="S171" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T171" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U171" s="1" t="s">
-        <v>179</v>
+        <v>40</v>
       </c>
       <c r="V171" s="1" t="s">
-        <v>180</v>
+        <v>41</v>
       </c>
       <c r="W171" s="1" t="s">
-        <v>181</v>
+        <v>42</v>
       </c>
       <c r="X171" s="1">
         <v>0</v>
       </c>
       <c r="Y171" s="1" t="s">
-        <v>182</v>
+        <v>101</v>
       </c>
       <c r="Z171" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA171" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="AB171" s="1" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="s">
-        <v>557</v>
+        <v>697</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>558</v>
+        <v>698</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>559</v>
+        <v>699</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F172" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>536</v>
+        <v>33</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I172" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J172" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K172" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L172" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M172" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N172" s="1" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="O172" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P172" s="1">
-        <v>1350</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q172" s="1" t="s"/>
+      <c r="R172" s="1" t="s"/>
       <c r="S172" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T172" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U172" s="1" t="s">
-        <v>179</v>
+        <v>40</v>
       </c>
       <c r="V172" s="1" t="s">
-        <v>180</v>
+        <v>41</v>
       </c>
       <c r="W172" s="1" t="s">
-        <v>537</v>
+        <v>42</v>
       </c>
       <c r="X172" s="1">
         <v>0</v>
       </c>
       <c r="Y172" s="1" t="s">
-        <v>538</v>
+        <v>101</v>
       </c>
       <c r="Z172" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="AA172" s="1">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="AB172" s="1" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="s">
-        <v>560</v>
+        <v>700</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>561</v>
+        <v>701</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>559</v>
+        <v>702</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>562</v>
+        <v>31</v>
       </c>
       <c r="E173" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F173" s="1">
         <v>3</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>506</v>
+        <v>538</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>304</v>
+        <v>35</v>
       </c>
       <c r="J173" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K173" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L173" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M173" s="2">
-        <v>45941.25</v>
+        <v>46150.25</v>
       </c>
       <c r="N173" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O173" s="1">
         <v>0</v>
       </c>
       <c r="P173" s="1">
         <v>0</v>
       </c>
       <c r="Q173" s="1" t="s"/>
       <c r="R173" s="1" t="s"/>
       <c r="S173" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T173" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U173" s="1" t="s">
-        <v>179</v>
+        <v>40</v>
       </c>
       <c r="V173" s="1" t="s">
-        <v>180</v>
+        <v>41</v>
       </c>
       <c r="W173" s="1" t="s">
-        <v>508</v>
+        <v>42</v>
       </c>
       <c r="X173" s="1">
         <v>0</v>
       </c>
       <c r="Y173" s="1" t="s">
-        <v>509</v>
+        <v>703</v>
       </c>
       <c r="Z173" s="1">
-        <v>2</v>
+        <v>35</v>
       </c>
       <c r="AA173" s="1">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="AB173" s="1" t="s">
-        <v>131</v>
+        <v>87</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="s">
-        <v>560</v>
+        <v>700</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>561</v>
+        <v>701</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>559</v>
+        <v>702</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>562</v>
+        <v>31</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F174" s="1">
         <v>3</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>81</v>
+        <v>54</v>
       </c>
       <c r="J174" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K174" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L174" s="2">
-        <v>45943.25</v>
+        <v>46097.25</v>
       </c>
       <c r="M174" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N174" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O174" s="1">
         <v>0</v>
       </c>
       <c r="P174" s="1">
         <v>0</v>
       </c>
       <c r="Q174" s="1" t="s"/>
       <c r="R174" s="1" t="s"/>
       <c r="S174" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T174" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U174" s="1" t="s">
-        <v>179</v>
+        <v>40</v>
       </c>
       <c r="V174" s="1" t="s">
-        <v>180</v>
+        <v>41</v>
       </c>
       <c r="W174" s="1" t="s">
-        <v>181</v>
+        <v>42</v>
       </c>
       <c r="X174" s="1">
         <v>0</v>
       </c>
       <c r="Y174" s="1" t="s">
-        <v>182</v>
+        <v>704</v>
       </c>
       <c r="Z174" s="1">
-        <v>2</v>
+        <v>35</v>
       </c>
       <c r="AA174" s="1">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="AB174" s="1" t="s">
-        <v>131</v>
+        <v>87</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="s">
-        <v>560</v>
+        <v>700</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>561</v>
+        <v>701</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>559</v>
+        <v>702</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>562</v>
+        <v>31</v>
       </c>
       <c r="E175" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F175" s="1">
         <v>3</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>536</v>
+        <v>33</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>304</v>
+        <v>35</v>
       </c>
       <c r="J175" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K175" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L175" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M175" s="2">
-        <v>45941.25</v>
+        <v>46150.25</v>
       </c>
       <c r="N175" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O175" s="1">
         <v>0</v>
       </c>
       <c r="P175" s="1">
         <v>0</v>
       </c>
       <c r="Q175" s="1" t="s"/>
       <c r="R175" s="1" t="s"/>
       <c r="S175" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T175" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U175" s="1" t="s">
-        <v>179</v>
+        <v>40</v>
       </c>
       <c r="V175" s="1" t="s">
-        <v>180</v>
+        <v>41</v>
       </c>
       <c r="W175" s="1" t="s">
-        <v>537</v>
+        <v>42</v>
       </c>
       <c r="X175" s="1">
         <v>0</v>
       </c>
       <c r="Y175" s="1" t="s">
-        <v>538</v>
+        <v>704</v>
       </c>
       <c r="Z175" s="1">
-        <v>2</v>
+        <v>35</v>
       </c>
       <c r="AA175" s="1">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="AB175" s="1" t="s">
-        <v>131</v>
+        <v>87</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="s">
-        <v>560</v>
+        <v>705</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>561</v>
+        <v>706</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>559</v>
+        <v>707</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>562</v>
+        <v>214</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F176" s="1">
         <v>3</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>563</v>
+        <v>77</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>81</v>
+        <v>54</v>
       </c>
       <c r="J176" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K176" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L176" s="2">
-        <v>45943.25</v>
+        <v>46097.25</v>
       </c>
       <c r="M176" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N176" s="1" t="s">
-        <v>37</v>
+        <v>129</v>
       </c>
       <c r="O176" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="P176" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R176" s="1" t="s"/>
+        <v>1950</v>
+      </c>
+      <c r="Q176" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="R176" s="1" t="s">
+        <v>708</v>
+      </c>
       <c r="S176" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T176" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U176" s="1" t="s">
-        <v>179</v>
+        <v>72</v>
       </c>
       <c r="V176" s="1" t="s">
-        <v>180</v>
+        <v>73</v>
       </c>
       <c r="W176" s="1" t="s">
-        <v>508</v>
+        <v>652</v>
       </c>
       <c r="X176" s="1">
         <v>0</v>
       </c>
       <c r="Y176" s="1" t="s">
-        <v>509</v>
+        <v>709</v>
       </c>
       <c r="Z176" s="1">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="AA176" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB176" s="1" t="s">
-        <v>131</v>
+        <v>87</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="s">
-        <v>564</v>
+        <v>710</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>565</v>
+        <v>711</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>566</v>
+        <v>712</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>32</v>
+        <v>713</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>32</v>
+        <v>714</v>
       </c>
       <c r="F177" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>135</v>
+        <v>33</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J177" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K177" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L177" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M177" s="2">
-        <v>45940.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N177" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O177" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P177" s="1">
-        <v>1350</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q177" s="1" t="s"/>
+      <c r="R177" s="1" t="s"/>
       <c r="S177" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T177" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U177" s="1" t="s">
-        <v>164</v>
+        <v>40</v>
       </c>
       <c r="V177" s="1" t="s">
-        <v>165</v>
+        <v>41</v>
       </c>
       <c r="W177" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X177" s="1">
         <v>0</v>
       </c>
       <c r="Y177" s="1" t="s">
-        <v>167</v>
+        <v>715</v>
       </c>
       <c r="Z177" s="1">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="AA177" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="AB177" s="1" t="s">
-        <v>131</v>
+        <v>76</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="s">
-        <v>567</v>
+        <v>716</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>568</v>
+        <v>717</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>569</v>
+        <v>718</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F178" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>124</v>
+        <v>77</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I178" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J178" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K178" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L178" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M178" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N178" s="1" t="s">
-        <v>67</v>
+        <v>129</v>
       </c>
       <c r="O178" s="1">
-        <v>1400</v>
+        <v>1800</v>
       </c>
       <c r="P178" s="1">
-        <v>1450</v>
+        <v>1920</v>
       </c>
       <c r="Q178" s="1" t="s">
-        <v>285</v>
+        <v>571</v>
       </c>
       <c r="R178" s="1" t="s">
-        <v>570</v>
+        <v>719</v>
       </c>
       <c r="S178" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T178" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U178" s="1" t="s">
-        <v>164</v>
+        <v>72</v>
       </c>
       <c r="V178" s="1" t="s">
-        <v>165</v>
+        <v>73</v>
       </c>
       <c r="W178" s="1" t="s">
-        <v>42</v>
+        <v>720</v>
       </c>
       <c r="X178" s="1">
         <v>0</v>
       </c>
       <c r="Y178" s="1" t="s">
-        <v>167</v>
+        <v>703</v>
       </c>
       <c r="Z178" s="1">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="AA178" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="AB178" s="1" t="s">
-        <v>131</v>
+        <v>76</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="s">
-        <v>567</v>
+        <v>721</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>568</v>
+        <v>722</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>569</v>
+        <v>723</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E179" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F179" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>135</v>
+        <v>33</v>
       </c>
       <c r="H179" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J179" s="1">
         <v>2026</v>
       </c>
       <c r="K179" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L179" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M179" s="2">
         <v>46150.25</v>
       </c>
       <c r="N179" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O179" s="1">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="P179" s="1">
-        <v>1450</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q179" s="1" t="s"/>
+      <c r="R179" s="1" t="s"/>
       <c r="S179" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T179" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U179" s="1" t="s">
-        <v>164</v>
+        <v>40</v>
       </c>
       <c r="V179" s="1" t="s">
-        <v>165</v>
+        <v>41</v>
       </c>
       <c r="W179" s="1" t="s">
-        <v>166</v>
+        <v>42</v>
       </c>
       <c r="X179" s="1">
         <v>0</v>
       </c>
       <c r="Y179" s="1" t="s">
-        <v>167</v>
+        <v>709</v>
       </c>
       <c r="Z179" s="1">
+        <v>35</v>
+      </c>
+      <c r="AA179" s="1">
         <v>15</v>
       </c>
-      <c r="AA179" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="AB179" s="1" t="s">
-        <v>131</v>
+        <v>76</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="s">
-        <v>571</v>
+        <v>724</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>572</v>
+        <v>725</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>573</v>
+        <v>726</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F180" s="1">
         <v>3</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="H180" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I180" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J180" s="1">
         <v>2026</v>
       </c>
       <c r="K180" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L180" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M180" s="2">
         <v>46150.25</v>
       </c>
       <c r="N180" s="1" t="s">
-        <v>574</v>
+        <v>67</v>
       </c>
       <c r="O180" s="1">
-        <v>900</v>
+        <v>1800</v>
       </c>
       <c r="P180" s="1">
-        <v>1150</v>
+        <v>1920</v>
       </c>
       <c r="Q180" s="1" t="s">
-        <v>125</v>
+        <v>571</v>
       </c>
       <c r="R180" s="1" t="s">
-        <v>126</v>
+        <v>719</v>
       </c>
       <c r="S180" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T180" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U180" s="1" t="s">
-        <v>164</v>
+        <v>72</v>
       </c>
       <c r="V180" s="1" t="s">
-        <v>165</v>
+        <v>73</v>
       </c>
       <c r="W180" s="1" t="s">
-        <v>172</v>
+        <v>720</v>
       </c>
       <c r="X180" s="1">
         <v>0</v>
       </c>
       <c r="Y180" s="1" t="s">
-        <v>167</v>
+        <v>703</v>
       </c>
       <c r="Z180" s="1">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="AA180" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="AB180" s="1" t="s">
-        <v>131</v>
+        <v>87</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="s">
-        <v>575</v>
+        <v>727</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>576</v>
+        <v>728</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>577</v>
+        <v>726</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E181" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F181" s="1">
         <v>3</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>124</v>
+        <v>33</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J181" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K181" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L181" s="2">
-        <v>45887.25</v>
+        <v>46097.25</v>
       </c>
       <c r="M181" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N181" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O181" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P181" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q181" s="1" t="s"/>
+      <c r="R181" s="1" t="s"/>
       <c r="S181" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T181" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U181" s="1" t="s">
-        <v>164</v>
+        <v>40</v>
       </c>
       <c r="V181" s="1" t="s">
-        <v>165</v>
+        <v>41</v>
       </c>
       <c r="W181" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X181" s="1">
         <v>0</v>
       </c>
       <c r="Y181" s="1" t="s">
-        <v>167</v>
+        <v>715</v>
       </c>
       <c r="Z181" s="1">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="AA181" s="1">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="AB181" s="1" t="s">
-        <v>131</v>
+        <v>87</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="s">
-        <v>578</v>
+        <v>729</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>579</v>
+        <v>730</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>580</v>
+        <v>731</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E182" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F182" s="1">
         <v>3</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>93</v>
+        <v>169</v>
       </c>
       <c r="H182" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I182" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J182" s="1">
         <v>2026</v>
       </c>
       <c r="K182" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L182" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M182" s="2">
         <v>46150.25</v>
       </c>
       <c r="N182" s="1" t="s">
-        <v>574</v>
+        <v>37</v>
       </c>
       <c r="O182" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P182" s="1">
-        <v>1550</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q182" s="1" t="s"/>
+      <c r="R182" s="1" t="s"/>
       <c r="S182" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T182" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U182" s="1" t="s">
-        <v>164</v>
+        <v>40</v>
       </c>
       <c r="V182" s="1" t="s">
-        <v>165</v>
+        <v>41</v>
       </c>
       <c r="W182" s="1" t="s">
-        <v>172</v>
+        <v>42</v>
       </c>
       <c r="X182" s="1">
         <v>0</v>
       </c>
       <c r="Y182" s="1" t="s">
-        <v>167</v>
+        <v>308</v>
       </c>
       <c r="Z182" s="1">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="AA182" s="1">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="AB182" s="1" t="s">
-        <v>131</v>
+        <v>87</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="s">
-        <v>581</v>
+        <v>729</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>582</v>
+        <v>730</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>583</v>
+        <v>731</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E183" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F183" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>320</v>
+        <v>33</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J183" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K183" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L183" s="2">
-        <v>45887.25</v>
+        <v>46097.25</v>
       </c>
       <c r="M183" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N183" s="1" t="s">
-        <v>171</v>
+        <v>37</v>
       </c>
       <c r="O183" s="1">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="P183" s="1">
-        <v>1700</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q183" s="1" t="s"/>
+      <c r="R183" s="1" t="s"/>
       <c r="S183" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T183" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U183" s="1" t="s">
-        <v>164</v>
+        <v>40</v>
       </c>
       <c r="V183" s="1" t="s">
-        <v>165</v>
+        <v>41</v>
       </c>
       <c r="W183" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X183" s="1">
         <v>0</v>
       </c>
       <c r="Y183" s="1" t="s">
-        <v>167</v>
+        <v>308</v>
       </c>
       <c r="Z183" s="1">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="AA183" s="1">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="AB183" s="1" t="s">
-        <v>131</v>
+        <v>87</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="s">
-        <v>584</v>
+        <v>732</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>585</v>
+        <v>733</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>586</v>
+        <v>734</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F184" s="1">
         <v>3</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>93</v>
+        <v>33</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J184" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K184" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L184" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M184" s="2">
-        <v>45996.29166666667</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N184" s="1" t="s">
-        <v>381</v>
+        <v>37</v>
       </c>
       <c r="O184" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P184" s="1">
-        <v>1200</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q184" s="1" t="s"/>
+      <c r="R184" s="1" t="s"/>
       <c r="S184" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T184" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U184" s="1" t="s">
-        <v>164</v>
+        <v>40</v>
       </c>
       <c r="V184" s="1" t="s">
-        <v>165</v>
+        <v>41</v>
       </c>
       <c r="W184" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X184" s="1">
         <v>0</v>
       </c>
       <c r="Y184" s="1" t="s">
-        <v>167</v>
+        <v>308</v>
       </c>
       <c r="Z184" s="1">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="AA184" s="1">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="AB184" s="1" t="s">
-        <v>131</v>
+        <v>87</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="s">
-        <v>587</v>
+        <v>735</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>588</v>
+        <v>736</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>589</v>
+        <v>737</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>32</v>
+        <v>738</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F185" s="1">
         <v>3</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>135</v>
+        <v>77</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I185" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J185" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K185" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L185" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M185" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N185" s="1" t="s">
-        <v>381</v>
+        <v>129</v>
       </c>
       <c r="O185" s="1">
-        <v>1300</v>
+        <v>1800</v>
       </c>
       <c r="P185" s="1">
-        <v>1600</v>
+        <v>1920</v>
       </c>
       <c r="Q185" s="1" t="s">
-        <v>136</v>
+        <v>571</v>
       </c>
       <c r="R185" s="1" t="s">
-        <v>461</v>
+        <v>719</v>
       </c>
       <c r="S185" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T185" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U185" s="1" t="s">
-        <v>164</v>
+        <v>72</v>
       </c>
       <c r="V185" s="1" t="s">
-        <v>165</v>
+        <v>73</v>
       </c>
       <c r="W185" s="1" t="s">
-        <v>42</v>
+        <v>457</v>
       </c>
       <c r="X185" s="1">
         <v>0</v>
       </c>
       <c r="Y185" s="1" t="s">
-        <v>167</v>
+        <v>739</v>
       </c>
       <c r="Z185" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="AA185" s="1">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="AB185" s="1" t="s">
-        <v>131</v>
+        <v>76</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="s">
-        <v>590</v>
+        <v>740</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>591</v>
+        <v>741</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>592</v>
+        <v>742</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F186" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>143</v>
+        <v>33</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J186" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K186" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L186" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M186" s="2">
-        <v>45996.29166666667</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N186" s="1" t="s">
-        <v>171</v>
+        <v>37</v>
       </c>
       <c r="O186" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P186" s="1">
-        <v>1040</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q186" s="1" t="s"/>
+      <c r="R186" s="1" t="s"/>
       <c r="S186" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T186" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U186" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V186" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W186" s="1" t="s">
-        <v>593</v>
+        <v>42</v>
       </c>
       <c r="X186" s="1">
         <v>0</v>
       </c>
       <c r="Y186" s="1" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="Z186" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="AA186" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB186" s="1" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="s">
-        <v>595</v>
+        <v>743</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>596</v>
+        <v>744</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>597</v>
+        <v>745</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F187" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>103</v>
+        <v>33</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J187" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K187" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L187" s="2">
-        <v>45887.25</v>
+        <v>46097.25</v>
       </c>
       <c r="M187" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N187" s="1" t="s">
-        <v>171</v>
+        <v>37</v>
       </c>
       <c r="O187" s="1">
-        <v>1430</v>
+        <v>0</v>
       </c>
       <c r="P187" s="1">
-        <v>1610</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q187" s="1" t="s"/>
+      <c r="R187" s="1" t="s"/>
       <c r="S187" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T187" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U187" s="1" t="s">
-        <v>72</v>
+        <v>394</v>
       </c>
       <c r="V187" s="1" t="s">
-        <v>73</v>
+        <v>395</v>
       </c>
       <c r="W187" s="1" t="s">
-        <v>593</v>
+        <v>42</v>
       </c>
       <c r="X187" s="1">
         <v>0</v>
       </c>
       <c r="Y187" s="1" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="Z187" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="AA187" s="1">
         <v>4</v>
       </c>
       <c r="AB187" s="1" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="s">
-        <v>600</v>
+        <v>746</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>601</v>
+        <v>747</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>602</v>
+        <v>748</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F188" s="1">
         <v>1</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>351</v>
+        <v>33</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I188" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J188" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K188" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L188" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M188" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N188" s="1" t="s">
-        <v>233</v>
+        <v>37</v>
       </c>
       <c r="O188" s="1">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="P188" s="1">
-        <v>1050</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q188" s="1" t="s"/>
+      <c r="R188" s="1" t="s"/>
       <c r="S188" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T188" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U188" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V188" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W188" s="1" t="s">
-        <v>593</v>
+        <v>42</v>
       </c>
       <c r="X188" s="1">
         <v>0</v>
       </c>
       <c r="Y188" s="1" t="s">
-        <v>82</v>
+        <v>600</v>
       </c>
       <c r="Z188" s="1">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="AA188" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB188" s="1" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="s">
-        <v>603</v>
+        <v>749</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>604</v>
+        <v>750</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>605</v>
+        <v>751</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>606</v>
+        <v>31</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F189" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>351</v>
+        <v>33</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I189" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J189" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K189" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L189" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M189" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N189" s="1" t="s">
-        <v>574</v>
+        <v>37</v>
       </c>
       <c r="O189" s="1">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="P189" s="1">
-        <v>1140</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q189" s="1" t="s"/>
+      <c r="R189" s="1" t="s"/>
       <c r="S189" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T189" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U189" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V189" s="1" t="s">
-        <v>89</v>
+        <v>41</v>
       </c>
       <c r="W189" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X189" s="1">
         <v>0</v>
       </c>
       <c r="Y189" s="1" t="s">
-        <v>82</v>
+        <v>600</v>
       </c>
       <c r="Z189" s="1">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="AA189" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="AB189" s="1" t="s">
-        <v>76</v>
+        <v>102</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="s">
-        <v>608</v>
+        <v>752</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>609</v>
+        <v>753</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>610</v>
+        <v>754</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>32</v>
+        <v>755</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F190" s="1">
         <v>2</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>380</v>
+        <v>193</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I190" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J190" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K190" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L190" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M190" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N190" s="1" t="s">
-        <v>171</v>
+        <v>340</v>
       </c>
       <c r="O190" s="1">
-        <v>1100</v>
+        <v>1225</v>
       </c>
       <c r="P190" s="1">
-        <v>1420</v>
+        <v>1315</v>
       </c>
       <c r="Q190" s="1" t="s">
-        <v>186</v>
+        <v>756</v>
       </c>
       <c r="R190" s="1" t="s">
-        <v>95</v>
+        <v>757</v>
       </c>
       <c r="S190" s="1" t="s">
-        <v>70</v>
+        <v>196</v>
       </c>
       <c r="T190" s="1" t="s">
-        <v>71</v>
+        <v>197</v>
       </c>
       <c r="U190" s="1" t="s">
-        <v>72</v>
+        <v>196</v>
       </c>
       <c r="V190" s="1" t="s">
-        <v>73</v>
+        <v>198</v>
       </c>
       <c r="W190" s="1" t="s">
-        <v>611</v>
+        <v>758</v>
       </c>
       <c r="X190" s="1">
         <v>0</v>
       </c>
       <c r="Y190" s="1" t="s">
-        <v>82</v>
+        <v>759</v>
       </c>
       <c r="Z190" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="AA190" s="1">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="AB190" s="1" t="s">
-        <v>76</v>
+        <v>116</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="s">
-        <v>612</v>
+        <v>752</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>613</v>
+        <v>753</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>614</v>
+        <v>754</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>32</v>
+        <v>755</v>
       </c>
       <c r="E191" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F191" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>93</v>
+        <v>760</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I191" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J191" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K191" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L191" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M191" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N191" s="1" t="s">
-        <v>574</v>
+        <v>340</v>
       </c>
       <c r="O191" s="1">
-        <v>1300</v>
+        <v>1320</v>
       </c>
       <c r="P191" s="1">
-        <v>1530</v>
+        <v>1410</v>
       </c>
       <c r="Q191" s="1" t="s">
-        <v>136</v>
+        <v>616</v>
       </c>
       <c r="R191" s="1" t="s">
-        <v>104</v>
+        <v>617</v>
       </c>
       <c r="S191" s="1" t="s">
-        <v>38</v>
+        <v>196</v>
       </c>
       <c r="T191" s="1" t="s">
-        <v>39</v>
+        <v>197</v>
       </c>
       <c r="U191" s="1" t="s">
-        <v>38</v>
+        <v>196</v>
       </c>
       <c r="V191" s="1" t="s">
-        <v>89</v>
+        <v>198</v>
       </c>
       <c r="W191" s="1" t="s">
-        <v>42</v>
+        <v>758</v>
       </c>
       <c r="X191" s="1">
         <v>0</v>
       </c>
       <c r="Y191" s="1" t="s">
-        <v>82</v>
+        <v>759</v>
       </c>
       <c r="Z191" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="AA191" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="AB191" s="1" t="s">
-        <v>76</v>
+        <v>116</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="s">
-        <v>615</v>
+        <v>752</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>616</v>
+        <v>753</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>617</v>
+        <v>754</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>32</v>
+        <v>755</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F192" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>65</v>
+        <v>386</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J192" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K192" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L192" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M192" s="2">
-        <v>45996.29166666667</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N192" s="1" t="s">
-        <v>574</v>
+        <v>332</v>
       </c>
       <c r="O192" s="1">
-        <v>1600</v>
+        <v>800</v>
       </c>
       <c r="P192" s="1">
-        <v>1740</v>
+        <v>950</v>
       </c>
       <c r="Q192" s="1" t="s">
-        <v>461</v>
+        <v>215</v>
       </c>
       <c r="R192" s="1" t="s">
-        <v>618</v>
+        <v>216</v>
       </c>
       <c r="S192" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T192" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U192" s="1" t="s">
-        <v>38</v>
+        <v>761</v>
       </c>
       <c r="V192" s="1" t="s">
-        <v>89</v>
+        <v>762</v>
       </c>
       <c r="W192" s="1" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="X192" s="1">
         <v>0</v>
       </c>
       <c r="Y192" s="1" t="s">
-        <v>619</v>
+        <v>763</v>
       </c>
       <c r="Z192" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="AA192" s="1">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="AB192" s="1" t="s">
-        <v>76</v>
+        <v>116</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="s">
-        <v>620</v>
+        <v>764</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>621</v>
+        <v>765</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>622</v>
+        <v>754</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>32</v>
+        <v>766</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F193" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>483</v>
+        <v>386</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J193" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K193" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L193" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M193" s="2">
-        <v>45996.29166666667</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N193" s="1" t="s">
-        <v>233</v>
+        <v>332</v>
       </c>
       <c r="O193" s="1">
-        <v>1600</v>
+        <v>1000</v>
       </c>
       <c r="P193" s="1">
-        <v>1920</v>
+        <v>1550</v>
       </c>
       <c r="Q193" s="1" t="s">
-        <v>461</v>
+        <v>228</v>
       </c>
       <c r="R193" s="1" t="s">
-        <v>623</v>
+        <v>122</v>
       </c>
       <c r="S193" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T193" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U193" s="1" t="s">
-        <v>72</v>
+        <v>761</v>
       </c>
       <c r="V193" s="1" t="s">
-        <v>73</v>
+        <v>762</v>
       </c>
       <c r="W193" s="1" t="s">
-        <v>611</v>
+        <v>767</v>
       </c>
       <c r="X193" s="1">
         <v>0</v>
       </c>
       <c r="Y193" s="1" t="s">
-        <v>619</v>
+        <v>763</v>
       </c>
       <c r="Z193" s="1">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="AA193" s="1">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="AB193" s="1" t="s">
-        <v>76</v>
+        <v>116</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="s">
-        <v>624</v>
+        <v>768</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>625</v>
+        <v>769</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>626</v>
+        <v>770</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E194" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F194" s="1">
         <v>2</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>33</v>
+        <v>193</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I194" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J194" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K194" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L194" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M194" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N194" s="1" t="s">
-        <v>37</v>
+        <v>340</v>
       </c>
       <c r="O194" s="1">
-        <v>0</v>
+        <v>1415</v>
       </c>
       <c r="P194" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R194" s="1" t="s"/>
+        <v>1505</v>
+      </c>
+      <c r="Q194" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="R194" s="1" t="s">
+        <v>772</v>
+      </c>
       <c r="S194" s="1" t="s">
-        <v>38</v>
+        <v>196</v>
       </c>
       <c r="T194" s="1" t="s">
-        <v>39</v>
+        <v>197</v>
       </c>
       <c r="U194" s="1" t="s">
-        <v>40</v>
+        <v>196</v>
       </c>
       <c r="V194" s="1" t="s">
-        <v>41</v>
+        <v>198</v>
       </c>
       <c r="W194" s="1" t="s">
-        <v>42</v>
+        <v>758</v>
       </c>
       <c r="X194" s="1">
         <v>0</v>
       </c>
       <c r="Y194" s="1" t="s">
-        <v>82</v>
+        <v>759</v>
       </c>
       <c r="Z194" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="AA194" s="1">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="AB194" s="1" t="s">
-        <v>76</v>
+        <v>116</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="s">
-        <v>627</v>
+        <v>768</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>628</v>
+        <v>769</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>629</v>
+        <v>770</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F195" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>124</v>
+        <v>386</v>
       </c>
       <c r="H195" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="J195" s="1">
         <v>2026</v>
       </c>
       <c r="K195" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L195" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M195" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N195" s="1" t="s">
-        <v>630</v>
+        <v>129</v>
       </c>
       <c r="O195" s="1">
         <v>800</v>
       </c>
       <c r="P195" s="1">
-        <v>1700</v>
+        <v>950</v>
       </c>
       <c r="Q195" s="1" t="s">
-        <v>263</v>
+        <v>215</v>
       </c>
       <c r="R195" s="1" t="s">
-        <v>446</v>
+        <v>216</v>
       </c>
       <c r="S195" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T195" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U195" s="1" t="s">
-        <v>216</v>
+        <v>761</v>
       </c>
       <c r="V195" s="1" t="s">
-        <v>631</v>
+        <v>762</v>
       </c>
       <c r="W195" s="1" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="X195" s="1">
         <v>0</v>
       </c>
       <c r="Y195" s="1" t="s">
-        <v>82</v>
+        <v>763</v>
       </c>
       <c r="Z195" s="1">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="AA195" s="1">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AB195" s="1" t="s">
-        <v>76</v>
+        <v>116</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="s">
-        <v>632</v>
+        <v>773</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>633</v>
+        <v>774</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>634</v>
+        <v>775</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E196" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F196" s="1">
         <v>1</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>418</v>
+        <v>386</v>
       </c>
       <c r="H196" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I196" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J196" s="1">
         <v>2026</v>
       </c>
       <c r="K196" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L196" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M196" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N196" s="1" t="s">
-        <v>233</v>
+        <v>129</v>
       </c>
       <c r="O196" s="1">
-        <v>1700</v>
+        <v>1000</v>
       </c>
       <c r="P196" s="1">
-        <v>1840</v>
+        <v>1150</v>
       </c>
       <c r="Q196" s="1" t="s">
-        <v>446</v>
+        <v>228</v>
       </c>
       <c r="R196" s="1" t="s">
-        <v>635</v>
+        <v>111</v>
       </c>
       <c r="S196" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T196" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U196" s="1" t="s">
-        <v>38</v>
+        <v>761</v>
       </c>
       <c r="V196" s="1" t="s">
-        <v>89</v>
+        <v>762</v>
       </c>
       <c r="W196" s="1" t="s">
-        <v>42</v>
+        <v>767</v>
       </c>
       <c r="X196" s="1">
         <v>0</v>
       </c>
       <c r="Y196" s="1" t="s">
-        <v>82</v>
+        <v>763</v>
       </c>
       <c r="Z196" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="AA196" s="1">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AB196" s="1" t="s">
-        <v>76</v>
+        <v>116</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="s">
-        <v>636</v>
+        <v>776</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>637</v>
+        <v>777</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>638</v>
+        <v>778</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E197" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F197" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>274</v>
+        <v>386</v>
       </c>
       <c r="H197" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="J197" s="1">
         <v>2026</v>
       </c>
       <c r="K197" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L197" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M197" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N197" s="1" t="s">
-        <v>171</v>
+        <v>332</v>
       </c>
       <c r="O197" s="1">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="P197" s="1">
-        <v>1140</v>
+        <v>950</v>
       </c>
       <c r="Q197" s="1" t="s">
-        <v>275</v>
+        <v>215</v>
       </c>
       <c r="R197" s="1" t="s">
-        <v>607</v>
+        <v>216</v>
       </c>
       <c r="S197" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T197" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U197" s="1" t="s">
-        <v>38</v>
+        <v>761</v>
       </c>
       <c r="V197" s="1" t="s">
-        <v>89</v>
+        <v>762</v>
       </c>
       <c r="W197" s="1" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="X197" s="1">
         <v>0</v>
       </c>
       <c r="Y197" s="1" t="s">
-        <v>82</v>
+        <v>763</v>
       </c>
       <c r="Z197" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="AA197" s="1">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="AB197" s="1" t="s">
-        <v>76</v>
+        <v>116</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="s">
-        <v>639</v>
+        <v>779</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>640</v>
+        <v>780</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>641</v>
+        <v>781</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F198" s="1">
         <v>2</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>444</v>
+        <v>386</v>
       </c>
       <c r="H198" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="J198" s="1">
         <v>2026</v>
       </c>
       <c r="K198" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L198" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M198" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N198" s="1" t="s">
-        <v>445</v>
+        <v>332</v>
       </c>
       <c r="O198" s="1">
-        <v>900</v>
+        <v>1000</v>
       </c>
       <c r="P198" s="1">
-        <v>1620</v>
+        <v>1550</v>
       </c>
       <c r="Q198" s="1" t="s">
-        <v>125</v>
+        <v>228</v>
       </c>
       <c r="R198" s="1" t="s">
-        <v>642</v>
+        <v>122</v>
       </c>
       <c r="S198" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T198" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U198" s="1" t="s">
-        <v>72</v>
+        <v>761</v>
       </c>
       <c r="V198" s="1" t="s">
-        <v>73</v>
+        <v>762</v>
       </c>
       <c r="W198" s="1" t="s">
-        <v>593</v>
+        <v>767</v>
       </c>
       <c r="X198" s="1">
         <v>0</v>
       </c>
       <c r="Y198" s="1" t="s">
-        <v>82</v>
+        <v>763</v>
       </c>
       <c r="Z198" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="AA198" s="1">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="AB198" s="1" t="s">
-        <v>76</v>
+        <v>116</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="s">
-        <v>643</v>
+        <v>782</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>644</v>
+        <v>783</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>645</v>
+        <v>783</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>646</v>
+        <v>32</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>289</v>
+        <v>32</v>
       </c>
       <c r="F199" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>33</v>
+        <v>393</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>304</v>
+        <v>54</v>
       </c>
       <c r="J199" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K199" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L199" s="2">
-        <v>45887.25</v>
+        <v>46097.25</v>
       </c>
       <c r="M199" s="2">
-        <v>45941.25</v>
+        <v>46150.25</v>
       </c>
       <c r="N199" s="1" t="s">
-        <v>37</v>
+        <v>332</v>
       </c>
       <c r="O199" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="P199" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R199" s="1" t="s"/>
+        <v>950</v>
+      </c>
+      <c r="Q199" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="R199" s="1" t="s">
+        <v>216</v>
+      </c>
       <c r="S199" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T199" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U199" s="1" t="s">
-        <v>40</v>
+        <v>761</v>
       </c>
       <c r="V199" s="1" t="s">
-        <v>41</v>
+        <v>762</v>
       </c>
       <c r="W199" s="1" t="s">
-        <v>42</v>
+        <v>767</v>
       </c>
       <c r="X199" s="1">
         <v>0</v>
       </c>
       <c r="Y199" s="1" t="s">
-        <v>647</v>
+        <v>784</v>
       </c>
       <c r="Z199" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA199" s="1">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="AB199" s="1" t="s">
-        <v>648</v>
+        <v>116</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="s">
-        <v>649</v>
+        <v>785</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>650</v>
+        <v>786</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>651</v>
+        <v>787</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>289</v>
+        <v>788</v>
       </c>
       <c r="E200" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F200" s="1">
         <v>2</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>33</v>
+        <v>393</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>81</v>
+        <v>54</v>
       </c>
       <c r="J200" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K200" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L200" s="2">
-        <v>45943.25</v>
+        <v>46097.25</v>
       </c>
       <c r="M200" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N200" s="1" t="s">
-        <v>37</v>
+        <v>332</v>
       </c>
       <c r="O200" s="1">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="P200" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R200" s="1" t="s"/>
+        <v>1550</v>
+      </c>
+      <c r="Q200" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="R200" s="1" t="s">
+        <v>122</v>
+      </c>
       <c r="S200" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T200" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U200" s="1" t="s">
-        <v>40</v>
+        <v>761</v>
       </c>
       <c r="V200" s="1" t="s">
-        <v>41</v>
+        <v>762</v>
       </c>
       <c r="W200" s="1" t="s">
-        <v>42</v>
+        <v>789</v>
       </c>
       <c r="X200" s="1">
         <v>0</v>
       </c>
       <c r="Y200" s="1" t="s">
-        <v>652</v>
+        <v>784</v>
       </c>
       <c r="Z200" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="AA200" s="1">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="AB200" s="1" t="s">
-        <v>648</v>
+        <v>116</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="s">
-        <v>653</v>
+        <v>790</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>654</v>
+        <v>791</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>655</v>
+        <v>792</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F201" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>33</v>
+        <v>193</v>
       </c>
       <c r="H201" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="J201" s="1">
         <v>2026</v>
       </c>
       <c r="K201" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L201" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M201" s="2">
         <v>46150.25</v>
       </c>
       <c r="N201" s="1" t="s">
-        <v>37</v>
+        <v>340</v>
       </c>
       <c r="O201" s="1">
-        <v>0</v>
+        <v>810</v>
       </c>
       <c r="P201" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R201" s="1" t="s"/>
+        <v>900</v>
+      </c>
+      <c r="Q201" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="R201" s="1" t="s">
+        <v>110</v>
+      </c>
       <c r="S201" s="1" t="s">
-        <v>38</v>
+        <v>196</v>
       </c>
       <c r="T201" s="1" t="s">
-        <v>39</v>
+        <v>197</v>
       </c>
       <c r="U201" s="1" t="s">
-        <v>40</v>
+        <v>196</v>
       </c>
       <c r="V201" s="1" t="s">
-        <v>41</v>
+        <v>198</v>
       </c>
       <c r="W201" s="1" t="s">
-        <v>42</v>
+        <v>758</v>
       </c>
       <c r="X201" s="1">
         <v>0</v>
       </c>
       <c r="Y201" s="1" t="s">
-        <v>647</v>
+        <v>759</v>
       </c>
       <c r="Z201" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA201" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB201" s="1" t="s">
-        <v>648</v>
+        <v>116</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="s">
-        <v>656</v>
+        <v>790</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>657</v>
+        <v>791</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>658</v>
+        <v>792</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>659</v>
+        <v>32</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F202" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>274</v>
+        <v>393</v>
       </c>
       <c r="H202" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J202" s="1">
         <v>2026</v>
       </c>
       <c r="K202" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L202" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M202" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N202" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O202" s="1">
-        <v>930</v>
+        <v>800</v>
       </c>
       <c r="P202" s="1">
-        <v>1050</v>
+        <v>950</v>
       </c>
       <c r="Q202" s="1" t="s">
-        <v>405</v>
+        <v>215</v>
       </c>
       <c r="R202" s="1" t="s">
-        <v>352</v>
+        <v>216</v>
       </c>
       <c r="S202" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T202" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U202" s="1" t="s">
-        <v>660</v>
+        <v>761</v>
       </c>
       <c r="V202" s="1" t="s">
-        <v>661</v>
+        <v>762</v>
       </c>
       <c r="W202" s="1" t="s">
-        <v>74</v>
+        <v>789</v>
       </c>
       <c r="X202" s="1">
         <v>0</v>
       </c>
       <c r="Y202" s="1" t="s">
-        <v>652</v>
+        <v>784</v>
       </c>
       <c r="Z202" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA202" s="1">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="AB202" s="1" t="s">
-        <v>648</v>
+        <v>116</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="s">
-        <v>662</v>
+        <v>794</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>663</v>
+        <v>795</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>664</v>
+        <v>796</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>665</v>
+        <v>32</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>666</v>
+        <v>32</v>
       </c>
       <c r="F203" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>65</v>
+        <v>393</v>
       </c>
       <c r="H203" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J203" s="1">
         <v>2026</v>
       </c>
       <c r="K203" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L203" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M203" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N203" s="1" t="s">
-        <v>171</v>
+        <v>67</v>
       </c>
       <c r="O203" s="1">
-        <v>1600</v>
+        <v>1000</v>
       </c>
       <c r="P203" s="1">
-        <v>1910</v>
+        <v>1150</v>
       </c>
       <c r="Q203" s="1" t="s">
-        <v>461</v>
+        <v>228</v>
       </c>
       <c r="R203" s="1" t="s">
-        <v>667</v>
+        <v>111</v>
       </c>
       <c r="S203" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T203" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U203" s="1" t="s">
-        <v>660</v>
+        <v>761</v>
       </c>
       <c r="V203" s="1" t="s">
-        <v>661</v>
+        <v>762</v>
       </c>
       <c r="W203" s="1" t="s">
-        <v>74</v>
+        <v>767</v>
       </c>
       <c r="X203" s="1">
         <v>0</v>
       </c>
       <c r="Y203" s="1" t="s">
-        <v>647</v>
+        <v>784</v>
       </c>
       <c r="Z203" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA203" s="1">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="AB203" s="1" t="s">
-        <v>648</v>
+        <v>116</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="s">
-        <v>668</v>
+        <v>797</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>669</v>
+        <v>798</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>670</v>
+        <v>799</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>289</v>
+        <v>32</v>
       </c>
       <c r="E204" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F204" s="1">
         <v>2</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>33</v>
+        <v>386</v>
       </c>
       <c r="H204" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>304</v>
+        <v>54</v>
       </c>
       <c r="J204" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K204" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L204" s="2">
-        <v>45887.25</v>
+        <v>46097.25</v>
       </c>
       <c r="M204" s="2">
-        <v>45941.25</v>
+        <v>46150.25</v>
       </c>
       <c r="N204" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="O204" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="P204" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R204" s="1" t="s"/>
+        <v>950</v>
+      </c>
+      <c r="Q204" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="R204" s="1" t="s">
+        <v>216</v>
+      </c>
       <c r="S204" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T204" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U204" s="1" t="s">
-        <v>38</v>
+        <v>761</v>
       </c>
       <c r="V204" s="1" t="s">
-        <v>89</v>
+        <v>762</v>
       </c>
       <c r="W204" s="1" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="X204" s="1">
         <v>0</v>
       </c>
       <c r="Y204" s="1" t="s">
-        <v>652</v>
+        <v>763</v>
       </c>
       <c r="Z204" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA204" s="1">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="AB204" s="1" t="s">
-        <v>648</v>
+        <v>116</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="s">
-        <v>671</v>
+        <v>800</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>672</v>
+        <v>801</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>673</v>
+        <v>802</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>674</v>
+        <v>803</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>262</v>
+        <v>32</v>
       </c>
       <c r="F205" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>65</v>
+        <v>386</v>
       </c>
       <c r="H205" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J205" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K205" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L205" s="2">
-        <v>45887.25</v>
+        <v>46097.25</v>
       </c>
       <c r="M205" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N205" s="1" t="s">
-        <v>574</v>
+        <v>67</v>
       </c>
       <c r="O205" s="1">
-        <v>1530</v>
+        <v>1000</v>
       </c>
       <c r="P205" s="1">
-        <v>1850</v>
+        <v>1150</v>
       </c>
       <c r="Q205" s="1" t="s">
-        <v>104</v>
+        <v>228</v>
       </c>
       <c r="R205" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="S205" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T205" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U205" s="1" t="s">
-        <v>660</v>
+        <v>761</v>
       </c>
       <c r="V205" s="1" t="s">
-        <v>661</v>
+        <v>762</v>
       </c>
       <c r="W205" s="1" t="s">
-        <v>74</v>
+        <v>361</v>
       </c>
       <c r="X205" s="1">
         <v>0</v>
       </c>
       <c r="Y205" s="1" t="s">
-        <v>647</v>
+        <v>763</v>
       </c>
       <c r="Z205" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA205" s="1">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="AB205" s="1" t="s">
-        <v>648</v>
+        <v>116</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="s">
-        <v>675</v>
+        <v>804</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>676</v>
+        <v>805</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>677</v>
+        <v>806</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>678</v>
+        <v>32</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>262</v>
+        <v>32</v>
       </c>
       <c r="F206" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>65</v>
+        <v>412</v>
       </c>
       <c r="H206" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J206" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K206" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L206" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M206" s="2">
-        <v>45996.29166666667</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N206" s="1" t="s">
-        <v>419</v>
+        <v>129</v>
       </c>
       <c r="O206" s="1">
-        <v>1530</v>
+        <v>800</v>
       </c>
       <c r="P206" s="1">
-        <v>1850</v>
+        <v>950</v>
       </c>
       <c r="Q206" s="1" t="s">
-        <v>104</v>
+        <v>215</v>
       </c>
       <c r="R206" s="1" t="s">
-        <v>112</v>
+        <v>216</v>
       </c>
       <c r="S206" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T206" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U206" s="1" t="s">
-        <v>660</v>
+        <v>761</v>
       </c>
       <c r="V206" s="1" t="s">
-        <v>661</v>
+        <v>762</v>
       </c>
       <c r="W206" s="1" t="s">
-        <v>74</v>
+        <v>767</v>
       </c>
       <c r="X206" s="1">
         <v>0</v>
       </c>
       <c r="Y206" s="1" t="s">
-        <v>647</v>
+        <v>807</v>
       </c>
       <c r="Z206" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA206" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="AB206" s="1" t="s">
-        <v>648</v>
+        <v>116</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="s">
-        <v>675</v>
+        <v>808</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>676</v>
+        <v>809</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>677</v>
+        <v>810</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>678</v>
+        <v>32</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>262</v>
+        <v>32</v>
       </c>
       <c r="F207" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>444</v>
+        <v>412</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J207" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K207" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L207" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M207" s="2">
-        <v>45996.29166666667</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N207" s="1" t="s">
-        <v>445</v>
+        <v>129</v>
       </c>
       <c r="O207" s="1">
-        <v>1400</v>
+        <v>1000</v>
       </c>
       <c r="P207" s="1">
-        <v>1700</v>
+        <v>1150</v>
       </c>
       <c r="Q207" s="1" t="s">
-        <v>285</v>
+        <v>228</v>
       </c>
       <c r="R207" s="1" t="s">
-        <v>446</v>
+        <v>111</v>
       </c>
       <c r="S207" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T207" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U207" s="1" t="s">
-        <v>660</v>
+        <v>761</v>
       </c>
       <c r="V207" s="1" t="s">
-        <v>661</v>
+        <v>762</v>
       </c>
       <c r="W207" s="1" t="s">
-        <v>74</v>
+        <v>789</v>
       </c>
       <c r="X207" s="1">
         <v>0</v>
       </c>
       <c r="Y207" s="1" t="s">
-        <v>647</v>
+        <v>807</v>
       </c>
       <c r="Z207" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="AA207" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="AB207" s="1" t="s">
-        <v>648</v>
+        <v>116</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="s">
-        <v>679</v>
+        <v>811</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>680</v>
+        <v>812</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>677</v>
+        <v>813</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>681</v>
+        <v>32</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>682</v>
+        <v>32</v>
       </c>
       <c r="F208" s="1">
         <v>2</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>444</v>
+        <v>193</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I208" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J208" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K208" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L208" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M208" s="2">
-        <v>45996.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N208" s="1" t="s">
-        <v>381</v>
+        <v>340</v>
       </c>
       <c r="O208" s="1">
-        <v>800</v>
+        <v>1510</v>
       </c>
       <c r="P208" s="1">
-        <v>1350</v>
+        <v>1555</v>
       </c>
       <c r="Q208" s="1" t="s">
-        <v>263</v>
+        <v>814</v>
       </c>
       <c r="R208" s="1" t="s">
-        <v>235</v>
+        <v>815</v>
       </c>
       <c r="S208" s="1" t="s">
-        <v>70</v>
+        <v>196</v>
       </c>
       <c r="T208" s="1" t="s">
-        <v>71</v>
+        <v>197</v>
       </c>
       <c r="U208" s="1" t="s">
-        <v>660</v>
+        <v>196</v>
       </c>
       <c r="V208" s="1" t="s">
-        <v>661</v>
+        <v>198</v>
       </c>
       <c r="W208" s="1" t="s">
-        <v>74</v>
+        <v>758</v>
       </c>
       <c r="X208" s="1">
         <v>0</v>
       </c>
       <c r="Y208" s="1" t="s">
-        <v>647</v>
+        <v>759</v>
       </c>
       <c r="Z208" s="1">
         <v>15</v>
       </c>
       <c r="AA208" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="AB208" s="1" t="s">
-        <v>648</v>
+        <v>116</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="s">
-        <v>679</v>
+        <v>811</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>680</v>
+        <v>812</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>677</v>
+        <v>813</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>681</v>
+        <v>32</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>682</v>
+        <v>32</v>
       </c>
       <c r="F209" s="1">
         <v>2</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>683</v>
+        <v>393</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J209" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K209" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L209" s="2">
-        <v>45887.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M209" s="2">
-        <v>45996.29166666667</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N209" s="1" t="s">
-        <v>445</v>
+        <v>332</v>
       </c>
       <c r="O209" s="1">
         <v>800</v>
       </c>
       <c r="P209" s="1">
-        <v>1350</v>
+        <v>950</v>
       </c>
       <c r="Q209" s="1" t="s">
-        <v>263</v>
+        <v>215</v>
       </c>
       <c r="R209" s="1" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="S209" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T209" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U209" s="1" t="s">
-        <v>660</v>
+        <v>761</v>
       </c>
       <c r="V209" s="1" t="s">
-        <v>661</v>
+        <v>762</v>
       </c>
       <c r="W209" s="1" t="s">
-        <v>74</v>
+        <v>789</v>
       </c>
       <c r="X209" s="1">
         <v>0</v>
       </c>
       <c r="Y209" s="1" t="s">
-        <v>647</v>
+        <v>784</v>
       </c>
       <c r="Z209" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA209" s="1">
         <v>10</v>
       </c>
-      <c r="AA209" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="AB209" s="1" t="s">
-        <v>648</v>
+        <v>116</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="s">
-        <v>684</v>
+        <v>816</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>685</v>
+        <v>817</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>686</v>
+        <v>818</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>687</v>
+        <v>32</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>262</v>
+        <v>32</v>
       </c>
       <c r="F210" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>65</v>
+        <v>393</v>
       </c>
       <c r="H210" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J210" s="1">
         <v>2026</v>
       </c>
       <c r="K210" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L210" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M210" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N210" s="1" t="s">
-        <v>419</v>
+        <v>332</v>
       </c>
       <c r="O210" s="1">
-        <v>1600</v>
+        <v>1000</v>
       </c>
       <c r="P210" s="1">
-        <v>1910</v>
+        <v>1650</v>
       </c>
       <c r="Q210" s="1" t="s">
-        <v>461</v>
+        <v>228</v>
       </c>
       <c r="R210" s="1" t="s">
-        <v>667</v>
+        <v>93</v>
       </c>
       <c r="S210" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T210" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U210" s="1" t="s">
-        <v>660</v>
+        <v>761</v>
       </c>
       <c r="V210" s="1" t="s">
-        <v>661</v>
+        <v>762</v>
       </c>
       <c r="W210" s="1" t="s">
-        <v>74</v>
+        <v>789</v>
       </c>
       <c r="X210" s="1">
         <v>0</v>
       </c>
       <c r="Y210" s="1" t="s">
-        <v>647</v>
+        <v>784</v>
       </c>
       <c r="Z210" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA210" s="1">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="AB210" s="1" t="s">
-        <v>648</v>
+        <v>116</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="s">
-        <v>684</v>
+        <v>819</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>685</v>
+        <v>820</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>686</v>
+        <v>821</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>687</v>
+        <v>32</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>262</v>
+        <v>32</v>
       </c>
       <c r="F211" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>688</v>
+        <v>386</v>
       </c>
       <c r="H211" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J211" s="1">
         <v>2026</v>
       </c>
       <c r="K211" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L211" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M211" s="2">
         <v>46150.25</v>
       </c>
       <c r="N211" s="1" t="s">
-        <v>445</v>
+        <v>129</v>
       </c>
       <c r="O211" s="1">
-        <v>1600</v>
+        <v>800</v>
       </c>
       <c r="P211" s="1">
-        <v>1910</v>
+        <v>950</v>
       </c>
       <c r="Q211" s="1" t="s">
-        <v>461</v>
+        <v>215</v>
       </c>
       <c r="R211" s="1" t="s">
-        <v>667</v>
+        <v>216</v>
       </c>
       <c r="S211" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T211" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U211" s="1" t="s">
-        <v>660</v>
+        <v>761</v>
       </c>
       <c r="V211" s="1" t="s">
-        <v>661</v>
+        <v>762</v>
       </c>
       <c r="W211" s="1" t="s">
         <v>74</v>
       </c>
       <c r="X211" s="1">
         <v>0</v>
       </c>
       <c r="Y211" s="1" t="s">
-        <v>647</v>
+        <v>763</v>
       </c>
       <c r="Z211" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA211" s="1">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="AB211" s="1" t="s">
-        <v>648</v>
+        <v>116</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="s">
-        <v>689</v>
+        <v>822</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>690</v>
+        <v>823</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>691</v>
+        <v>824</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>692</v>
+        <v>32</v>
       </c>
       <c r="E212" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F212" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>444</v>
+        <v>386</v>
       </c>
       <c r="H212" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J212" s="1">
         <v>2026</v>
       </c>
       <c r="K212" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L212" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M212" s="2">
         <v>46150.25</v>
       </c>
       <c r="N212" s="1" t="s">
-        <v>445</v>
+        <v>129</v>
       </c>
       <c r="O212" s="1">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="P212" s="1">
         <v>1150</v>
       </c>
       <c r="Q212" s="1" t="s">
-        <v>263</v>
+        <v>228</v>
       </c>
       <c r="R212" s="1" t="s">
-        <v>126</v>
+        <v>111</v>
       </c>
       <c r="S212" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T212" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U212" s="1" t="s">
-        <v>660</v>
+        <v>761</v>
       </c>
       <c r="V212" s="1" t="s">
-        <v>661</v>
+        <v>762</v>
       </c>
       <c r="W212" s="1" t="s">
         <v>74</v>
       </c>
       <c r="X212" s="1">
         <v>0</v>
       </c>
       <c r="Y212" s="1" t="s">
-        <v>647</v>
+        <v>763</v>
       </c>
       <c r="Z212" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA212" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="AB212" s="1" t="s">
-        <v>648</v>
+        <v>116</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="s">
-        <v>693</v>
+        <v>825</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>694</v>
+        <v>826</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>695</v>
+        <v>827</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>31</v>
+        <v>828</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F213" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>33</v>
+        <v>386</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>81</v>
+        <v>48</v>
       </c>
       <c r="J213" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="K213" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L213" s="2">
-        <v>45943.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M213" s="2">
-        <v>45996.29166666667</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N213" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="O213" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="P213" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R213" s="1" t="s"/>
+        <v>950</v>
+      </c>
+      <c r="Q213" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="R213" s="1" t="s">
+        <v>216</v>
+      </c>
       <c r="S213" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T213" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U213" s="1" t="s">
-        <v>40</v>
+        <v>761</v>
       </c>
       <c r="V213" s="1" t="s">
-        <v>41</v>
+        <v>762</v>
       </c>
       <c r="W213" s="1" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="X213" s="1">
         <v>0</v>
       </c>
       <c r="Y213" s="1" t="s">
-        <v>303</v>
+        <v>763</v>
       </c>
       <c r="Z213" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="AA213" s="1">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="AB213" s="1" t="s">
-        <v>44</v>
+        <v>116</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="s">
-        <v>696</v>
+        <v>829</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>697</v>
+        <v>830</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>698</v>
+        <v>831</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>31</v>
+        <v>832</v>
       </c>
       <c r="E214" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F214" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>33</v>
+        <v>386</v>
       </c>
       <c r="H214" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="J214" s="1">
         <v>2026</v>
       </c>
       <c r="K214" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L214" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M214" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N214" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="O214" s="1">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="P214" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R214" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q214" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="R214" s="1" t="s">
+        <v>111</v>
+      </c>
       <c r="S214" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T214" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U214" s="1" t="s">
-        <v>40</v>
+        <v>761</v>
       </c>
       <c r="V214" s="1" t="s">
-        <v>41</v>
+        <v>762</v>
       </c>
       <c r="W214" s="1" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="X214" s="1">
         <v>0</v>
       </c>
       <c r="Y214" s="1" t="s">
-        <v>303</v>
+        <v>763</v>
       </c>
       <c r="Z214" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="AA214" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="AB214" s="1" t="s">
-        <v>44</v>
+        <v>116</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="s">
-        <v>699</v>
+        <v>833</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>700</v>
+        <v>834</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>701</v>
+        <v>835</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>262</v>
+        <v>32</v>
       </c>
       <c r="E215" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F215" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>65</v>
+        <v>412</v>
       </c>
       <c r="H215" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J215" s="1">
         <v>2026</v>
       </c>
       <c r="K215" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L215" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M215" s="2">
         <v>46150.25</v>
       </c>
       <c r="N215" s="1" t="s">
-        <v>574</v>
+        <v>129</v>
       </c>
       <c r="O215" s="1">
-        <v>1600</v>
+        <v>800</v>
       </c>
       <c r="P215" s="1">
-        <v>1910</v>
+        <v>950</v>
       </c>
       <c r="Q215" s="1" t="s">
-        <v>461</v>
+        <v>215</v>
       </c>
       <c r="R215" s="1" t="s">
-        <v>667</v>
+        <v>216</v>
       </c>
       <c r="S215" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T215" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U215" s="1" t="s">
-        <v>660</v>
+        <v>761</v>
       </c>
       <c r="V215" s="1" t="s">
-        <v>661</v>
+        <v>762</v>
       </c>
       <c r="W215" s="1" t="s">
-        <v>74</v>
+        <v>789</v>
       </c>
       <c r="X215" s="1">
         <v>0</v>
       </c>
       <c r="Y215" s="1" t="s">
-        <v>647</v>
+        <v>807</v>
       </c>
       <c r="Z215" s="1">
         <v>15</v>
       </c>
       <c r="AA215" s="1">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="AB215" s="1" t="s">
-        <v>648</v>
+        <v>116</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="1" t="s">
-        <v>702</v>
+        <v>836</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>703</v>
+        <v>837</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>704</v>
+        <v>838</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E216" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F216" s="1">
         <v>1</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>705</v>
+        <v>412</v>
       </c>
       <c r="H216" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J216" s="1">
         <v>2026</v>
       </c>
       <c r="K216" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L216" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M216" s="2">
         <v>46150.25</v>
       </c>
       <c r="N216" s="1" t="s">
-        <v>381</v>
+        <v>129</v>
       </c>
       <c r="O216" s="1">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="P216" s="1">
         <v>1150</v>
       </c>
       <c r="Q216" s="1" t="s">
-        <v>263</v>
+        <v>228</v>
       </c>
       <c r="R216" s="1" t="s">
-        <v>126</v>
+        <v>111</v>
       </c>
       <c r="S216" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T216" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U216" s="1" t="s">
-        <v>660</v>
+        <v>761</v>
       </c>
       <c r="V216" s="1" t="s">
-        <v>661</v>
+        <v>762</v>
       </c>
       <c r="W216" s="1" t="s">
-        <v>74</v>
+        <v>789</v>
       </c>
       <c r="X216" s="1">
         <v>0</v>
       </c>
       <c r="Y216" s="1" t="s">
-        <v>647</v>
+        <v>807</v>
       </c>
       <c r="Z216" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA216" s="1">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="AB216" s="1" t="s">
-        <v>648</v>
+        <v>116</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="1" t="s">
-        <v>706</v>
+        <v>839</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>707</v>
+        <v>840</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>708</v>
+        <v>841</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E217" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F217" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>483</v>
+        <v>386</v>
       </c>
       <c r="H217" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="J217" s="1">
         <v>2026</v>
       </c>
       <c r="K217" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L217" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M217" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N217" s="1" t="s">
-        <v>67</v>
+        <v>526</v>
       </c>
       <c r="O217" s="1">
-        <v>1530</v>
+        <v>1300</v>
       </c>
       <c r="P217" s="1">
-        <v>1645</v>
+        <v>1550</v>
       </c>
       <c r="Q217" s="1" t="s">
-        <v>104</v>
+        <v>121</v>
       </c>
       <c r="R217" s="1" t="s">
-        <v>709</v>
+        <v>122</v>
       </c>
       <c r="S217" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T217" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U217" s="1" t="s">
-        <v>710</v>
+        <v>761</v>
       </c>
       <c r="V217" s="1" t="s">
-        <v>711</v>
+        <v>762</v>
       </c>
       <c r="W217" s="1" t="s">
-        <v>712</v>
+        <v>74</v>
       </c>
       <c r="X217" s="1">
         <v>0</v>
       </c>
       <c r="Y217" s="1" t="s">
-        <v>652</v>
+        <v>763</v>
       </c>
       <c r="Z217" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA217" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB217" s="1" t="s">
-        <v>648</v>
+        <v>116</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="1" t="s">
-        <v>713</v>
+        <v>839</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>714</v>
+        <v>840</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>715</v>
+        <v>841</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>262</v>
+        <v>32</v>
       </c>
       <c r="E218" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F218" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>418</v>
+        <v>842</v>
       </c>
       <c r="H218" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J218" s="1">
         <v>2026</v>
       </c>
       <c r="K218" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L218" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M218" s="2">
         <v>46150.25</v>
       </c>
       <c r="N218" s="1" t="s">
-        <v>67</v>
+        <v>526</v>
       </c>
       <c r="O218" s="1">
-        <v>1700</v>
+        <v>1300</v>
       </c>
       <c r="P218" s="1">
-        <v>1815</v>
+        <v>1550</v>
       </c>
       <c r="Q218" s="1" t="s">
-        <v>446</v>
+        <v>121</v>
       </c>
       <c r="R218" s="1" t="s">
-        <v>716</v>
+        <v>122</v>
       </c>
       <c r="S218" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T218" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U218" s="1" t="s">
-        <v>710</v>
+        <v>761</v>
       </c>
       <c r="V218" s="1" t="s">
-        <v>711</v>
+        <v>762</v>
       </c>
       <c r="W218" s="1" t="s">
-        <v>712</v>
+        <v>74</v>
       </c>
       <c r="X218" s="1">
         <v>0</v>
       </c>
       <c r="Y218" s="1" t="s">
-        <v>652</v>
+        <v>763</v>
       </c>
       <c r="Z218" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA218" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AB218" s="1" t="s">
-        <v>648</v>
-[...2251 lines deleted...]
-      <c r="Y245" s="1" t="s">
         <v>116</v>
-      </c>
-[...13831 lines deleted...]
-        <v>131</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <pageSetup paperSize="9" scale="100" firstPageNumber="1" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" usePrinterDefaults="false" blackAndWhite="false" draft="false" cellComments="none" useFirstPageNumber="true" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Go XLSX</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>