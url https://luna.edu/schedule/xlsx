--- v3 (2026-01-08)
+++ v4 (2026-01-30)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Go XLSX"/>
   <workbookPr showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" tabRatio="204" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Schedule" sheetId="1" r:id="rId1" state="visible"/>
   </sheets>
   <definedNames/>
   <calcPr iterateCount="100" refMode="A1" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="843" uniqueCount="843">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="809" uniqueCount="809">
   <si>
     <t>CourseNumber</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Title1</t>
   </si>
   <si>
     <t>Title2</t>
   </si>
   <si>
     <t>Title3</t>
   </si>
   <si>
     <t>Credits</t>
   </si>
   <si>
     <t>SectionNumber</t>
   </si>
   <si>
     <t>Session</t>
   </si>
   <si>
@@ -254,1940 +254,1820 @@
   <si>
     <t>MAIN</t>
   </si>
   <si>
     <t>LCC Main Campus         </t>
   </si>
   <si>
     <t>AHC </t>
   </si>
   <si>
     <t>Allied Health Center    </t>
   </si>
   <si>
     <t>102 </t>
   </si>
   <si>
     <t>Lujan, Laura                    </t>
   </si>
   <si>
     <t>HEA </t>
   </si>
   <si>
     <t>08</t>
   </si>
   <si>
-    <t>ARTS1120    </t>
-[...5 lines deleted...]
-    <t>Introduction to Art             </t>
+    <t>ARTS1610    </t>
+  </si>
+  <si>
+    <t>Drawing I  </t>
+  </si>
+  <si>
+    <t>Drawing I                       </t>
+  </si>
+  <si>
+    <t>-MTWR--</t>
+  </si>
+  <si>
+    <t>3:30PM</t>
+  </si>
+  <si>
+    <t>5:00PM</t>
+  </si>
+  <si>
+    <t>Business Studies Bldg.  </t>
+  </si>
+  <si>
+    <t>101 </t>
+  </si>
+  <si>
+    <t>Harriman, Leota                 </t>
+  </si>
+  <si>
+    <t>HUM </t>
+  </si>
+  <si>
+    <t>ARTS1630    </t>
+  </si>
+  <si>
+    <t>Painting I  </t>
+  </si>
+  <si>
+    <t>Painting I                      </t>
+  </si>
+  <si>
+    <t>6:50PM</t>
+  </si>
+  <si>
+    <t>ASTR1115E   </t>
+  </si>
+  <si>
+    <t>Astronomy (DL)  </t>
+  </si>
+  <si>
+    <t>Astronomy (DL)                  </t>
+  </si>
+  <si>
+    <t>Castillo, Geno                  </t>
+  </si>
+  <si>
+    <t>TEC </t>
+  </si>
+  <si>
+    <t>ASTR1115LE  </t>
+  </si>
+  <si>
+    <t>Astronomy Lab  </t>
+  </si>
+  <si>
+    <t>Astronomy Lab                   </t>
+  </si>
+  <si>
+    <t>AUTO100     </t>
+  </si>
+  <si>
+    <t>Automotive Fundamentals  </t>
+  </si>
+  <si>
+    <t>Automotive Fundamentals         </t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>9:00AM</t>
+  </si>
+  <si>
+    <t>11:50AM</t>
+  </si>
+  <si>
+    <t>AUTO</t>
+  </si>
+  <si>
+    <t>Auto Mechanics Shop-Main</t>
+  </si>
+  <si>
+    <t>108 </t>
+  </si>
+  <si>
+    <t>Sandoval, Eugene M.             </t>
+  </si>
+  <si>
+    <t>TRD </t>
+  </si>
+  <si>
+    <t>AUTO108     </t>
+  </si>
+  <si>
+    <t>Manual Transmission &amp; Drivetrain  </t>
+  </si>
+  <si>
+    <t>Manual Transmission &amp; Drivetrain</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>1:00PM</t>
+  </si>
+  <si>
+    <t>3:50PM</t>
+  </si>
+  <si>
+    <t>112 </t>
+  </si>
+  <si>
+    <t>Vance, Paul W                   </t>
+  </si>
+  <si>
+    <t>AUTO110     </t>
+  </si>
+  <si>
+    <t>Automotive Electrical  </t>
+  </si>
+  <si>
+    <t>Automotive Electrical           </t>
+  </si>
+  <si>
+    <t>02</t>
+  </si>
+  <si>
+    <t>-M-W---</t>
+  </si>
+  <si>
+    <t>AUTO120     </t>
+  </si>
+  <si>
+    <t>Engine Repair  </t>
+  </si>
+  <si>
+    <t>Engine Repair                   </t>
+  </si>
+  <si>
+    <t>AUTO125     </t>
+  </si>
+  <si>
+    <t>Engine Performance  </t>
+  </si>
+  <si>
+    <t>Engine Performance              </t>
+  </si>
+  <si>
+    <t>AUTO128     </t>
+  </si>
+  <si>
+    <t>Automatic Trnsmsns &amp; Drivetrain  </t>
+  </si>
+  <si>
+    <t>Automatic Trnsmsns &amp; Drivetrain </t>
+  </si>
+  <si>
+    <t>AUTO135     </t>
+  </si>
+  <si>
+    <t>Brakes  </t>
+  </si>
+  <si>
+    <t>Brakes                          </t>
+  </si>
+  <si>
+    <t>2   </t>
+  </si>
+  <si>
+    <t>AUTO154     </t>
+  </si>
+  <si>
+    <t>Steering and Suspension  </t>
+  </si>
+  <si>
+    <t>Steering and Suspension         </t>
   </si>
   <si>
     <t>05</t>
   </si>
   <si>
-    <t>1:30PM</t>
+    <t>BAKE102     </t>
+  </si>
+  <si>
+    <t>Baking Principles  </t>
+  </si>
+  <si>
+    <t>Baking Principles               </t>
+  </si>
+  <si>
+    <t>CAFE</t>
+  </si>
+  <si>
+    <t>Culinary Arts Cafeteria </t>
+  </si>
+  <si>
+    <t>CLAS</t>
+  </si>
+  <si>
+    <t>Griego, Cristino B              </t>
+  </si>
+  <si>
+    <t>BAKE160     </t>
+  </si>
+  <si>
+    <t>Bread Baking  </t>
+  </si>
+  <si>
+    <t>Bread Baking                    </t>
+  </si>
+  <si>
+    <t>---W---</t>
+  </si>
+  <si>
+    <t>KITC</t>
+  </si>
+  <si>
+    <t>BCIS1110E   </t>
+  </si>
+  <si>
+    <t>Introduction to Information Systems **DISTANCE LEARNING**</t>
+  </si>
+  <si>
+    <t>Introduction to Information     </t>
+  </si>
+  <si>
+    <t>Systems                         </t>
+  </si>
+  <si>
+    <t>Collins, Nichole A.             </t>
+  </si>
+  <si>
+    <t>BFIN2110E   </t>
+  </si>
+  <si>
+    <t>Introduction to Finance(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Introduction to Finance(DL)     </t>
+  </si>
+  <si>
+    <t>BIOL1140E   </t>
+  </si>
+  <si>
+    <t>Biology for Health Sciences **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Biology for Health Sciences     </t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>Lujan, Natasha                  </t>
+  </si>
+  <si>
+    <t>Barnes, Jakailyn                </t>
+  </si>
+  <si>
+    <t>BIOL1140LE  </t>
+  </si>
+  <si>
+    <t>Biology for Health Sciences Lab **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Biology for Health Sciences Lab </t>
+  </si>
+  <si>
+    <t>Online Course Synch     </t>
+  </si>
+  <si>
+    <t>BIOL1140LH  </t>
+  </si>
+  <si>
+    <t>Biology for Health Sciences Lab **Hybrid** </t>
+  </si>
+  <si>
+    <t>**Hybrid**                      </t>
+  </si>
+  <si>
+    <t>--T----</t>
+  </si>
+  <si>
+    <t>12:00PM</t>
+  </si>
+  <si>
+    <t>1:50PM</t>
+  </si>
+  <si>
+    <t>MO5 </t>
+  </si>
+  <si>
+    <t>BIOL2110E   </t>
+  </si>
+  <si>
+    <t>Princ. of Biology: Cellular and Molecular Biology (DL) **DISTANCE LEARNING**</t>
+  </si>
+  <si>
+    <t>Princ. of Biology: Cellular and </t>
+  </si>
+  <si>
+    <t>Molecular Biology (DL)          </t>
+  </si>
+  <si>
+    <t>Valencia, Faith E               </t>
+  </si>
+  <si>
+    <t>BIOL2110LE  </t>
+  </si>
+  <si>
+    <t>Princ. of Biol:Cellular Lab(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Princ. of Biol:Cellular Lab(DL) </t>
+  </si>
+  <si>
+    <t>BIOL2210    </t>
+  </si>
+  <si>
+    <t>Human Anatomy and Physiology I  </t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>10:47AM</t>
+  </si>
+  <si>
+    <t>11:47AM</t>
+  </si>
+  <si>
+    <t>OFFS</t>
+  </si>
+  <si>
+    <t>Off-Site Campus Location</t>
+  </si>
+  <si>
+    <t>Offsite Facility        </t>
+  </si>
+  <si>
+    <t>WLV1</t>
+  </si>
+  <si>
+    <t>Lopez, William                  </t>
+  </si>
+  <si>
+    <t>BIOL2210E   </t>
+  </si>
+  <si>
+    <t>Human Anatomy &amp; Physiology I(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Human Anatomy &amp; Physiology I(DL)</t>
+  </si>
+  <si>
+    <t>BIOL2210L   </t>
+  </si>
+  <si>
+    <t>Human Anatomy &amp; Physiology I Lab  </t>
+  </si>
+  <si>
+    <t>Human Anatomy &amp; Physiology I Lab</t>
+  </si>
+  <si>
+    <t>BIOL2210LE  </t>
+  </si>
+  <si>
+    <t>Human Anatomy &amp; Physiology I Lab(DL) **DISTANCE LEARNING**</t>
+  </si>
+  <si>
+    <t>Human Anatomy &amp; Physiology      </t>
+  </si>
+  <si>
+    <t>I Lab(DL) **DISTANCE            </t>
+  </si>
+  <si>
+    <t>LEARNING**                      </t>
+  </si>
+  <si>
+    <t>BIOL2225E   </t>
+  </si>
+  <si>
+    <t>Human Anatomy &amp; Physiology II **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Human Anatomy &amp; Physiology II   </t>
+  </si>
+  <si>
+    <t>Rivera, Chantel J               </t>
+  </si>
+  <si>
+    <t>BIOL2225LE  </t>
+  </si>
+  <si>
+    <t>Human Anatomy and Physiology II Lab **DISTANCE LEARNING**</t>
+  </si>
+  <si>
+    <t>Human Anatomy and Physiology II </t>
+  </si>
+  <si>
+    <t>Lab                             </t>
+  </si>
+  <si>
+    <t>BIOL2310E   </t>
+  </si>
+  <si>
+    <t>Microbiology(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Microbiology(DL)                </t>
+  </si>
+  <si>
+    <t>BIOL2310LE  </t>
+  </si>
+  <si>
+    <t>Microbiology Lab(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Microbiology Lab(DL)            </t>
+  </si>
+  <si>
+    <t>BIOL2505E   </t>
+  </si>
+  <si>
+    <t>Pathophysiology (DL) **DISTANCE EDUCATION** </t>
+  </si>
+  <si>
+    <t>Pathophysiology (DL)            </t>
+  </si>
+  <si>
+    <t>**DISTANCE EDUCATION**          </t>
+  </si>
+  <si>
+    <t>Davis, Mariel                   </t>
+  </si>
+  <si>
+    <t>BIOL2610E   </t>
+  </si>
+  <si>
+    <t>Principles of Biology Biodiversity, Ecology, and Evolution (DL)</t>
+  </si>
+  <si>
+    <t>Principles of Biology           </t>
+  </si>
+  <si>
+    <t>Biodiversity, Ecology, and      </t>
+  </si>
+  <si>
+    <t>Evolution (DL)                  </t>
+  </si>
+  <si>
+    <t>BIOL2610LE  </t>
+  </si>
+  <si>
+    <t>Principles of Biology: Biodivers ity, Ecology, and Evolution </t>
+  </si>
+  <si>
+    <t>Principles of Biology: Biodivers</t>
+  </si>
+  <si>
+    <t>ity, Ecology, and Evolution     </t>
+  </si>
+  <si>
+    <t>BUSA1110E   </t>
+  </si>
+  <si>
+    <t>Introduction to Business(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Introduction to Business(DL)    </t>
+  </si>
+  <si>
+    <t>Smith, Aaron G                  </t>
+  </si>
+  <si>
+    <t>BUSA2460E   </t>
+  </si>
+  <si>
+    <t>Business Ethics (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Business Ethics (DL)            </t>
+  </si>
+  <si>
+    <t>BUSA2999E   </t>
+  </si>
+  <si>
+    <t>Business Capstone (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Business Capstone (DL)          </t>
+  </si>
+  <si>
+    <t>Thomas, Gary M.                 </t>
+  </si>
+  <si>
+    <t>CHEM1215E   </t>
+  </si>
+  <si>
+    <t>General Chemistry I  </t>
+  </si>
+  <si>
+    <t>General Chemistry I             </t>
+  </si>
+  <si>
+    <t>Bustos, Deanna D                </t>
+  </si>
+  <si>
+    <t>CHEM1215LE  </t>
+  </si>
+  <si>
+    <t>General Chemistry I Lab **Distance Learning** </t>
+  </si>
+  <si>
+    <t>General Chemistry I Lab         </t>
+  </si>
+  <si>
+    <t>**Distance Learning**           </t>
+  </si>
+  <si>
+    <t>CHEM1226E   </t>
+  </si>
+  <si>
+    <t>General Chemistry II **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>General Chemistry II            </t>
+  </si>
+  <si>
+    <t>CHEM1226LE  </t>
+  </si>
+  <si>
+    <t>General Chemistry II Lab(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>General Chemistry II Lab(DL)    </t>
+  </si>
+  <si>
+    <t>CIST1115E   </t>
+  </si>
+  <si>
+    <t>Principles of Computer Science I nfomation System (DL) **Distance Learning**</t>
+  </si>
+  <si>
+    <t>Principles of Computer Science I</t>
+  </si>
+  <si>
+    <t>nfomation System (DL) **Distance</t>
+  </si>
+  <si>
+    <t>Learning**                      </t>
+  </si>
+  <si>
+    <t>CIST1411E   </t>
+  </si>
+  <si>
+    <t>Introduction to Networks  </t>
+  </si>
+  <si>
+    <t>Introduction to Networks        </t>
+  </si>
+  <si>
+    <t>CIST1412E   </t>
+  </si>
+  <si>
+    <t>Network Device Configuration  </t>
+  </si>
+  <si>
+    <t>Network Device Configuration    </t>
+  </si>
+  <si>
+    <t>CIST1413E   </t>
+  </si>
+  <si>
+    <t>Network Administration Concepts  </t>
+  </si>
+  <si>
+    <t>Network Administration Concepts </t>
+  </si>
+  <si>
+    <t>03</t>
+  </si>
+  <si>
+    <t>-M-W-F-</t>
+  </si>
+  <si>
+    <t>10:00AM</t>
+  </si>
+  <si>
+    <t>10:50AM</t>
+  </si>
+  <si>
+    <t>CIST1413LE  </t>
+  </si>
+  <si>
+    <t>Network Administration Concepts Lab </t>
+  </si>
+  <si>
+    <t>CIST2860E   </t>
+  </si>
+  <si>
+    <t>Digital Forensics and Inident Re spone </t>
+  </si>
+  <si>
+    <t>Digital Forensics and Inident Re</t>
+  </si>
+  <si>
+    <t>spone                           </t>
+  </si>
+  <si>
+    <t>04</t>
+  </si>
+  <si>
+    <t>11:00AM</t>
+  </si>
+  <si>
+    <t>CJUS1110E   </t>
+  </si>
+  <si>
+    <t>Introduction to Criminal Justice **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Introduction to Criminal Justice</t>
+  </si>
+  <si>
+    <t>Baca, Kimberly                  </t>
+  </si>
+  <si>
+    <t>CJUS1120E   </t>
+  </si>
+  <si>
+    <t>Criminal Law (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Criminal Law (DL)               </t>
+  </si>
+  <si>
+    <t>Medina, Crystal A.              </t>
+  </si>
+  <si>
+    <t>CJUS1140E   </t>
+  </si>
+  <si>
+    <t>Juvenile Justice (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Juvenile Justice (DL)           </t>
+  </si>
+  <si>
+    <t>CJUS2120E   </t>
+  </si>
+  <si>
+    <t>Criminal Courts &amp; Procedure(DL) **DISTANCE LEANRNING** </t>
+  </si>
+  <si>
+    <t>Criminal Courts &amp; Procedure(DL) </t>
+  </si>
+  <si>
+    <t>**DISTANCE LEANRNING**          </t>
+  </si>
+  <si>
+    <t>Breakell, Jennifer              </t>
+  </si>
+  <si>
+    <t>CJUS2130E   </t>
+  </si>
+  <si>
+    <t>Police and Society(DL) **DISTANCE EDUCATION** </t>
+  </si>
+  <si>
+    <t>Police and Society(DL)          </t>
+  </si>
+  <si>
+    <t>CJUS2150    </t>
+  </si>
+  <si>
+    <t>Corrections System  </t>
+  </si>
+  <si>
+    <t>Corrections System              </t>
+  </si>
+  <si>
+    <t>CJUS2153E   </t>
+  </si>
+  <si>
+    <t>Community-Based Corrections(DL)  </t>
+  </si>
+  <si>
+    <t>Community-Based Corrections(DL) </t>
+  </si>
+  <si>
+    <t>CJUS2160    </t>
+  </si>
+  <si>
+    <t>Field Experience in Criminal Justice </t>
+  </si>
+  <si>
+    <t>Field Experience in             </t>
+  </si>
+  <si>
+    <t>Criminal Justice                </t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>------S</t>
+  </si>
+  <si>
+    <t>8:00AM</t>
+  </si>
+  <si>
+    <t>COMM1130    </t>
+  </si>
+  <si>
+    <t>Public Speaking  </t>
+  </si>
+  <si>
+    <t>Public Speaking                 </t>
+  </si>
+  <si>
+    <t>-MTWRF-</t>
+  </si>
+  <si>
+    <t>9:53AM</t>
+  </si>
+  <si>
+    <t>10:43AM</t>
+  </si>
+  <si>
+    <t>Lopez, Katherine D              </t>
+  </si>
+  <si>
+    <t>COMM1130E   </t>
+  </si>
+  <si>
+    <t>Public Speaking (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Public Speaking (DL)            </t>
+  </si>
+  <si>
+    <t>Baca, Richard                   </t>
+  </si>
+  <si>
+    <t>COMM2120E   </t>
+  </si>
+  <si>
+    <t>Interpersonal Communication (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Interpersonal Communication (DL)</t>
+  </si>
+  <si>
+    <t>CRT107      </t>
+  </si>
+  <si>
+    <t>Introduction to Refinishing  </t>
+  </si>
+  <si>
+    <t>Introduction to Refinishing     </t>
+  </si>
+  <si>
+    <t>01</t>
+  </si>
+  <si>
+    <t>CRT </t>
+  </si>
+  <si>
+    <t>Auto CRT Shop-Main      </t>
+  </si>
+  <si>
+    <t>CRT1</t>
+  </si>
+  <si>
+    <t>Garcia, Dominic                 </t>
+  </si>
+  <si>
+    <t>CRT125      </t>
+  </si>
+  <si>
+    <t>Adv Refinish &amp; Color Match  </t>
+  </si>
+  <si>
+    <t>Adv Refinish &amp; Color Match      </t>
+  </si>
+  <si>
+    <t>4:50PM</t>
+  </si>
+  <si>
+    <t>SHOP</t>
+  </si>
+  <si>
+    <t>CRT145      </t>
+  </si>
+  <si>
+    <t>Metal Finishing and Body Filling  </t>
+  </si>
+  <si>
+    <t>Metal Finishing and Body Filling</t>
+  </si>
+  <si>
+    <t>CRT150      </t>
+  </si>
+  <si>
+    <t>Structural Analysis and Damage Repair </t>
+  </si>
+  <si>
+    <t>Structural Analysis and         </t>
+  </si>
+  <si>
+    <t>Damage Repair                   </t>
+  </si>
+  <si>
+    <t>CSCI1210E   </t>
+  </si>
+  <si>
+    <t>Computer Programming Fundamental s </t>
+  </si>
+  <si>
+    <t>Computer Programming Fundamental</t>
+  </si>
+  <si>
+    <t>s                               </t>
+  </si>
+  <si>
+    <t>9:50AM</t>
+  </si>
+  <si>
+    <t>CSCI1210LE  </t>
+  </si>
+  <si>
+    <t>Computer Programming Fundamental s Lab </t>
+  </si>
+  <si>
+    <t>s Lab                           </t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>12:50PM</t>
+  </si>
+  <si>
+    <t>CSCI1250E   </t>
+  </si>
+  <si>
+    <t>Web Development: Introduction to HTML </t>
+  </si>
+  <si>
+    <t>Web Development: Introduction to</t>
+  </si>
+  <si>
+    <t>HTML                            </t>
+  </si>
+  <si>
+    <t>10:40AM</t>
+  </si>
+  <si>
+    <t>CSMT139     </t>
+  </si>
+  <si>
+    <t>Cosmetology Theory II  </t>
+  </si>
+  <si>
+    <t>Cosmetology Theory II           </t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>8:50AM</t>
+  </si>
+  <si>
+    <t>ADMN</t>
+  </si>
+  <si>
+    <t>Administration Building </t>
+  </si>
+  <si>
+    <t>112A</t>
+  </si>
+  <si>
+    <t>Sandoval, Germaine V.           </t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>TECH</t>
+  </si>
+  <si>
+    <t>Technologies Building   </t>
+  </si>
+  <si>
+    <t>106 </t>
+  </si>
+  <si>
+    <t>Quintana, Andrew T              </t>
+  </si>
+  <si>
+    <t>CSMT143     </t>
+  </si>
+  <si>
+    <t>Facials  </t>
+  </si>
+  <si>
+    <t>Facials                         </t>
+  </si>
+  <si>
+    <t>111 </t>
+  </si>
+  <si>
+    <t>CSMT148     </t>
+  </si>
+  <si>
+    <t>Manicuring and Pedicuring  </t>
+  </si>
+  <si>
+    <t>Manicuring and Pedicuring       </t>
+  </si>
+  <si>
+    <t>CSMT152     </t>
+  </si>
+  <si>
+    <t>Chemical Rearranging  </t>
+  </si>
+  <si>
+    <t>Chemical Rearranging            </t>
+  </si>
+  <si>
+    <t>2:00PM</t>
+  </si>
+  <si>
+    <t>4:30PM</t>
+  </si>
+  <si>
+    <t>CSMT229     </t>
+  </si>
+  <si>
+    <t>Cosmetology Externship  </t>
+  </si>
+  <si>
+    <t>Cosmetology Externship          </t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>-----F-</t>
+  </si>
+  <si>
+    <t>Bonney, Clarice                 </t>
+  </si>
+  <si>
+    <t>CSMT239     </t>
+  </si>
+  <si>
+    <t>Cosmetology Theory IV  </t>
+  </si>
+  <si>
+    <t>Cosmetology Theory IV           </t>
+  </si>
+  <si>
+    <t>112B</t>
+  </si>
+  <si>
+    <t>CSMT243     </t>
+  </si>
+  <si>
+    <t>Salon Business and Retail Sales  </t>
+  </si>
+  <si>
+    <t>Salon Business and Retail Sales </t>
+  </si>
+  <si>
+    <t>CSMT254     </t>
+  </si>
+  <si>
+    <t>Personal and Community Health  </t>
+  </si>
+  <si>
+    <t>Personal and Community Health   </t>
+  </si>
+  <si>
+    <t>CSMT261     </t>
+  </si>
+  <si>
+    <t>Cosmetology Clinic Practice Refresher </t>
+  </si>
+  <si>
+    <t>Cosmetology Clinic Practice     </t>
+  </si>
+  <si>
+    <t>Refresher                       </t>
+  </si>
+  <si>
+    <t>CUL120      </t>
+  </si>
+  <si>
+    <t>Intro to Vegetables and Starches  </t>
+  </si>
+  <si>
+    <t>Intro to Vegetables and Starches</t>
+  </si>
+  <si>
+    <t>-M-----</t>
+  </si>
+  <si>
+    <t>CUL123      </t>
+  </si>
+  <si>
+    <t>Intro to Stocks, Soups &amp; Sauces  </t>
+  </si>
+  <si>
+    <t>Intro to Stocks, Soups &amp; Sauces </t>
+  </si>
+  <si>
+    <t>DENT170     </t>
+  </si>
+  <si>
+    <t>Clinical Training/Practicum I  </t>
+  </si>
+  <si>
+    <t>Clinical Training/Practicum I   </t>
+  </si>
+  <si>
+    <t>--TWR--</t>
+  </si>
+  <si>
+    <t>Off Campus Location     </t>
+  </si>
+  <si>
+    <t>DENT220     </t>
+  </si>
+  <si>
+    <t>Dental Office Management  </t>
+  </si>
+  <si>
+    <t>Dental Office Management        </t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>6:40PM</t>
+  </si>
+  <si>
+    <t>DENT226     </t>
+  </si>
+  <si>
+    <t>Dental Pharmacology  </t>
+  </si>
+  <si>
+    <t>Dental Pharmacology             </t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>11:40AM</t>
+  </si>
+  <si>
+    <t>DENT233     </t>
+  </si>
+  <si>
+    <t>Laboratory Procedures  </t>
+  </si>
+  <si>
+    <t>Laboratory Procedures           </t>
+  </si>
+  <si>
+    <t>4:20PM</t>
+  </si>
+  <si>
+    <t>DO02</t>
+  </si>
+  <si>
+    <t>ECED1120E   </t>
+  </si>
+  <si>
+    <t>Guiding Young Children(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Guiding Young Children(DL)      </t>
+  </si>
+  <si>
+    <t>Hill, Mari                      </t>
+  </si>
+  <si>
+    <t>EDUC</t>
+  </si>
+  <si>
+    <t>ECED1125H   </t>
+  </si>
+  <si>
+    <t>Assessment of Children and Evalu ation of Programs </t>
+  </si>
+  <si>
+    <t>Assessment of Children and Evalu</t>
+  </si>
+  <si>
+    <t>ation of Programs               </t>
+  </si>
+  <si>
+    <t>9:30AM</t>
+  </si>
+  <si>
+    <t>LRC </t>
+  </si>
+  <si>
+    <t>Learning Resource Center</t>
+  </si>
+  <si>
+    <t>Williams, Kevin Lee             </t>
+  </si>
+  <si>
+    <t>ECED1130H   </t>
+  </si>
+  <si>
+    <t>Family and Community Collaboration(DL) **HYRBID**</t>
+  </si>
+  <si>
+    <t>Family and Community            </t>
+  </si>
+  <si>
+    <t>Collaboration(DL)               </t>
+  </si>
+  <si>
+    <t>**HYRBID**                      </t>
+  </si>
+  <si>
+    <t>4:00PM</t>
+  </si>
+  <si>
+    <t>7:10PM</t>
+  </si>
+  <si>
+    <t>ECED2130H   </t>
+  </si>
+  <si>
+    <t>Curricul Devel &amp; Implment:Age3 (PreK)through Grade 3(DL) **HYBRID**</t>
+  </si>
+  <si>
+    <t>Curricul Devel &amp; Implment:Age3  </t>
+  </si>
+  <si>
+    <t>(PreK)through Grade 3(DL)       </t>
+  </si>
+  <si>
+    <t>**HYBRID**                      </t>
+  </si>
+  <si>
+    <t>----R--</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>ECED2131    </t>
+  </si>
+  <si>
+    <t>Curricul Develop &amp; Implent Prac Age 3 (Pre-K) Grade 3 </t>
+  </si>
+  <si>
+    <t>Curricul Develop &amp; Implent Prac </t>
+  </si>
+  <si>
+    <t>Age 3 (Pre-K) Grade 3           </t>
+  </si>
+  <si>
+    <t>ECON2120E   </t>
+  </si>
+  <si>
+    <t>Microeconomics Principles(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Microeconomics Principles(DL)   </t>
+  </si>
+  <si>
+    <t>EDUC1120H   </t>
+  </si>
+  <si>
+    <t>Introduction to Education **HYBRID** </t>
+  </si>
+  <si>
+    <t>Introduction to Education       </t>
+  </si>
+  <si>
+    <t>EDUC1190    </t>
+  </si>
+  <si>
+    <t>Education Practicum  </t>
+  </si>
+  <si>
+    <t>Education Practicum             </t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>EDUC2340H   </t>
+  </si>
+  <si>
+    <t>Multicultural Education *Hybrid*  </t>
+  </si>
+  <si>
+    <t>Multicultural Education *Hybrid*</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>4:45PM</t>
+  </si>
+  <si>
+    <t>EARL</t>
+  </si>
+  <si>
+    <t>Early Childhood Building</t>
+  </si>
+  <si>
+    <t>117 </t>
+  </si>
+  <si>
+    <t>EDUC2440H   </t>
+  </si>
+  <si>
+    <t>Teaching Elementary School Math **HYBRID** </t>
+  </si>
+  <si>
+    <t>Teaching Elementary School Math </t>
+  </si>
+  <si>
+    <t>6:15PM</t>
+  </si>
+  <si>
+    <t>EMT150      </t>
+  </si>
+  <si>
+    <t>Emergency Medical Tech-Basic  </t>
+  </si>
+  <si>
+    <t>Emergency Medical Tech-Basic    </t>
+  </si>
+  <si>
+    <t>NO7 </t>
+  </si>
+  <si>
+    <t>Sanchez, Allen                  </t>
+  </si>
+  <si>
+    <t>EMT150L     </t>
+  </si>
+  <si>
+    <t>Emergency Medical Tech-Basic Lab  </t>
+  </si>
+  <si>
+    <t>Emergency Medical Tech-Basic Lab</t>
+  </si>
+  <si>
+    <t>EMT180      </t>
+  </si>
+  <si>
+    <t>Emergency Medical Technician Basic Field/Clinical </t>
+  </si>
+  <si>
+    <t>Emergency Medical Technician    </t>
+  </si>
+  <si>
+    <t>Basic Field/Clinical            </t>
+  </si>
+  <si>
+    <t>ENG106E     </t>
+  </si>
+  <si>
+    <t>Reading and Writing for Inquiry **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Reading and Writing for Inquiry </t>
+  </si>
+  <si>
+    <t>10:15AM</t>
+  </si>
+  <si>
+    <t>Goodyear, Sherry L              </t>
+  </si>
+  <si>
+    <t>-MTW---</t>
+  </si>
+  <si>
+    <t>Smith, Christopher              </t>
+  </si>
+  <si>
+    <t>ENGL1110E   </t>
+  </si>
+  <si>
+    <t>Composition I (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Composition I (DL)              </t>
+  </si>
+  <si>
+    <t>ENGL1120E   </t>
+  </si>
+  <si>
+    <t>Composition II (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Composition II (DL)             </t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>Torres, Karen                   </t>
+  </si>
+  <si>
+    <t>ENGL2310E   </t>
+  </si>
+  <si>
+    <t>Introduction to Creative Writing **Distance Learning** </t>
+  </si>
+  <si>
+    <t>Introduction to Creative Writing</t>
+  </si>
+  <si>
+    <t>ENGL2610E   </t>
+  </si>
+  <si>
+    <t>American Literature I **Distance Learning** </t>
+  </si>
+  <si>
+    <t>American Literature I           </t>
+  </si>
+  <si>
+    <t>ENTR1110E   </t>
+  </si>
+  <si>
+    <t>Entrepreneurship (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Entrepreneurship (DL)           </t>
+  </si>
+  <si>
+    <t>ENTR2110E   </t>
+  </si>
+  <si>
+    <t>Small Business Management (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Small Business Management (DL)  </t>
+  </si>
+  <si>
+    <t>HD260E      </t>
+  </si>
+  <si>
+    <t>Critcl Thinking/Prob Solvng (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Critcl Thinking/Prob Solvng (DL)</t>
+  </si>
+  <si>
+    <t>HIST1120E   </t>
+  </si>
+  <si>
+    <t>United States History II (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>United States History II (DL)   </t>
+  </si>
+  <si>
+    <t>Mathews, Billie G               </t>
+  </si>
+  <si>
+    <t>HIST1150E   </t>
+  </si>
+  <si>
+    <t>Western Civilization I(DL) **DISTANCE EDUCATION** </t>
+  </si>
+  <si>
+    <t>Western Civilization I(DL)      </t>
+  </si>
+  <si>
+    <t>HIST2110E   </t>
+  </si>
+  <si>
+    <t>Survey of New Mexico History(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Survey of New Mexico History(DL)</t>
+  </si>
+  <si>
+    <t>HLED1130E   </t>
+  </si>
+  <si>
+    <t>Concepts of Health &amp; Wellness **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Concepts of Health &amp; Wellness   </t>
+  </si>
+  <si>
+    <t>Krutsch, Randall E              </t>
+  </si>
+  <si>
+    <t>HLED1510E   </t>
+  </si>
+  <si>
+    <t>Medical Terminology  </t>
+  </si>
+  <si>
+    <t>Medical Terminology             </t>
+  </si>
+  <si>
+    <t>Beil, Sara Connie               </t>
+  </si>
+  <si>
+    <t>HLED2125E   </t>
+  </si>
+  <si>
+    <t>Officiating of Sports  </t>
+  </si>
+  <si>
+    <t>Officiating of Sports           </t>
+  </si>
+  <si>
+    <t>MATH095E    </t>
+  </si>
+  <si>
+    <t>Algebra with Applications (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Algebra with Applications (DL)  </t>
+  </si>
+  <si>
+    <t>Sanchez, Betsy                  </t>
+  </si>
+  <si>
+    <t>MATH095H    </t>
+  </si>
+  <si>
+    <t>Algebra with Applications **HYBRID** </t>
+  </si>
+  <si>
+    <t>Algebra with Applications       </t>
+  </si>
+  <si>
+    <t>GEN </t>
+  </si>
+  <si>
+    <t>General Studies Building</t>
+  </si>
+  <si>
+    <t>MATH102H    </t>
+  </si>
+  <si>
+    <t>Math Preparation &amp; Pre-Algebra **HYUBRID** </t>
+  </si>
+  <si>
+    <t>Math Preparation &amp; Pre-Algebra  </t>
+  </si>
+  <si>
+    <t>**HYUBRID**                     </t>
+  </si>
+  <si>
+    <t>MATH1215E   </t>
+  </si>
+  <si>
+    <t>Intermediate Algebra(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Intermediate Algebra(DL)        </t>
+  </si>
+  <si>
+    <t>MATH1220    </t>
+  </si>
+  <si>
+    <t>College Algebra  </t>
+  </si>
+  <si>
+    <t>College Algebra                 </t>
+  </si>
+  <si>
+    <t>1:20PM</t>
+  </si>
+  <si>
+    <t>2:10PM</t>
+  </si>
+  <si>
+    <t>Trujillo, Richard B             </t>
+  </si>
+  <si>
+    <t>MATH1220E   </t>
+  </si>
+  <si>
+    <t>College Algebra(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>College Algebra(DL)             </t>
+  </si>
+  <si>
+    <t>MATH1230H   </t>
+  </si>
+  <si>
+    <t>Trigonometry **HYBRID** </t>
+  </si>
+  <si>
+    <t>Trigonometry                    </t>
+  </si>
+  <si>
+    <t>126A</t>
+  </si>
+  <si>
+    <t>Surdi, Henrietta Mary           </t>
+  </si>
+  <si>
+    <t>MATH1350E   </t>
+  </si>
+  <si>
+    <t>Introduction to Statistics ** DISTANCE LEARNING ** </t>
+  </si>
+  <si>
+    <t>Introduction to Statistics      </t>
+  </si>
+  <si>
+    <t>** DISTANCE LEARNING **         </t>
+  </si>
+  <si>
+    <t>MATH1510H   </t>
+  </si>
+  <si>
+    <t>Calculus I **HYBRID** </t>
+  </si>
+  <si>
+    <t>Calculus I                      </t>
+  </si>
+  <si>
+    <t>MATH220H    </t>
+  </si>
+  <si>
+    <t>Differential Equations **HYBRID** </t>
+  </si>
+  <si>
+    <t>Differential Equations          </t>
+  </si>
+  <si>
+    <t>MGMT2110E   </t>
+  </si>
+  <si>
+    <t>Principles of Management(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Principles of Management(DL)    </t>
+  </si>
+  <si>
+    <t>MKTG2110E   </t>
+  </si>
+  <si>
+    <t>Principles of Marketing **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Principles of Marketing         </t>
+  </si>
+  <si>
+    <t>MUSC1130E   </t>
+  </si>
+  <si>
+    <t>Music Appreciation: Western (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Music Appreciation: Western (DL)</t>
+  </si>
+  <si>
+    <t>NMNC1210    </t>
+  </si>
+  <si>
+    <t>Health and Illness Concepts 1  </t>
+  </si>
+  <si>
+    <t>Health and Illness Concepts 1   </t>
+  </si>
+  <si>
+    <t>10:20AM</t>
+  </si>
+  <si>
+    <t>NO9 </t>
+  </si>
+  <si>
+    <t>Rivera, Maggie J                </t>
+  </si>
+  <si>
+    <t>NRSG</t>
+  </si>
+  <si>
+    <t>NMNC1220    </t>
+  </si>
+  <si>
+    <t>Health Care Participant  </t>
+  </si>
+  <si>
+    <t>Health Care Participant         </t>
+  </si>
+  <si>
+    <t>06</t>
+  </si>
+  <si>
+    <t>2:30PM</t>
+  </si>
+  <si>
+    <t>Ortiz, Angela G.                </t>
+  </si>
+  <si>
+    <t>NMNC1230    </t>
+  </si>
+  <si>
+    <t>Nursing Pharmacology  </t>
+  </si>
+  <si>
+    <t>Nursing Pharmacology            </t>
+  </si>
+  <si>
+    <t>2:20PM</t>
+  </si>
+  <si>
+    <t>NO1 </t>
+  </si>
+  <si>
+    <t>Gomez-Vaughan, Lucia A          </t>
+  </si>
+  <si>
+    <t>NMNC1235    </t>
+  </si>
+  <si>
+    <t>Assessment and Health Promotion  </t>
+  </si>
+  <si>
+    <t>Assessment and Health Promotion </t>
+  </si>
+  <si>
+    <t>Yee, Andrea I                   </t>
+  </si>
+  <si>
+    <t>NMNC2410    </t>
+  </si>
+  <si>
+    <t>Health &amp; Illness Concepts 3  </t>
+  </si>
+  <si>
+    <t>Health &amp; Illness Concepts 3     </t>
   </si>
   <si>
     <t>2:50PM</t>
   </si>
   <si>
-    <t>Business Studies Bldg.  </t>
-[...1457 lines deleted...]
-    <t>Survey of New Mexico History(DL)</t>
+    <t>NO15</t>
+  </si>
+  <si>
+    <t>Brotherton, Marian K            </t>
+  </si>
+  <si>
+    <t>NMNC2435    </t>
+  </si>
+  <si>
+    <t>Clinical Intensive 1  </t>
+  </si>
+  <si>
+    <t>Clinical Intensive 1            </t>
+  </si>
+  <si>
+    <t>NMNC2445    </t>
+  </si>
+  <si>
+    <t>ADN Capstone  </t>
+  </si>
+  <si>
+    <t>ADN Capstone                    </t>
+  </si>
+  <si>
+    <t>NUTR2110E   </t>
+  </si>
+  <si>
+    <t>Human Nutrition **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Human Nutrition                 </t>
+  </si>
+  <si>
+    <t>PE112       </t>
+  </si>
+  <si>
+    <t>Physical Fitness  </t>
+  </si>
+  <si>
+    <t>Physical Fitness                </t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>-M---F-</t>
+  </si>
+  <si>
+    <t>12:00AM</t>
+  </si>
+  <si>
+    <t>12:05PM</t>
+  </si>
+  <si>
+    <t>WELL</t>
+  </si>
+  <si>
+    <t>LCC Wellness Center     </t>
+  </si>
+  <si>
+    <t>Garcia-Najar, Dawnette R        </t>
+  </si>
+  <si>
+    <t>PHYS1230E   </t>
+  </si>
+  <si>
+    <t>Algebra-based Physics I  </t>
+  </si>
+  <si>
+    <t>Algebra-based Physics I         </t>
+  </si>
+  <si>
+    <t>PHYS1230LE  </t>
+  </si>
+  <si>
+    <t>Algebra-based Physics I Lab  </t>
+  </si>
+  <si>
+    <t>Algebra-based Physics I Lab     </t>
+  </si>
+  <si>
+    <t>PSYC1110E   </t>
+  </si>
+  <si>
+    <t>Introduction to Psychology(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Introduction to Psychology(DL)  </t>
+  </si>
+  <si>
+    <t>Pacheco, Luisa C.               </t>
+  </si>
+  <si>
+    <t>Lucero, Kevin Lyle              </t>
+  </si>
+  <si>
+    <t>PSYC1110H   </t>
+  </si>
+  <si>
+    <t>Introduction to Psychology **HYBRID** </t>
+  </si>
+  <si>
+    <t>Introduction to Psychology      </t>
   </si>
   <si>
     <t>6:00PM</t>
   </si>
   <si>
-    <t>8:50PM</t>
-[...406 lines deleted...]
-  <si>
     <t>7:50PM</t>
   </si>
   <si>
     <t>Fernandez, Sierra V             </t>
   </si>
   <si>
     <t>PSYC1140E   </t>
   </si>
   <si>
     <t>Psychology of Drug and Alcohol Abuse (DL) ***Distance Learning***</t>
   </si>
   <si>
     <t>Psychology of Drug and Alcohol  </t>
   </si>
   <si>
     <t>Abuse (DL)                      </t>
   </si>
   <si>
     <t>***Distance Learning***         </t>
   </si>
   <si>
     <t>Lucero, Chelsea                 </t>
   </si>
   <si>
     <t>PSYC2120    </t>
@@ -2321,50 +2201,53 @@
   <si>
     <t>Murphy, Sean Patrick            </t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>WELD</t>
   </si>
   <si>
     <t>Welding Shop-Main Campus</t>
   </si>
   <si>
     <t>Martinez, Gene F                </t>
   </si>
   <si>
     <t>WELD1110L   </t>
   </si>
   <si>
     <t>Introduction to Welding Fundamen tals Lab </t>
   </si>
   <si>
     <t>tals Lab                        </t>
   </si>
   <si>
+    <t>---W-F-</t>
+  </si>
+  <si>
     <t>103 </t>
   </si>
   <si>
     <t>WELD1120    </t>
   </si>
   <si>
     <t>Print Reading for Welders  </t>
   </si>
   <si>
     <t>Print Reading for Welders       </t>
   </si>
   <si>
     <t>2:15PM</t>
   </si>
   <si>
     <t>3:05PM</t>
   </si>
   <si>
     <t>WELD1120L   </t>
   </si>
   <si>
     <t>Print Reading for Welders Lab  </t>
   </si>
   <si>
     <t>Print Reading for Welders Lab   </t>
@@ -2462,72 +2345,87 @@
   <si>
     <t>Layout and Fabrication          </t>
   </si>
   <si>
     <t>Rains, Rico Fabian              </t>
   </si>
   <si>
     <t>WELD1171L   </t>
   </si>
   <si>
     <t>Layout and Fabrication Lab  </t>
   </si>
   <si>
     <t>Layout and Fabrication Lab      </t>
   </si>
   <si>
     <t>WELD1191    </t>
   </si>
   <si>
     <t>Weld Art  </t>
   </si>
   <si>
     <t>Weld Art                        </t>
   </si>
   <si>
+    <t>11:37AM</t>
+  </si>
+  <si>
+    <t>WLV2</t>
+  </si>
+  <si>
+    <t>Rael, Jacobo                    </t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
     <t>3:10PM</t>
   </si>
   <si>
     <t>3:55PM</t>
   </si>
   <si>
     <t>WELD1191L   </t>
   </si>
   <si>
     <t>Weld Art Lab  </t>
   </si>
   <si>
     <t>Weld Art Lab                    </t>
   </si>
   <si>
     <t>WELD1220    </t>
   </si>
   <si>
     <t>Flux Core Arc Welding  </t>
   </si>
   <si>
     <t>Flux Core Arc Welding           </t>
+  </si>
+  <si>
+    <t>12:26PM</t>
   </si>
   <si>
     <t>WELD1220L   </t>
   </si>
   <si>
     <t>Flux Core Arc Welding Lab  </t>
   </si>
   <si>
     <t>Flux Core Arc Welding Lab       </t>
   </si>
   <si>
     <t>WELD2130    </t>
   </si>
   <si>
     <t>Shielded Metal ARC Welding II (S MAW II) </t>
   </si>
   <si>
     <t>Shielded Metal ARC Welding II (S</t>
   </si>
   <si>
     <t>MAW II)                         </t>
   </si>
   <si>
     <t>WELD2130L   </t>
   </si>
@@ -2920,51 +2818,51 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AB218"/>
+  <dimension ref="A1:AB215"/>
   <sheetViews>
     <sheetView windowProtection="false" showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
       <selection pane="topLeft" activeCell="A1" activeCellId="0" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.85"/>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="1" width="9.5"/>
@@ -3120,51 +3018,51 @@
       <c r="S2" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T2" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U2" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V2" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W2" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X2" s="1">
         <v>0</v>
       </c>
       <c r="Y2" s="1" t="s">
         <v>43</v>
       </c>
       <c r="Z2" s="1">
         <v>30</v>
       </c>
       <c r="AA2" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="AB2" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F3" s="1">
         <v>3</v>
       </c>
       <c r="G3" s="1" t="s">
@@ -3202,51 +3100,51 @@
       <c r="S3" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T3" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U3" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V3" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W3" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X3" s="1">
         <v>0</v>
       </c>
       <c r="Y3" s="1" t="s">
         <v>49</v>
       </c>
       <c r="Z3" s="1">
         <v>30</v>
       </c>
       <c r="AA3" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="AB3" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F4" s="1">
         <v>4</v>
       </c>
       <c r="G4" s="1" t="s">
@@ -3366,51 +3264,51 @@
       <c r="S5" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W5" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="1">
         <v>0</v>
       </c>
       <c r="Y5" s="1" t="s">
         <v>55</v>
       </c>
       <c r="Z5" s="1">
         <v>30</v>
       </c>
       <c r="AA5" s="1">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="AB5" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>57</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="1">
         <v>4</v>
       </c>
       <c r="G6" s="1" t="s">
@@ -3448,51 +3346,51 @@
       <c r="S6" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T6" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U6" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V6" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W6" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="1">
         <v>0</v>
       </c>
       <c r="Y6" s="1" t="s">
         <v>59</v>
       </c>
       <c r="Z6" s="1">
         <v>30</v>
       </c>
       <c r="AA6" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="AB6" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>61</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F7" s="1">
         <v>4</v>
       </c>
       <c r="G7" s="1" t="s">
@@ -3616,51 +3514,51 @@
       <c r="S8" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T8" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U8" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V8" s="1" t="s">
         <v>73</v>
       </c>
       <c r="W8" s="1" t="s">
         <v>74</v>
       </c>
       <c r="X8" s="1">
         <v>0</v>
       </c>
       <c r="Y8" s="1" t="s">
         <v>75</v>
       </c>
       <c r="Z8" s="1">
         <v>10</v>
       </c>
       <c r="AA8" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB8" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F9" s="1">
         <v>2</v>
       </c>
       <c r="G9" s="1" t="s">
@@ -3702,332 +3600,328 @@
       <c r="S9" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T9" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U9" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V9" s="1" t="s">
         <v>73</v>
       </c>
       <c r="W9" s="1" t="s">
         <v>74</v>
       </c>
       <c r="X9" s="1">
         <v>0</v>
       </c>
       <c r="Y9" s="1" t="s">
         <v>75</v>
       </c>
       <c r="Z9" s="1">
         <v>10</v>
       </c>
       <c r="AA9" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="AB9" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>79</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F10" s="1">
         <v>3</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J10" s="1">
         <v>2026</v>
       </c>
       <c r="K10" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L10" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M10" s="2">
         <v>46150.25</v>
       </c>
       <c r="N10" s="1" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="O10" s="1">
-        <v>1330</v>
+        <v>1530</v>
       </c>
       <c r="P10" s="1">
-        <v>1450</v>
+        <v>1700</v>
       </c>
       <c r="Q10" s="1" t="s">
         <v>82</v>
       </c>
       <c r="R10" s="1" t="s">
         <v>83</v>
       </c>
       <c r="S10" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T10" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U10" s="1" t="s">
         <v>44</v>
       </c>
       <c r="V10" s="1" t="s">
         <v>84</v>
       </c>
       <c r="W10" s="1" t="s">
         <v>85</v>
       </c>
       <c r="X10" s="1">
         <v>0</v>
       </c>
       <c r="Y10" s="1" t="s">
         <v>86</v>
       </c>
       <c r="Z10" s="1">
         <v>15</v>
       </c>
       <c r="AA10" s="1">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="AB10" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F11" s="1">
         <v>3</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>91</v>
+        <v>77</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J11" s="1">
         <v>2026</v>
       </c>
       <c r="K11" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L11" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M11" s="2">
         <v>46150.25</v>
       </c>
       <c r="N11" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O11" s="1">
-        <v>1530</v>
+        <v>1730</v>
       </c>
       <c r="P11" s="1">
-        <v>1650</v>
+        <v>1850</v>
       </c>
       <c r="Q11" s="1" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="R11" s="1" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="S11" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T11" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U11" s="1" t="s">
         <v>44</v>
       </c>
       <c r="V11" s="1" t="s">
         <v>84</v>
       </c>
       <c r="W11" s="1" t="s">
         <v>85</v>
       </c>
       <c r="X11" s="1">
         <v>0</v>
       </c>
       <c r="Y11" s="1" t="s">
         <v>86</v>
       </c>
       <c r="Z11" s="1">
         <v>15</v>
       </c>
       <c r="AA11" s="1">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="AB11" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F12" s="1">
         <v>3</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>77</v>
+        <v>33</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J12" s="1">
         <v>2026</v>
       </c>
       <c r="K12" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L12" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M12" s="2">
         <v>46150.25</v>
       </c>
       <c r="N12" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O12" s="1">
-        <v>1730</v>
+        <v>0</v>
       </c>
       <c r="P12" s="1">
-        <v>1850</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q12" s="1" t="s"/>
+      <c r="R12" s="1" t="s"/>
       <c r="S12" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T12" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U12" s="1" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="V12" s="1" t="s">
-        <v>84</v>
+        <v>41</v>
       </c>
       <c r="W12" s="1" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="X12" s="1">
         <v>0</v>
       </c>
       <c r="Y12" s="1" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="Z12" s="1">
         <v>15</v>
       </c>
       <c r="AA12" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AB12" s="1" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F13" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J13" s="1">
         <v>2026</v>
       </c>
       <c r="K13" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L13" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M13" s="2">
         <v>46150.25</v>
       </c>
       <c r="N13" s="1" t="s">
         <v>37</v>
       </c>
@@ -4036,1019 +3930,1019 @@
       </c>
       <c r="P13" s="1">
         <v>0</v>
       </c>
       <c r="Q13" s="1" t="s"/>
       <c r="R13" s="1" t="s"/>
       <c r="S13" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T13" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U13" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V13" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W13" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X13" s="1">
         <v>0</v>
       </c>
       <c r="Y13" s="1" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="Z13" s="1">
         <v>15</v>
       </c>
       <c r="AA13" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="AB13" s="1" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F14" s="1">
+        <v>4</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>103</v>
-      </c>
-[...16 lines deleted...]
-        <v>33</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J14" s="1">
         <v>2026</v>
       </c>
       <c r="K14" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L14" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M14" s="2">
         <v>46150.25</v>
       </c>
       <c r="N14" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="O14" s="1">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="P14" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R14" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q14" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="R14" s="1" t="s">
+        <v>105</v>
+      </c>
       <c r="S14" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T14" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U14" s="1" t="s">
-        <v>40</v>
+        <v>106</v>
       </c>
       <c r="V14" s="1" t="s">
-        <v>41</v>
+        <v>107</v>
       </c>
       <c r="W14" s="1" t="s">
-        <v>42</v>
+        <v>108</v>
       </c>
       <c r="X14" s="1">
         <v>0</v>
       </c>
       <c r="Y14" s="1" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="Z14" s="1">
         <v>15</v>
       </c>
       <c r="AA14" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AB14" s="1" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="1">
         <v>4</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J15" s="1">
         <v>2026</v>
       </c>
       <c r="K15" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L15" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M15" s="2">
         <v>46150.25</v>
       </c>
       <c r="N15" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O15" s="1">
-        <v>900</v>
+        <v>1300</v>
       </c>
       <c r="P15" s="1">
-        <v>1150</v>
+        <v>1550</v>
       </c>
       <c r="Q15" s="1" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="R15" s="1" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="S15" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T15" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U15" s="1" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="V15" s="1" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="W15" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="X15" s="1">
         <v>0</v>
       </c>
       <c r="Y15" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="Z15" s="1">
         <v>15</v>
       </c>
       <c r="AA15" s="1">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="AB15" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F16" s="1">
         <v>4</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J16" s="1">
         <v>2026</v>
       </c>
       <c r="K16" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L16" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M16" s="2">
         <v>46150.25</v>
       </c>
       <c r="N16" s="1" t="s">
-        <v>67</v>
+        <v>123</v>
       </c>
       <c r="O16" s="1">
-        <v>1300</v>
+        <v>900</v>
       </c>
       <c r="P16" s="1">
-        <v>1550</v>
+        <v>1150</v>
       </c>
       <c r="Q16" s="1" t="s">
-        <v>121</v>
+        <v>104</v>
       </c>
       <c r="R16" s="1" t="s">
-        <v>122</v>
+        <v>105</v>
       </c>
       <c r="S16" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T16" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U16" s="1" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="V16" s="1" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="W16" s="1" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="X16" s="1">
         <v>0</v>
       </c>
       <c r="Y16" s="1" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="Z16" s="1">
         <v>15</v>
       </c>
       <c r="AA16" s="1">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="AB16" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F17" s="1">
         <v>4</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>128</v>
+        <v>114</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J17" s="1">
         <v>2026</v>
       </c>
       <c r="K17" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L17" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M17" s="2">
         <v>46150.25</v>
       </c>
       <c r="N17" s="1" t="s">
-        <v>129</v>
+        <v>67</v>
       </c>
       <c r="O17" s="1">
-        <v>900</v>
+        <v>1300</v>
       </c>
       <c r="P17" s="1">
-        <v>1150</v>
+        <v>1550</v>
       </c>
       <c r="Q17" s="1" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="R17" s="1" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="S17" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T17" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U17" s="1" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="V17" s="1" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="W17" s="1" t="s">
-        <v>123</v>
+        <v>108</v>
       </c>
       <c r="X17" s="1">
         <v>0</v>
       </c>
       <c r="Y17" s="1" t="s">
-        <v>124</v>
+        <v>109</v>
       </c>
       <c r="Z17" s="1">
         <v>15</v>
       </c>
       <c r="AA17" s="1">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AB17" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F18" s="1">
         <v>4</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J18" s="1">
         <v>2026</v>
       </c>
       <c r="K18" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L18" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M18" s="2">
         <v>46150.25</v>
       </c>
       <c r="N18" s="1" t="s">
-        <v>67</v>
+        <v>123</v>
       </c>
       <c r="O18" s="1">
         <v>1300</v>
       </c>
       <c r="P18" s="1">
         <v>1550</v>
       </c>
       <c r="Q18" s="1" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="R18" s="1" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="S18" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T18" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U18" s="1" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="V18" s="1" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="W18" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="X18" s="1">
         <v>0</v>
       </c>
       <c r="Y18" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="Z18" s="1">
         <v>15</v>
       </c>
       <c r="AA18" s="1">
         <v>0</v>
       </c>
       <c r="AB18" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F19" s="1">
         <v>4</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>120</v>
+        <v>103</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J19" s="1">
         <v>2026</v>
       </c>
       <c r="K19" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L19" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M19" s="2">
         <v>46150.25</v>
       </c>
       <c r="N19" s="1" t="s">
-        <v>129</v>
+        <v>67</v>
       </c>
       <c r="O19" s="1">
-        <v>1300</v>
+        <v>900</v>
       </c>
       <c r="P19" s="1">
-        <v>1550</v>
+        <v>1150</v>
       </c>
       <c r="Q19" s="1" t="s">
-        <v>121</v>
+        <v>104</v>
       </c>
       <c r="R19" s="1" t="s">
-        <v>122</v>
+        <v>105</v>
       </c>
       <c r="S19" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T19" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U19" s="1" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="V19" s="1" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="W19" s="1" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="X19" s="1">
         <v>0</v>
       </c>
       <c r="Y19" s="1" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="Z19" s="1">
         <v>15</v>
       </c>
       <c r="AA19" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="AB19" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F20" s="1">
         <v>4</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>109</v>
+        <v>122</v>
       </c>
       <c r="H20" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J20" s="1">
         <v>2026</v>
       </c>
       <c r="K20" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L20" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M20" s="2">
         <v>46150.25</v>
       </c>
       <c r="N20" s="1" t="s">
-        <v>67</v>
+        <v>123</v>
       </c>
       <c r="O20" s="1">
         <v>900</v>
       </c>
       <c r="P20" s="1">
         <v>1150</v>
       </c>
       <c r="Q20" s="1" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="R20" s="1" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="S20" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T20" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U20" s="1" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="V20" s="1" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="W20" s="1" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="X20" s="1">
         <v>0</v>
       </c>
       <c r="Y20" s="1" t="s">
-        <v>124</v>
+        <v>109</v>
       </c>
       <c r="Z20" s="1">
         <v>15</v>
       </c>
       <c r="AA20" s="1">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="AB20" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F21" s="1">
         <v>4</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>128</v>
+        <v>140</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J21" s="1">
         <v>2026</v>
       </c>
       <c r="K21" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L21" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M21" s="2">
         <v>46150.25</v>
       </c>
       <c r="N21" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="O21" s="1">
-        <v>900</v>
+        <v>1300</v>
       </c>
       <c r="P21" s="1">
-        <v>1150</v>
+        <v>1550</v>
       </c>
       <c r="Q21" s="1" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="R21" s="1" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="S21" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T21" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U21" s="1" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="V21" s="1" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="W21" s="1" t="s">
-        <v>142</v>
+        <v>108</v>
       </c>
       <c r="X21" s="1">
         <v>0</v>
       </c>
       <c r="Y21" s="1" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="Z21" s="1">
         <v>15</v>
       </c>
       <c r="AA21" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="AB21" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F22" s="1">
         <v>4</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>81</v>
+        <v>103</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J22" s="1">
         <v>2026</v>
       </c>
       <c r="K22" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L22" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M22" s="2">
         <v>46150.25</v>
       </c>
       <c r="N22" s="1" t="s">
-        <v>129</v>
+        <v>67</v>
       </c>
       <c r="O22" s="1">
-        <v>1300</v>
+        <v>900</v>
       </c>
       <c r="P22" s="1">
-        <v>1550</v>
+        <v>1150</v>
       </c>
       <c r="Q22" s="1" t="s">
-        <v>121</v>
+        <v>104</v>
       </c>
       <c r="R22" s="1" t="s">
-        <v>122</v>
+        <v>105</v>
       </c>
       <c r="S22" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T22" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U22" s="1" t="s">
-        <v>112</v>
+        <v>144</v>
       </c>
       <c r="V22" s="1" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="W22" s="1" t="s">
-        <v>114</v>
+        <v>146</v>
       </c>
       <c r="X22" s="1">
         <v>0</v>
       </c>
       <c r="Y22" s="1" t="s">
-        <v>115</v>
+        <v>147</v>
       </c>
       <c r="Z22" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="AA22" s="1">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="AB22" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F23" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J23" s="1">
         <v>2026</v>
       </c>
       <c r="K23" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L23" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M23" s="2">
         <v>46150.25</v>
       </c>
       <c r="N23" s="1" t="s">
-        <v>67</v>
+        <v>151</v>
       </c>
       <c r="O23" s="1">
-        <v>900</v>
+        <v>1300</v>
       </c>
       <c r="P23" s="1">
-        <v>1150</v>
+        <v>1550</v>
       </c>
       <c r="Q23" s="1" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="R23" s="1" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="S23" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T23" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U23" s="1" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="V23" s="1" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="W23" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="X23" s="1">
         <v>0</v>
       </c>
       <c r="Y23" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="Z23" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="AA23" s="1">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="AB23" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="s">
         <v>153</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>154</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>32</v>
+        <v>156</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F24" s="1">
         <v>3</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>120</v>
+        <v>33</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J24" s="1">
         <v>2026</v>
       </c>
       <c r="K24" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L24" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M24" s="2">
         <v>46150.25</v>
       </c>
       <c r="N24" s="1" t="s">
-        <v>156</v>
+        <v>37</v>
       </c>
       <c r="O24" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P24" s="1">
-        <v>1550</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q24" s="1" t="s"/>
+      <c r="R24" s="1" t="s"/>
       <c r="S24" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T24" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U24" s="1" t="s">
-        <v>149</v>
+        <v>40</v>
       </c>
       <c r="V24" s="1" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="W24" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X24" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y24" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="X24" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="Z24" s="1">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="AA24" s="1">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="AB24" s="1" t="s">
-        <v>116</v>
+        <v>96</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="s">
         <v>158</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>159</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>161</v>
+        <v>31</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F25" s="1">
         <v>3</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J25" s="1">
         <v>2026</v>
       </c>
       <c r="K25" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L25" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M25" s="2">
         <v>46150.25</v>
       </c>
@@ -5060,576 +4954,576 @@
       </c>
       <c r="P25" s="1">
         <v>0</v>
       </c>
       <c r="Q25" s="1" t="s"/>
       <c r="R25" s="1" t="s"/>
       <c r="S25" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T25" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U25" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V25" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W25" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X25" s="1">
         <v>0</v>
       </c>
       <c r="Y25" s="1" t="s">
-        <v>162</v>
+        <v>55</v>
       </c>
       <c r="Z25" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="AA25" s="1">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="AB25" s="1" t="s">
-        <v>102</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>163</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F26" s="1">
         <v>3</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>33</v>
+        <v>164</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J26" s="1">
         <v>2026</v>
       </c>
       <c r="K26" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L26" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M26" s="2">
         <v>46150.25</v>
       </c>
       <c r="N26" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O26" s="1">
         <v>0</v>
       </c>
       <c r="P26" s="1">
         <v>0</v>
       </c>
       <c r="Q26" s="1" t="s"/>
       <c r="R26" s="1" t="s"/>
       <c r="S26" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T26" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U26" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V26" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W26" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X26" s="1">
         <v>0</v>
       </c>
       <c r="Y26" s="1" t="s">
-        <v>55</v>
+        <v>165</v>
       </c>
       <c r="Z26" s="1">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="AA26" s="1">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="AB26" s="1" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F27" s="1">
         <v>3</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>169</v>
+        <v>33</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J27" s="1">
         <v>2026</v>
       </c>
       <c r="K27" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L27" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M27" s="2">
         <v>46150.25</v>
       </c>
       <c r="N27" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O27" s="1">
         <v>0</v>
       </c>
       <c r="P27" s="1">
         <v>0</v>
       </c>
       <c r="Q27" s="1" t="s"/>
       <c r="R27" s="1" t="s"/>
       <c r="S27" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T27" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U27" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V27" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W27" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X27" s="1">
         <v>0</v>
       </c>
       <c r="Y27" s="1" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="Z27" s="1">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="AA27" s="1">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="AB27" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F28" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>33</v>
+        <v>164</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J28" s="1">
         <v>2026</v>
       </c>
       <c r="K28" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L28" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M28" s="2">
         <v>46150.25</v>
       </c>
       <c r="N28" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O28" s="1">
         <v>0</v>
       </c>
       <c r="P28" s="1">
         <v>0</v>
       </c>
       <c r="Q28" s="1" t="s"/>
       <c r="R28" s="1" t="s"/>
       <c r="S28" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T28" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U28" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="V28" s="1" t="s">
-        <v>41</v>
+        <v>170</v>
       </c>
       <c r="W28" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X28" s="1">
         <v>0</v>
       </c>
       <c r="Y28" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="Z28" s="1">
         <v>35</v>
       </c>
       <c r="AA28" s="1">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="AB28" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F29" s="1">
         <v>1</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>169</v>
+        <v>33</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J29" s="1">
         <v>2026</v>
       </c>
       <c r="K29" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L29" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M29" s="2">
         <v>46150.25</v>
       </c>
       <c r="N29" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O29" s="1">
         <v>0</v>
       </c>
       <c r="P29" s="1">
         <v>0</v>
       </c>
       <c r="Q29" s="1" t="s"/>
       <c r="R29" s="1" t="s"/>
       <c r="S29" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T29" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U29" s="1" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="V29" s="1" t="s">
-        <v>175</v>
+        <v>73</v>
       </c>
       <c r="W29" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X29" s="1">
         <v>0</v>
       </c>
       <c r="Y29" s="1" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="Z29" s="1">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="AA29" s="1">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="AB29" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C30" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D30" s="1" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F30" s="1">
         <v>1</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J30" s="1">
         <v>2026</v>
       </c>
       <c r="K30" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L30" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M30" s="2">
         <v>46150.25</v>
       </c>
       <c r="N30" s="1" t="s">
-        <v>37</v>
+        <v>174</v>
       </c>
       <c r="O30" s="1">
-        <v>0</v>
+        <v>1200</v>
       </c>
       <c r="P30" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R30" s="1" t="s"/>
+        <v>1350</v>
+      </c>
+      <c r="Q30" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="R30" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="S30" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T30" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U30" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V30" s="1" t="s">
         <v>73</v>
       </c>
       <c r="W30" s="1" t="s">
-        <v>42</v>
+        <v>177</v>
       </c>
       <c r="X30" s="1">
         <v>0</v>
       </c>
       <c r="Y30" s="1" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="Z30" s="1">
         <v>16</v>
       </c>
       <c r="AA30" s="1">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="AB30" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F31" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J31" s="1">
         <v>2026</v>
       </c>
       <c r="K31" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L31" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M31" s="2">
         <v>46150.25</v>
       </c>
       <c r="N31" s="1" t="s">
-        <v>179</v>
+        <v>37</v>
       </c>
       <c r="O31" s="1">
-        <v>1200</v>
+        <v>0</v>
       </c>
       <c r="P31" s="1">
-        <v>1350</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q31" s="1" t="s"/>
+      <c r="R31" s="1" t="s"/>
       <c r="S31" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T31" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U31" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V31" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W31" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X31" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y31" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="X31" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="Z31" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="AA31" s="1">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="AB31" s="1" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="s">
         <v>183</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>184</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>185</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F32" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J32" s="1">
         <v>2026</v>
       </c>
       <c r="K32" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L32" s="2">
         <v>46097.25</v>
       </c>
       <c r="M32" s="2">
         <v>46150.25</v>
       </c>
       <c r="N32" s="1" t="s">
         <v>37</v>
       </c>
@@ -5638,830 +5532,826 @@
       </c>
       <c r="P32" s="1">
         <v>0</v>
       </c>
       <c r="Q32" s="1" t="s"/>
       <c r="R32" s="1" t="s"/>
       <c r="S32" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T32" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U32" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V32" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W32" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X32" s="1">
         <v>0</v>
       </c>
       <c r="Y32" s="1" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="Z32" s="1">
         <v>15</v>
       </c>
       <c r="AA32" s="1">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="AB32" s="1" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F33" s="1">
+        <v>3</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H33" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J33" s="1">
         <v>2026</v>
       </c>
       <c r="K33" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L33" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M33" s="2">
         <v>46150.25</v>
       </c>
       <c r="N33" s="1" t="s">
-        <v>37</v>
+        <v>123</v>
       </c>
       <c r="O33" s="1">
-        <v>0</v>
+        <v>1047</v>
       </c>
       <c r="P33" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R33" s="1" t="s"/>
+        <v>1147</v>
+      </c>
+      <c r="Q33" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="R33" s="1" t="s">
+        <v>190</v>
+      </c>
       <c r="S33" s="1" t="s">
-        <v>38</v>
+        <v>191</v>
       </c>
       <c r="T33" s="1" t="s">
-        <v>39</v>
+        <v>192</v>
       </c>
       <c r="U33" s="1" t="s">
-        <v>40</v>
+        <v>191</v>
       </c>
       <c r="V33" s="1" t="s">
-        <v>41</v>
+        <v>193</v>
       </c>
       <c r="W33" s="1" t="s">
-        <v>42</v>
+        <v>194</v>
       </c>
       <c r="X33" s="1">
         <v>0</v>
       </c>
       <c r="Y33" s="1" t="s">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="Z33" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA33" s="1">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="AB33" s="1" t="s">
-        <v>102</v>
+        <v>76</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F34" s="1">
         <v>3</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>193</v>
+        <v>164</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J34" s="1">
         <v>2026</v>
       </c>
       <c r="K34" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L34" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M34" s="2">
         <v>46150.25</v>
       </c>
       <c r="N34" s="1" t="s">
-        <v>129</v>
+        <v>37</v>
       </c>
       <c r="O34" s="1">
-        <v>1047</v>
+        <v>0</v>
       </c>
       <c r="P34" s="1">
-        <v>1147</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q34" s="1" t="s"/>
+      <c r="R34" s="1" t="s"/>
       <c r="S34" s="1" t="s">
-        <v>196</v>
+        <v>38</v>
       </c>
       <c r="T34" s="1" t="s">
-        <v>197</v>
+        <v>39</v>
       </c>
       <c r="U34" s="1" t="s">
-        <v>196</v>
+        <v>40</v>
       </c>
       <c r="V34" s="1" t="s">
-        <v>198</v>
+        <v>41</v>
       </c>
       <c r="W34" s="1" t="s">
-        <v>199</v>
+        <v>42</v>
       </c>
       <c r="X34" s="1">
         <v>0</v>
       </c>
       <c r="Y34" s="1" t="s">
-        <v>200</v>
+        <v>166</v>
       </c>
       <c r="Z34" s="1">
         <v>20</v>
       </c>
       <c r="AA34" s="1">
         <v>18</v>
       </c>
       <c r="AB34" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F35" s="1">
         <v>3</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>169</v>
+        <v>33</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J35" s="1">
         <v>2026</v>
       </c>
       <c r="K35" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L35" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M35" s="2">
         <v>46150.25</v>
       </c>
       <c r="N35" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O35" s="1">
         <v>0</v>
       </c>
       <c r="P35" s="1">
         <v>0</v>
       </c>
       <c r="Q35" s="1" t="s"/>
       <c r="R35" s="1" t="s"/>
       <c r="S35" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T35" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U35" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V35" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W35" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X35" s="1">
         <v>0</v>
       </c>
       <c r="Y35" s="1" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="Z35" s="1">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="AA35" s="1">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="AB35" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="B36" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D36" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F36" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>33</v>
+        <v>188</v>
       </c>
       <c r="H36" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J36" s="1">
         <v>2026</v>
       </c>
       <c r="K36" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L36" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M36" s="2">
         <v>46150.25</v>
       </c>
       <c r="N36" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="O36" s="1">
-        <v>0</v>
+        <v>1047</v>
       </c>
       <c r="P36" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R36" s="1" t="s"/>
+        <v>1147</v>
+      </c>
+      <c r="Q36" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="R36" s="1" t="s">
+        <v>190</v>
+      </c>
       <c r="S36" s="1" t="s">
-        <v>38</v>
+        <v>191</v>
       </c>
       <c r="T36" s="1" t="s">
-        <v>39</v>
+        <v>192</v>
       </c>
       <c r="U36" s="1" t="s">
-        <v>40</v>
+        <v>191</v>
       </c>
       <c r="V36" s="1" t="s">
-        <v>41</v>
+        <v>193</v>
       </c>
       <c r="W36" s="1" t="s">
-        <v>42</v>
+        <v>194</v>
       </c>
       <c r="X36" s="1">
         <v>0</v>
       </c>
       <c r="Y36" s="1" t="s">
-        <v>170</v>
+        <v>195</v>
       </c>
       <c r="Z36" s="1">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="AA36" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="AB36" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="D37" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="E37" s="1" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F37" s="1">
         <v>1</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>193</v>
+        <v>164</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J37" s="1">
         <v>2026</v>
       </c>
       <c r="K37" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L37" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M37" s="2">
         <v>46150.25</v>
       </c>
       <c r="N37" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O37" s="1">
-        <v>1047</v>
+        <v>0</v>
       </c>
       <c r="P37" s="1">
-        <v>1147</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q37" s="1" t="s"/>
+      <c r="R37" s="1" t="s"/>
       <c r="S37" s="1" t="s">
-        <v>196</v>
+        <v>38</v>
       </c>
       <c r="T37" s="1" t="s">
-        <v>197</v>
+        <v>39</v>
       </c>
       <c r="U37" s="1" t="s">
-        <v>196</v>
+        <v>40</v>
       </c>
       <c r="V37" s="1" t="s">
-        <v>198</v>
+        <v>41</v>
       </c>
       <c r="W37" s="1" t="s">
-        <v>199</v>
+        <v>42</v>
       </c>
       <c r="X37" s="1">
         <v>0</v>
       </c>
       <c r="Y37" s="1" t="s">
-        <v>200</v>
+        <v>165</v>
       </c>
       <c r="Z37" s="1">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="AA37" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="AB37" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="F38" s="1">
         <v>1</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>169</v>
+        <v>33</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J38" s="1">
         <v>2026</v>
       </c>
       <c r="K38" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L38" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M38" s="2">
         <v>46150.25</v>
       </c>
       <c r="N38" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O38" s="1">
         <v>0</v>
       </c>
       <c r="P38" s="1">
         <v>0</v>
       </c>
       <c r="Q38" s="1" t="s"/>
       <c r="R38" s="1" t="s"/>
       <c r="S38" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T38" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U38" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V38" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W38" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X38" s="1">
         <v>0</v>
       </c>
       <c r="Y38" s="1" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="Z38" s="1">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="AA38" s="1">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="AB38" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="s">
         <v>207</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>208</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>209</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>210</v>
+        <v>31</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>211</v>
+        <v>32</v>
       </c>
       <c r="F39" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>33</v>
+        <v>164</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J39" s="1">
         <v>2026</v>
       </c>
       <c r="K39" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L39" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M39" s="2">
         <v>46150.25</v>
       </c>
       <c r="N39" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O39" s="1">
         <v>0</v>
       </c>
       <c r="P39" s="1">
         <v>0</v>
       </c>
       <c r="Q39" s="1" t="s"/>
       <c r="R39" s="1" t="s"/>
       <c r="S39" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T39" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U39" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V39" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W39" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X39" s="1">
         <v>0</v>
       </c>
       <c r="Y39" s="1" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="Z39" s="1">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="AA39" s="1">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="AB39" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>214</v>
+        <v>31</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F40" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>109</v>
+        <v>33</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J40" s="1">
         <v>2026</v>
       </c>
       <c r="K40" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L40" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M40" s="2">
         <v>46150.25</v>
       </c>
       <c r="N40" s="1" t="s">
-        <v>179</v>
+        <v>37</v>
       </c>
       <c r="O40" s="1">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="P40" s="1">
-        <v>950</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q40" s="1" t="s"/>
+      <c r="R40" s="1" t="s"/>
       <c r="S40" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T40" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U40" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V40" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W40" s="1" t="s">
-        <v>182</v>
+        <v>42</v>
       </c>
       <c r="X40" s="1">
         <v>0</v>
       </c>
       <c r="Y40" s="1" t="s">
-        <v>170</v>
+        <v>210</v>
       </c>
       <c r="Z40" s="1">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="AA40" s="1">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="AB40" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="D41" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="E41" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="E41" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F41" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J41" s="1">
         <v>2026</v>
       </c>
       <c r="K41" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L41" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M41" s="2">
         <v>46150.25</v>
       </c>
       <c r="N41" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O41" s="1">
         <v>0</v>
       </c>
       <c r="P41" s="1">
         <v>0</v>
       </c>
       <c r="Q41" s="1" t="s"/>
       <c r="R41" s="1" t="s"/>
       <c r="S41" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T41" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U41" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V41" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W41" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X41" s="1">
         <v>0</v>
       </c>
       <c r="Y41" s="1" t="s">
-        <v>170</v>
+        <v>210</v>
       </c>
       <c r="Z41" s="1">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="AA41" s="1">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="AB41" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="D42" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="E42" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="E42" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F42" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J42" s="1">
         <v>2026</v>
       </c>
       <c r="K42" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L42" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M42" s="2">
         <v>46150.25</v>
       </c>
       <c r="N42" s="1" t="s">
         <v>37</v>
       </c>
@@ -6470,159 +6360,159 @@
       </c>
       <c r="P42" s="1">
         <v>0</v>
       </c>
       <c r="Q42" s="1" t="s"/>
       <c r="R42" s="1" t="s"/>
       <c r="S42" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T42" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U42" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V42" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W42" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X42" s="1">
         <v>0</v>
       </c>
       <c r="Y42" s="1" t="s">
-        <v>220</v>
+        <v>165</v>
       </c>
       <c r="Z42" s="1">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="AA42" s="1">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="AB42" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>224</v>
+        <v>31</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F43" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>169</v>
+        <v>33</v>
       </c>
       <c r="H43" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J43" s="1">
         <v>2026</v>
       </c>
       <c r="K43" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L43" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M43" s="2">
         <v>46150.25</v>
       </c>
       <c r="N43" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O43" s="1">
         <v>0</v>
       </c>
       <c r="P43" s="1">
         <v>0</v>
       </c>
       <c r="Q43" s="1" t="s"/>
       <c r="R43" s="1" t="s"/>
       <c r="S43" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T43" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U43" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V43" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W43" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X43" s="1">
         <v>0</v>
       </c>
       <c r="Y43" s="1" t="s">
-        <v>220</v>
+        <v>165</v>
       </c>
       <c r="Z43" s="1">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="AA43" s="1">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="AB43" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>224</v>
+        <v>31</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F44" s="1">
         <v>1</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J44" s="1">
         <v>2026</v>
       </c>
       <c r="K44" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L44" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M44" s="2">
         <v>46150.25</v>
       </c>
@@ -6634,744 +6524,736 @@
       </c>
       <c r="P44" s="1">
         <v>0</v>
       </c>
       <c r="Q44" s="1" t="s"/>
       <c r="R44" s="1" t="s"/>
       <c r="S44" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T44" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U44" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V44" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W44" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X44" s="1">
         <v>0</v>
       </c>
       <c r="Y44" s="1" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="Z44" s="1">
         <v>16</v>
       </c>
       <c r="AA44" s="1">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="AB44" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>224</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>214</v>
+        <v>32</v>
       </c>
       <c r="F45" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>227</v>
+        <v>33</v>
       </c>
       <c r="H45" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J45" s="1">
         <v>2026</v>
       </c>
       <c r="K45" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L45" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M45" s="2">
         <v>46150.25</v>
       </c>
       <c r="N45" s="1" t="s">
-        <v>179</v>
+        <v>37</v>
       </c>
       <c r="O45" s="1">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="P45" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q45" s="1" t="s"/>
+      <c r="R45" s="1" t="s"/>
       <c r="S45" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T45" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U45" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V45" s="1" t="s">
         <v>73</v>
       </c>
       <c r="W45" s="1" t="s">
-        <v>182</v>
+        <v>42</v>
       </c>
       <c r="X45" s="1">
         <v>0</v>
       </c>
       <c r="Y45" s="1" t="s">
-        <v>170</v>
+        <v>225</v>
       </c>
       <c r="Z45" s="1">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="AA45" s="1">
-        <v>2</v>
+        <v>22</v>
       </c>
       <c r="AB45" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D46" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="E46" s="1" t="s">
         <v>230</v>
-      </c>
-[...7 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F46" s="1">
         <v>3</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J46" s="1">
         <v>2026</v>
       </c>
       <c r="K46" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L46" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M46" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N46" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O46" s="1">
         <v>0</v>
       </c>
       <c r="P46" s="1">
         <v>0</v>
       </c>
       <c r="Q46" s="1" t="s"/>
       <c r="R46" s="1" t="s"/>
       <c r="S46" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T46" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U46" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V46" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W46" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X46" s="1">
         <v>0</v>
       </c>
       <c r="Y46" s="1" t="s">
-        <v>170</v>
+        <v>182</v>
       </c>
       <c r="Z46" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="AA46" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="AB46" s="1" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B47" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="C47" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" s="1" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F47" s="1">
         <v>1</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J47" s="1">
         <v>2026</v>
       </c>
       <c r="K47" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L47" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M47" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N47" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O47" s="1">
         <v>0</v>
       </c>
       <c r="P47" s="1">
         <v>0</v>
       </c>
       <c r="Q47" s="1" t="s"/>
       <c r="R47" s="1" t="s"/>
       <c r="S47" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T47" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U47" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V47" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W47" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X47" s="1">
         <v>0</v>
       </c>
       <c r="Y47" s="1" t="s">
-        <v>170</v>
+        <v>182</v>
       </c>
       <c r="Z47" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="AA47" s="1">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="AB47" s="1" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="s">
         <v>235</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>236</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>214</v>
+        <v>31</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F48" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J48" s="1">
         <v>2026</v>
       </c>
       <c r="K48" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L48" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M48" s="2">
         <v>46150.25</v>
       </c>
       <c r="N48" s="1" t="s">
-        <v>179</v>
+        <v>37</v>
       </c>
       <c r="O48" s="1">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="P48" s="1">
-        <v>1550</v>
-[...1 lines deleted...]
-      <c r="Q48" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="Q48" s="1" t="s"/>
+      <c r="R48" s="1" t="s"/>
+      <c r="S48" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T48" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U48" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V48" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W48" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X48" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y48" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="R48" s="1" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="Z48" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="AA48" s="1">
         <v>1</v>
       </c>
       <c r="AB48" s="1" t="s">
-        <v>76</v>
+        <v>44</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>242</v>
+        <v>31</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F49" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H49" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J49" s="1">
         <v>2026</v>
       </c>
       <c r="K49" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L49" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M49" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N49" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O49" s="1">
         <v>0</v>
       </c>
       <c r="P49" s="1">
         <v>0</v>
       </c>
       <c r="Q49" s="1" t="s"/>
       <c r="R49" s="1" t="s"/>
       <c r="S49" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T49" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U49" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V49" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W49" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X49" s="1">
         <v>0</v>
       </c>
       <c r="Y49" s="1" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="Z49" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="AA49" s="1">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="AB49" s="1" t="s">
-        <v>76</v>
+        <v>44</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>247</v>
+        <v>31</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>248</v>
+        <v>32</v>
       </c>
       <c r="F50" s="1">
         <v>3</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="H50" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="J50" s="1">
         <v>2026</v>
       </c>
       <c r="K50" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L50" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M50" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N50" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O50" s="1">
         <v>0</v>
       </c>
       <c r="P50" s="1">
         <v>0</v>
       </c>
       <c r="Q50" s="1" t="s"/>
       <c r="R50" s="1" t="s"/>
       <c r="S50" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T50" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U50" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V50" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W50" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X50" s="1">
         <v>0</v>
       </c>
       <c r="Y50" s="1" t="s">
-        <v>187</v>
+        <v>238</v>
       </c>
       <c r="Z50" s="1">
         <v>15</v>
       </c>
       <c r="AA50" s="1">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="AB50" s="1" t="s">
-        <v>102</v>
+        <v>44</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>252</v>
+        <v>31</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F51" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="J51" s="1">
         <v>2026</v>
       </c>
       <c r="K51" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L51" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M51" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N51" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O51" s="1">
         <v>0</v>
       </c>
       <c r="P51" s="1">
         <v>0</v>
       </c>
       <c r="Q51" s="1" t="s"/>
       <c r="R51" s="1" t="s"/>
       <c r="S51" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T51" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U51" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V51" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W51" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X51" s="1">
         <v>0</v>
       </c>
       <c r="Y51" s="1" t="s">
-        <v>187</v>
+        <v>245</v>
       </c>
       <c r="Z51" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="AA51" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="AB51" s="1" t="s">
-        <v>102</v>
+        <v>44</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F52" s="1">
         <v>3</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="J52" s="1">
         <v>2026</v>
       </c>
       <c r="K52" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L52" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M52" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N52" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O52" s="1">
         <v>0</v>
       </c>
       <c r="P52" s="1">
         <v>0</v>
       </c>
       <c r="Q52" s="1" t="s"/>
       <c r="R52" s="1" t="s"/>
       <c r="S52" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T52" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U52" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V52" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W52" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X52" s="1">
         <v>0</v>
       </c>
       <c r="Y52" s="1" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="Z52" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA52" s="1">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="AB52" s="1" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="D53" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="B53" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E53" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F53" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H53" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J53" s="1">
         <v>2026</v>
       </c>
       <c r="K53" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L53" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M53" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N53" s="1" t="s">
         <v>37</v>
       </c>
@@ -7380,153 +7262,153 @@
       </c>
       <c r="P53" s="1">
         <v>0</v>
       </c>
       <c r="Q53" s="1" t="s"/>
       <c r="R53" s="1" t="s"/>
       <c r="S53" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T53" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U53" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V53" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W53" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X53" s="1">
         <v>0</v>
       </c>
       <c r="Y53" s="1" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="Z53" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="AA53" s="1">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="AB53" s="1" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F54" s="1">
         <v>3</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="H54" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J54" s="1">
         <v>2026</v>
       </c>
       <c r="K54" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L54" s="2">
         <v>46097.25</v>
       </c>
       <c r="M54" s="2">
         <v>46150.25</v>
       </c>
       <c r="N54" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O54" s="1">
         <v>0</v>
       </c>
       <c r="P54" s="1">
         <v>0</v>
       </c>
       <c r="Q54" s="1" t="s"/>
       <c r="R54" s="1" t="s"/>
       <c r="S54" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T54" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U54" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V54" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W54" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X54" s="1">
         <v>0</v>
       </c>
       <c r="Y54" s="1" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="Z54" s="1">
         <v>15</v>
       </c>
       <c r="AA54" s="1">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="AB54" s="1" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F55" s="1">
         <v>1</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H55" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J55" s="1">
         <v>2026</v>
       </c>
       <c r="K55" s="1" t="s">
         <v>36</v>
       </c>
@@ -7544,77 +7426,77 @@
       </c>
       <c r="P55" s="1">
         <v>0</v>
       </c>
       <c r="Q55" s="1" t="s"/>
       <c r="R55" s="1" t="s"/>
       <c r="S55" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T55" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U55" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V55" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W55" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X55" s="1">
         <v>0</v>
       </c>
       <c r="Y55" s="1" t="s">
-        <v>263</v>
+        <v>249</v>
       </c>
       <c r="Z55" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="AA55" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="AB55" s="1" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="E56" s="1" t="s">
         <v>264</v>
-      </c>
-[...10 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F56" s="1">
         <v>3</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H56" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J56" s="1">
         <v>2026</v>
       </c>
       <c r="K56" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L56" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M56" s="2">
         <v>46088.29166666667</v>
       </c>
@@ -7626,80 +7508,80 @@
       </c>
       <c r="P56" s="1">
         <v>0</v>
       </c>
       <c r="Q56" s="1" t="s"/>
       <c r="R56" s="1" t="s"/>
       <c r="S56" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T56" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U56" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V56" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W56" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X56" s="1">
         <v>0</v>
       </c>
       <c r="Y56" s="1" t="s">
-        <v>267</v>
+        <v>157</v>
       </c>
       <c r="Z56" s="1">
         <v>15</v>
       </c>
       <c r="AA56" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="AB56" s="1" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>271</v>
+        <v>32</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F57" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H57" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J57" s="1">
         <v>2026</v>
       </c>
       <c r="K57" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L57" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M57" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N57" s="1" t="s">
         <v>37</v>
       </c>
@@ -7708,74 +7590,74 @@
       </c>
       <c r="P57" s="1">
         <v>0</v>
       </c>
       <c r="Q57" s="1" t="s"/>
       <c r="R57" s="1" t="s"/>
       <c r="S57" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T57" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U57" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V57" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W57" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X57" s="1">
         <v>0</v>
       </c>
       <c r="Y57" s="1" t="s">
-        <v>267</v>
+        <v>157</v>
       </c>
       <c r="Z57" s="1">
         <v>15</v>
       </c>
       <c r="AA57" s="1">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="AB57" s="1" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F58" s="1">
         <v>3</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J58" s="1">
         <v>2026</v>
       </c>
       <c r="K58" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L58" s="2">
         <v>46097.25</v>
       </c>
@@ -7790,494 +7672,498 @@
       </c>
       <c r="P58" s="1">
         <v>0</v>
       </c>
       <c r="Q58" s="1" t="s"/>
       <c r="R58" s="1" t="s"/>
       <c r="S58" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T58" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U58" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V58" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W58" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X58" s="1">
         <v>0</v>
       </c>
       <c r="Y58" s="1" t="s">
-        <v>267</v>
+        <v>157</v>
       </c>
       <c r="Z58" s="1">
         <v>15</v>
       </c>
       <c r="AA58" s="1">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="AB58" s="1" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F59" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>33</v>
+        <v>274</v>
       </c>
       <c r="H59" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J59" s="1">
         <v>2026</v>
       </c>
       <c r="K59" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L59" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M59" s="2">
         <v>46150.25</v>
       </c>
       <c r="N59" s="1" t="s">
-        <v>37</v>
+        <v>275</v>
       </c>
       <c r="O59" s="1">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="P59" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R59" s="1" t="s"/>
+        <v>1050</v>
+      </c>
+      <c r="Q59" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="R59" s="1" t="s">
+        <v>277</v>
+      </c>
       <c r="S59" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T59" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U59" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="V59" s="1" t="s">
-        <v>41</v>
+        <v>170</v>
       </c>
       <c r="W59" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X59" s="1">
         <v>0</v>
       </c>
       <c r="Y59" s="1" t="s">
-        <v>267</v>
+        <v>157</v>
       </c>
       <c r="Z59" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA59" s="1">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="AB59" s="1" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>279</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>281</v>
+        <v>214</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>282</v>
+        <v>32</v>
       </c>
       <c r="F60" s="1">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H60" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J60" s="1">
         <v>2026</v>
       </c>
       <c r="K60" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L60" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M60" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N60" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O60" s="1">
         <v>0</v>
       </c>
       <c r="P60" s="1">
         <v>0</v>
       </c>
       <c r="Q60" s="1" t="s"/>
       <c r="R60" s="1" t="s"/>
       <c r="S60" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T60" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U60" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V60" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W60" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X60" s="1">
         <v>0</v>
       </c>
       <c r="Y60" s="1" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="Z60" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA60" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="AB60" s="1" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="D61" s="1" t="s">
         <v>283</v>
-      </c>
-[...7 lines deleted...]
-        <v>32</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F61" s="1">
         <v>3</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>33</v>
+        <v>284</v>
       </c>
       <c r="H61" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J61" s="1">
         <v>2026</v>
       </c>
       <c r="K61" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L61" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M61" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N61" s="1" t="s">
-        <v>37</v>
+        <v>275</v>
       </c>
       <c r="O61" s="1">
-        <v>0</v>
+        <v>1100</v>
       </c>
       <c r="P61" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R61" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q61" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="R61" s="1" t="s">
+        <v>105</v>
+      </c>
       <c r="S61" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T61" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U61" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="V61" s="1" t="s">
-        <v>41</v>
+        <v>170</v>
       </c>
       <c r="W61" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X61" s="1">
         <v>0</v>
       </c>
       <c r="Y61" s="1" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="Z61" s="1">
         <v>15</v>
       </c>
       <c r="AA61" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB61" s="1" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="s">
         <v>286</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>287</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>288</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F62" s="1">
         <v>3</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H62" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="J62" s="1">
         <v>2026</v>
       </c>
       <c r="K62" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L62" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M62" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N62" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O62" s="1">
         <v>0</v>
       </c>
       <c r="P62" s="1">
         <v>0</v>
       </c>
       <c r="Q62" s="1" t="s"/>
       <c r="R62" s="1" t="s"/>
       <c r="S62" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T62" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U62" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="V62" s="1" t="s">
-        <v>41</v>
+        <v>170</v>
       </c>
       <c r="W62" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X62" s="1">
         <v>0</v>
       </c>
       <c r="Y62" s="1" t="s">
-        <v>162</v>
+        <v>289</v>
       </c>
       <c r="Z62" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="AA62" s="1">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="AB62" s="1" t="s">
-        <v>102</v>
+        <v>87</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F63" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>292</v>
+        <v>33</v>
       </c>
       <c r="H63" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J63" s="1">
         <v>2026</v>
       </c>
       <c r="K63" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L63" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M63" s="2">
         <v>46150.25</v>
       </c>
       <c r="N63" s="1" t="s">
-        <v>293</v>
+        <v>37</v>
       </c>
       <c r="O63" s="1">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="P63" s="1">
-        <v>1050</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q63" s="1" t="s"/>
+      <c r="R63" s="1" t="s"/>
       <c r="S63" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T63" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U63" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V63" s="1" t="s">
-        <v>175</v>
+        <v>41</v>
       </c>
       <c r="W63" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X63" s="1">
         <v>0</v>
       </c>
       <c r="Y63" s="1" t="s">
-        <v>162</v>
+        <v>293</v>
       </c>
       <c r="Z63" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="AA63" s="1">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="AB63" s="1" t="s">
-        <v>102</v>
+        <v>87</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B64" s="1" t="s">
         <v>295</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="C64" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="C64" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D64" s="1" t="s">
-        <v>224</v>
+        <v>31</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F64" s="1">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H64" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J64" s="1">
         <v>2026</v>
       </c>
       <c r="K64" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L64" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M64" s="2">
         <v>46150.25</v>
       </c>
       <c r="N64" s="1" t="s">
         <v>37</v>
       </c>
@@ -8286,5161 +8172,5141 @@
       </c>
       <c r="P64" s="1">
         <v>0</v>
       </c>
       <c r="Q64" s="1" t="s"/>
       <c r="R64" s="1" t="s"/>
       <c r="S64" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T64" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U64" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V64" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W64" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X64" s="1">
         <v>0</v>
       </c>
       <c r="Y64" s="1" t="s">
-        <v>162</v>
+        <v>293</v>
       </c>
       <c r="Z64" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="AA64" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="AB64" s="1" t="s">
-        <v>102</v>
+        <v>87</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="s">
         <v>297</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>298</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>299</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>300</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F65" s="1">
         <v>3</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>301</v>
+        <v>33</v>
       </c>
       <c r="H65" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J65" s="1">
         <v>2026</v>
       </c>
       <c r="K65" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L65" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M65" s="2">
         <v>46150.25</v>
       </c>
       <c r="N65" s="1" t="s">
-        <v>293</v>
+        <v>37</v>
       </c>
       <c r="O65" s="1">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="P65" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q65" s="1" t="s"/>
+      <c r="R65" s="1" t="s"/>
       <c r="S65" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T65" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U65" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V65" s="1" t="s">
-        <v>175</v>
+        <v>41</v>
       </c>
       <c r="W65" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X65" s="1">
         <v>0</v>
       </c>
       <c r="Y65" s="1" t="s">
-        <v>162</v>
+        <v>301</v>
       </c>
       <c r="Z65" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="AA65" s="1">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="AB65" s="1" t="s">
-        <v>102</v>
+        <v>87</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="B66" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="C66" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="C66" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D66" s="1" t="s">
-        <v>214</v>
+        <v>224</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F66" s="1">
         <v>3</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>109</v>
+        <v>33</v>
       </c>
       <c r="H66" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J66" s="1">
         <v>2026</v>
       </c>
       <c r="K66" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L66" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M66" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N66" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O66" s="1">
-        <v>930</v>
+        <v>0</v>
       </c>
       <c r="P66" s="1">
-        <v>1050</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q66" s="1" t="s"/>
+      <c r="R66" s="1" t="s"/>
       <c r="S66" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T66" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U66" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V66" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W66" s="1" t="s">
-        <v>307</v>
+        <v>42</v>
       </c>
       <c r="X66" s="1">
         <v>0</v>
       </c>
       <c r="Y66" s="1" t="s">
-        <v>308</v>
+        <v>289</v>
       </c>
       <c r="Z66" s="1">
         <v>35</v>
       </c>
       <c r="AA66" s="1">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="AB66" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F67" s="1">
         <v>3</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H67" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J67" s="1">
         <v>2026</v>
       </c>
       <c r="K67" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L67" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M67" s="2">
         <v>46150.25</v>
       </c>
       <c r="N67" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O67" s="1">
         <v>0</v>
       </c>
       <c r="P67" s="1">
         <v>0</v>
       </c>
       <c r="Q67" s="1" t="s"/>
       <c r="R67" s="1" t="s"/>
       <c r="S67" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T67" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U67" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V67" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W67" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X67" s="1">
         <v>0</v>
       </c>
       <c r="Y67" s="1" t="s">
-        <v>312</v>
+        <v>289</v>
       </c>
       <c r="Z67" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="AA67" s="1">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="AB67" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F68" s="1">
         <v>3</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H68" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J68" s="1">
         <v>2026</v>
       </c>
       <c r="K68" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L68" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M68" s="2">
         <v>46150.25</v>
       </c>
       <c r="N68" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O68" s="1">
         <v>0</v>
       </c>
       <c r="P68" s="1">
         <v>0</v>
       </c>
       <c r="Q68" s="1" t="s"/>
       <c r="R68" s="1" t="s"/>
       <c r="S68" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T68" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U68" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V68" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W68" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X68" s="1">
         <v>0</v>
       </c>
       <c r="Y68" s="1" t="s">
-        <v>312</v>
+        <v>289</v>
       </c>
       <c r="Z68" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="AA68" s="1">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="AB68" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F69" s="1">
         <v>3</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>33</v>
+        <v>315</v>
       </c>
       <c r="H69" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J69" s="1">
         <v>2026</v>
       </c>
       <c r="K69" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L69" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M69" s="2">
         <v>46150.25</v>
       </c>
       <c r="N69" s="1" t="s">
-        <v>37</v>
+        <v>316</v>
       </c>
       <c r="O69" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="P69" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R69" s="1" t="s"/>
+        <v>1700</v>
+      </c>
+      <c r="Q69" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="R69" s="1" t="s">
+        <v>83</v>
+      </c>
       <c r="S69" s="1" t="s">
-        <v>38</v>
+        <v>191</v>
       </c>
       <c r="T69" s="1" t="s">
-        <v>39</v>
+        <v>192</v>
       </c>
       <c r="U69" s="1" t="s">
-        <v>40</v>
+        <v>191</v>
       </c>
       <c r="V69" s="1" t="s">
-        <v>41</v>
+        <v>193</v>
       </c>
       <c r="W69" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X69" s="1">
         <v>0</v>
       </c>
       <c r="Y69" s="1" t="s">
-        <v>320</v>
+        <v>289</v>
       </c>
       <c r="Z69" s="1">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="AA69" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="AB69" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>242</v>
+        <v>32</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F70" s="1">
         <v>3</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>33</v>
+        <v>188</v>
       </c>
       <c r="H70" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J70" s="1">
         <v>2026</v>
       </c>
       <c r="K70" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L70" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M70" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N70" s="1" t="s">
-        <v>37</v>
+        <v>321</v>
       </c>
       <c r="O70" s="1">
-        <v>0</v>
+        <v>953</v>
       </c>
       <c r="P70" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R70" s="1" t="s"/>
+        <v>1043</v>
+      </c>
+      <c r="Q70" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="R70" s="1" t="s">
+        <v>323</v>
+      </c>
       <c r="S70" s="1" t="s">
-        <v>38</v>
+        <v>191</v>
       </c>
       <c r="T70" s="1" t="s">
-        <v>39</v>
+        <v>192</v>
       </c>
       <c r="U70" s="1" t="s">
-        <v>40</v>
+        <v>191</v>
       </c>
       <c r="V70" s="1" t="s">
-        <v>41</v>
+        <v>193</v>
       </c>
       <c r="W70" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X70" s="1">
         <v>0</v>
       </c>
       <c r="Y70" s="1" t="s">
-        <v>308</v>
+        <v>324</v>
       </c>
       <c r="Z70" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="AA70" s="1">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="AB70" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F71" s="1">
         <v>3</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H71" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J71" s="1">
         <v>2026</v>
       </c>
       <c r="K71" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L71" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M71" s="2">
         <v>46150.25</v>
       </c>
       <c r="N71" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O71" s="1">
         <v>0</v>
       </c>
       <c r="P71" s="1">
         <v>0</v>
       </c>
       <c r="Q71" s="1" t="s"/>
       <c r="R71" s="1" t="s"/>
       <c r="S71" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T71" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U71" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V71" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W71" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X71" s="1">
         <v>0</v>
       </c>
       <c r="Y71" s="1" t="s">
-        <v>308</v>
+        <v>328</v>
       </c>
       <c r="Z71" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="AA71" s="1">
-        <v>7</v>
+        <v>27</v>
       </c>
       <c r="AB71" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>330</v>
+        <v>31</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F72" s="1">
         <v>3</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>331</v>
+        <v>33</v>
       </c>
       <c r="H72" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J72" s="1">
         <v>2026</v>
       </c>
       <c r="K72" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L72" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M72" s="2">
         <v>46150.25</v>
       </c>
       <c r="N72" s="1" t="s">
-        <v>332</v>
+        <v>37</v>
       </c>
       <c r="O72" s="1">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="P72" s="1">
-        <v>1700</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q72" s="1" t="s"/>
+      <c r="R72" s="1" t="s"/>
       <c r="S72" s="1" t="s">
-        <v>196</v>
+        <v>38</v>
       </c>
       <c r="T72" s="1" t="s">
-        <v>197</v>
+        <v>39</v>
       </c>
       <c r="U72" s="1" t="s">
-        <v>196</v>
+        <v>40</v>
       </c>
       <c r="V72" s="1" t="s">
-        <v>198</v>
+        <v>41</v>
       </c>
       <c r="W72" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X72" s="1">
         <v>0</v>
       </c>
       <c r="Y72" s="1" t="s">
-        <v>308</v>
+        <v>328</v>
       </c>
       <c r="Z72" s="1">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="AA72" s="1">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="AB72" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="D73" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E73" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F73" s="1">
+        <v>5</v>
+      </c>
+      <c r="G73" s="1" t="s">
         <v>335</v>
-      </c>
-[...13 lines deleted...]
-        <v>227</v>
       </c>
       <c r="H73" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J73" s="1">
         <v>2026</v>
       </c>
       <c r="K73" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L73" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M73" s="2">
         <v>46150.25</v>
       </c>
       <c r="N73" s="1" t="s">
-        <v>67</v>
+        <v>123</v>
       </c>
       <c r="O73" s="1">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="P73" s="1">
-        <v>1130</v>
+        <v>1150</v>
       </c>
       <c r="Q73" s="1" t="s">
-        <v>228</v>
+        <v>317</v>
       </c>
       <c r="R73" s="1" t="s">
-        <v>337</v>
+        <v>105</v>
       </c>
       <c r="S73" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T73" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U73" s="1" t="s">
-        <v>44</v>
+        <v>336</v>
       </c>
       <c r="V73" s="1" t="s">
-        <v>84</v>
+        <v>337</v>
       </c>
       <c r="W73" s="1" t="s">
         <v>338</v>
       </c>
       <c r="X73" s="1">
         <v>0</v>
       </c>
       <c r="Y73" s="1" t="s">
         <v>339</v>
       </c>
       <c r="Z73" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="AA73" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB73" s="1" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F74" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>193</v>
+        <v>114</v>
       </c>
       <c r="H74" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J74" s="1">
         <v>2026</v>
       </c>
       <c r="K74" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L74" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M74" s="2">
         <v>46150.25</v>
       </c>
       <c r="N74" s="1" t="s">
-        <v>340</v>
+        <v>123</v>
       </c>
       <c r="O74" s="1">
-        <v>953</v>
+        <v>1300</v>
       </c>
       <c r="P74" s="1">
-        <v>1043</v>
+        <v>1650</v>
       </c>
       <c r="Q74" s="1" t="s">
-        <v>341</v>
+        <v>115</v>
       </c>
       <c r="R74" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="S74" s="1" t="s">
-        <v>196</v>
+        <v>70</v>
       </c>
       <c r="T74" s="1" t="s">
-        <v>197</v>
+        <v>71</v>
       </c>
       <c r="U74" s="1" t="s">
-        <v>196</v>
+        <v>106</v>
       </c>
       <c r="V74" s="1" t="s">
-        <v>198</v>
+        <v>107</v>
       </c>
       <c r="W74" s="1" t="s">
-        <v>42</v>
+        <v>344</v>
       </c>
       <c r="X74" s="1">
         <v>0</v>
       </c>
       <c r="Y74" s="1" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="Z74" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="AA74" s="1">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="AB74" s="1" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F75" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="H75" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J75" s="1">
         <v>2026</v>
       </c>
       <c r="K75" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L75" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M75" s="2">
         <v>46150.25</v>
       </c>
       <c r="N75" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="O75" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="P75" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R75" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q75" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="R75" s="1" t="s">
+        <v>105</v>
+      </c>
       <c r="S75" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T75" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U75" s="1" t="s">
-        <v>40</v>
+        <v>336</v>
       </c>
       <c r="V75" s="1" t="s">
-        <v>41</v>
+        <v>337</v>
       </c>
       <c r="W75" s="1" t="s">
-        <v>42</v>
+        <v>344</v>
       </c>
       <c r="X75" s="1">
         <v>0</v>
       </c>
       <c r="Y75" s="1" t="s">
         <v>339</v>
       </c>
       <c r="Z75" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="AA75" s="1">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="AB75" s="1" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>31</v>
+        <v>351</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F76" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>33</v>
+        <v>114</v>
       </c>
       <c r="H76" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J76" s="1">
         <v>2026</v>
       </c>
       <c r="K76" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L76" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M76" s="2">
         <v>46150.25</v>
       </c>
       <c r="N76" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="O76" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="P76" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R76" s="1" t="s"/>
+        <v>1650</v>
+      </c>
+      <c r="Q76" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="R76" s="1" t="s">
+        <v>343</v>
+      </c>
       <c r="S76" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T76" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U76" s="1" t="s">
-        <v>40</v>
+        <v>336</v>
       </c>
       <c r="V76" s="1" t="s">
-        <v>41</v>
+        <v>337</v>
       </c>
       <c r="W76" s="1" t="s">
-        <v>42</v>
+        <v>344</v>
       </c>
       <c r="X76" s="1">
         <v>0</v>
       </c>
       <c r="Y76" s="1" t="s">
         <v>339</v>
       </c>
       <c r="Z76" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="AA76" s="1">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="AB76" s="1" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>32</v>
+        <v>355</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F77" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>353</v>
+        <v>122</v>
       </c>
       <c r="H77" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J77" s="1">
         <v>2026</v>
       </c>
       <c r="K77" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L77" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M77" s="2">
         <v>46150.25</v>
       </c>
       <c r="N77" s="1" t="s">
-        <v>129</v>
+        <v>275</v>
       </c>
       <c r="O77" s="1">
-        <v>800</v>
+        <v>900</v>
       </c>
       <c r="P77" s="1">
-        <v>1150</v>
+        <v>950</v>
       </c>
       <c r="Q77" s="1" t="s">
-        <v>215</v>
+        <v>104</v>
       </c>
       <c r="R77" s="1" t="s">
-        <v>111</v>
+        <v>356</v>
       </c>
       <c r="S77" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T77" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U77" s="1" t="s">
-        <v>354</v>
+        <v>38</v>
       </c>
       <c r="V77" s="1" t="s">
-        <v>355</v>
+        <v>170</v>
       </c>
       <c r="W77" s="1" t="s">
-        <v>356</v>
+        <v>42</v>
       </c>
       <c r="X77" s="1">
         <v>0</v>
       </c>
       <c r="Y77" s="1" t="s">
-        <v>357</v>
+        <v>157</v>
       </c>
       <c r="Z77" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="AA77" s="1">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="AB77" s="1" t="s">
-        <v>116</v>
+        <v>96</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="B78" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="B78" s="1" t="s">
+      <c r="C78" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="D78" s="1" t="s">
         <v>359</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="E78" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F78" s="1">
+        <v>0</v>
+      </c>
+      <c r="G78" s="1" t="s">
         <v>360</v>
-      </c>
-[...10 lines deleted...]
-        <v>120</v>
       </c>
       <c r="H78" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J78" s="1">
         <v>2026</v>
       </c>
       <c r="K78" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L78" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M78" s="2">
         <v>46150.25</v>
       </c>
       <c r="N78" s="1" t="s">
-        <v>129</v>
+        <v>174</v>
       </c>
       <c r="O78" s="1">
-        <v>1300</v>
+        <v>1100</v>
       </c>
       <c r="P78" s="1">
-        <v>1650</v>
+        <v>1250</v>
       </c>
       <c r="Q78" s="1" t="s">
-        <v>121</v>
+        <v>285</v>
       </c>
       <c r="R78" s="1" t="s">
-        <v>93</v>
+        <v>361</v>
       </c>
       <c r="S78" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T78" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U78" s="1" t="s">
-        <v>112</v>
+        <v>38</v>
       </c>
       <c r="V78" s="1" t="s">
-        <v>113</v>
+        <v>170</v>
       </c>
       <c r="W78" s="1" t="s">
-        <v>361</v>
+        <v>42</v>
       </c>
       <c r="X78" s="1">
         <v>0</v>
       </c>
       <c r="Y78" s="1" t="s">
-        <v>357</v>
+        <v>157</v>
       </c>
       <c r="Z78" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="AA78" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="AB78" s="1" t="s">
-        <v>116</v>
+        <v>96</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="s">
         <v>362</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>363</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>364</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>32</v>
+        <v>365</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F79" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="H79" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J79" s="1">
         <v>2026</v>
       </c>
       <c r="K79" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L79" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M79" s="2">
         <v>46150.25</v>
       </c>
       <c r="N79" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O79" s="1">
-        <v>800</v>
+        <v>900</v>
       </c>
       <c r="P79" s="1">
-        <v>1150</v>
+        <v>1040</v>
       </c>
       <c r="Q79" s="1" t="s">
-        <v>215</v>
+        <v>104</v>
       </c>
       <c r="R79" s="1" t="s">
-        <v>111</v>
+        <v>366</v>
       </c>
       <c r="S79" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T79" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U79" s="1" t="s">
-        <v>354</v>
+        <v>38</v>
       </c>
       <c r="V79" s="1" t="s">
-        <v>355</v>
+        <v>170</v>
       </c>
       <c r="W79" s="1" t="s">
-        <v>361</v>
+        <v>42</v>
       </c>
       <c r="X79" s="1">
         <v>0</v>
       </c>
       <c r="Y79" s="1" t="s">
-        <v>357</v>
+        <v>157</v>
       </c>
       <c r="Z79" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="AA79" s="1">
         <v>5</v>
       </c>
       <c r="AB79" s="1" t="s">
-        <v>116</v>
+        <v>96</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>368</v>
+        <v>32</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F80" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>120</v>
+        <v>370</v>
       </c>
       <c r="H80" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J80" s="1">
         <v>2026</v>
       </c>
       <c r="K80" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L80" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M80" s="2">
         <v>46150.25</v>
       </c>
       <c r="N80" s="1" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="O80" s="1">
-        <v>1300</v>
+        <v>800</v>
       </c>
       <c r="P80" s="1">
-        <v>1650</v>
+        <v>850</v>
       </c>
       <c r="Q80" s="1" t="s">
-        <v>121</v>
+        <v>317</v>
       </c>
       <c r="R80" s="1" t="s">
-        <v>93</v>
+        <v>371</v>
       </c>
       <c r="S80" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T80" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U80" s="1" t="s">
-        <v>354</v>
+        <v>372</v>
       </c>
       <c r="V80" s="1" t="s">
-        <v>355</v>
+        <v>373</v>
       </c>
       <c r="W80" s="1" t="s">
-        <v>361</v>
+        <v>374</v>
       </c>
       <c r="X80" s="1">
         <v>0</v>
       </c>
       <c r="Y80" s="1" t="s">
-        <v>357</v>
+        <v>375</v>
       </c>
       <c r="Z80" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="AA80" s="1">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="AB80" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>369</v>
       </c>
-      <c r="B81" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D81" s="1" t="s">
-        <v>372</v>
+        <v>32</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F81" s="1">
         <v>4</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>128</v>
+        <v>376</v>
       </c>
       <c r="H81" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J81" s="1">
         <v>2026</v>
       </c>
       <c r="K81" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L81" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M81" s="2">
         <v>46150.25</v>
       </c>
       <c r="N81" s="1" t="s">
-        <v>293</v>
+        <v>81</v>
       </c>
       <c r="O81" s="1">
-        <v>900</v>
+        <v>800</v>
       </c>
       <c r="P81" s="1">
-        <v>950</v>
+        <v>850</v>
       </c>
       <c r="Q81" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="R81" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="S81" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="T81" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="U81" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="V81" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="W81" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="X81" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y81" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="Z81" s="1">
+        <v>10</v>
+      </c>
+      <c r="AA81" s="1">
+        <v>1</v>
+      </c>
+      <c r="AB81" s="1" t="s">
         <v>110</v>
-      </c>
-[...31 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="s">
-        <v>373</v>
+        <v>381</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>371</v>
+        <v>383</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>375</v>
+        <v>32</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F82" s="1">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="H82" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J82" s="1">
         <v>2026</v>
       </c>
       <c r="K82" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L82" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M82" s="2">
         <v>46150.25</v>
       </c>
       <c r="N82" s="1" t="s">
-        <v>179</v>
+        <v>81</v>
       </c>
       <c r="O82" s="1">
-        <v>1100</v>
+        <v>900</v>
       </c>
       <c r="P82" s="1">
-        <v>1250</v>
+        <v>950</v>
       </c>
       <c r="Q82" s="1" t="s">
-        <v>302</v>
+        <v>104</v>
       </c>
       <c r="R82" s="1" t="s">
-        <v>377</v>
+        <v>356</v>
       </c>
       <c r="S82" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T82" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U82" s="1" t="s">
-        <v>38</v>
+        <v>372</v>
       </c>
       <c r="V82" s="1" t="s">
-        <v>175</v>
+        <v>373</v>
       </c>
       <c r="W82" s="1" t="s">
-        <v>42</v>
+        <v>374</v>
       </c>
       <c r="X82" s="1">
         <v>0</v>
       </c>
       <c r="Y82" s="1" t="s">
-        <v>162</v>
+        <v>375</v>
       </c>
       <c r="Z82" s="1">
         <v>15</v>
       </c>
       <c r="AA82" s="1">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="AB82" s="1" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>381</v>
+        <v>32</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F83" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>109</v>
+        <v>376</v>
       </c>
       <c r="H83" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J83" s="1">
         <v>2026</v>
       </c>
       <c r="K83" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L83" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M83" s="2">
         <v>46150.25</v>
       </c>
       <c r="N83" s="1" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="O83" s="1">
         <v>900</v>
       </c>
       <c r="P83" s="1">
-        <v>1040</v>
+        <v>950</v>
       </c>
       <c r="Q83" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="R83" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="S83" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="T83" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="U83" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="V83" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="W83" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="X83" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y83" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="Z83" s="1">
+        <v>10</v>
+      </c>
+      <c r="AA83" s="1">
+        <v>1</v>
+      </c>
+      <c r="AB83" s="1" t="s">
         <v>110</v>
-      </c>
-[...31 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F84" s="1">
         <v>4</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>386</v>
+        <v>370</v>
       </c>
       <c r="H84" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J84" s="1">
         <v>2026</v>
       </c>
       <c r="K84" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L84" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M84" s="2">
         <v>46150.25</v>
       </c>
       <c r="N84" s="1" t="s">
-        <v>387</v>
+        <v>81</v>
       </c>
       <c r="O84" s="1">
-        <v>800</v>
+        <v>1100</v>
       </c>
       <c r="P84" s="1">
-        <v>850</v>
+        <v>1250</v>
       </c>
       <c r="Q84" s="1" t="s">
-        <v>215</v>
+        <v>285</v>
       </c>
       <c r="R84" s="1" t="s">
-        <v>388</v>
+        <v>361</v>
       </c>
       <c r="S84" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T84" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U84" s="1" t="s">
-        <v>389</v>
+        <v>372</v>
       </c>
       <c r="V84" s="1" t="s">
-        <v>390</v>
+        <v>373</v>
       </c>
       <c r="W84" s="1" t="s">
-        <v>391</v>
+        <v>374</v>
       </c>
       <c r="X84" s="1">
         <v>0</v>
       </c>
       <c r="Y84" s="1" t="s">
-        <v>392</v>
+        <v>375</v>
       </c>
       <c r="Z84" s="1">
         <v>15</v>
       </c>
       <c r="AA84" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="AB84" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F85" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>393</v>
+        <v>370</v>
       </c>
       <c r="H85" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J85" s="1">
         <v>2026</v>
       </c>
       <c r="K85" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L85" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M85" s="2">
         <v>46150.25</v>
       </c>
       <c r="N85" s="1" t="s">
-        <v>387</v>
+        <v>81</v>
       </c>
       <c r="O85" s="1">
-        <v>800</v>
+        <v>1400</v>
       </c>
       <c r="P85" s="1">
-        <v>850</v>
+        <v>1630</v>
       </c>
       <c r="Q85" s="1" t="s">
-        <v>215</v>
+        <v>391</v>
       </c>
       <c r="R85" s="1" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="S85" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T85" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U85" s="1" t="s">
-        <v>394</v>
+        <v>372</v>
       </c>
       <c r="V85" s="1" t="s">
-        <v>395</v>
+        <v>373</v>
       </c>
       <c r="W85" s="1" t="s">
-        <v>396</v>
+        <v>374</v>
       </c>
       <c r="X85" s="1">
         <v>0</v>
       </c>
       <c r="Y85" s="1" t="s">
-        <v>397</v>
+        <v>375</v>
       </c>
       <c r="Z85" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="AA85" s="1">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="AB85" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="s">
-        <v>398</v>
+        <v>388</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>399</v>
+        <v>389</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>400</v>
+        <v>390</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F86" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="H86" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J86" s="1">
         <v>2026</v>
       </c>
       <c r="K86" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L86" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M86" s="2">
         <v>46150.25</v>
       </c>
       <c r="N86" s="1" t="s">
-        <v>387</v>
+        <v>81</v>
       </c>
       <c r="O86" s="1">
-        <v>900</v>
+        <v>1400</v>
       </c>
       <c r="P86" s="1">
-        <v>950</v>
+        <v>1630</v>
       </c>
       <c r="Q86" s="1" t="s">
-        <v>110</v>
+        <v>391</v>
       </c>
       <c r="R86" s="1" t="s">
-        <v>216</v>
+        <v>392</v>
       </c>
       <c r="S86" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T86" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U86" s="1" t="s">
-        <v>389</v>
+        <v>372</v>
       </c>
       <c r="V86" s="1" t="s">
-        <v>390</v>
+        <v>373</v>
       </c>
       <c r="W86" s="1" t="s">
-        <v>391</v>
+        <v>384</v>
       </c>
       <c r="X86" s="1">
         <v>0</v>
       </c>
       <c r="Y86" s="1" t="s">
-        <v>392</v>
+        <v>380</v>
       </c>
       <c r="Z86" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="AA86" s="1">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="AB86" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F87" s="1">
         <v>4</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="H87" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J87" s="1">
         <v>2026</v>
       </c>
       <c r="K87" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L87" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M87" s="2">
         <v>46150.25</v>
       </c>
       <c r="N87" s="1" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
       <c r="O87" s="1">
-        <v>900</v>
+        <v>800</v>
       </c>
       <c r="P87" s="1">
-        <v>950</v>
+        <v>1700</v>
       </c>
       <c r="Q87" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="R87" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="S87" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="T87" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="U87" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="V87" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="W87" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X87" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y87" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="Z87" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA87" s="1">
+        <v>14</v>
+      </c>
+      <c r="AB87" s="1" t="s">
         <v>110</v>
-      </c>
-[...31 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F88" s="1">
         <v>4</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
       <c r="H88" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J88" s="1">
         <v>2026</v>
       </c>
       <c r="K88" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L88" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M88" s="2">
         <v>46150.25</v>
       </c>
       <c r="N88" s="1" t="s">
-        <v>387</v>
+        <v>81</v>
       </c>
       <c r="O88" s="1">
-        <v>1100</v>
+        <v>800</v>
       </c>
       <c r="P88" s="1">
-        <v>1250</v>
+        <v>850</v>
       </c>
       <c r="Q88" s="1" t="s">
-        <v>302</v>
+        <v>317</v>
       </c>
       <c r="R88" s="1" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="S88" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T88" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U88" s="1" t="s">
-        <v>389</v>
+        <v>372</v>
       </c>
       <c r="V88" s="1" t="s">
-        <v>390</v>
+        <v>373</v>
       </c>
       <c r="W88" s="1" t="s">
-        <v>391</v>
+        <v>402</v>
       </c>
       <c r="X88" s="1">
         <v>0</v>
       </c>
       <c r="Y88" s="1" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="Z88" s="1">
         <v>15</v>
       </c>
       <c r="AA88" s="1">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="AB88" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="B89" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D89" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F89" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
       <c r="H89" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J89" s="1">
         <v>2026</v>
       </c>
       <c r="K89" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L89" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M89" s="2">
         <v>46150.25</v>
       </c>
       <c r="N89" s="1" t="s">
-        <v>387</v>
+        <v>81</v>
       </c>
       <c r="O89" s="1">
-        <v>1400</v>
+        <v>1000</v>
       </c>
       <c r="P89" s="1">
-        <v>1630</v>
+        <v>1050</v>
       </c>
       <c r="Q89" s="1" t="s">
-        <v>238</v>
+        <v>276</v>
       </c>
       <c r="R89" s="1" t="s">
-        <v>408</v>
+        <v>277</v>
       </c>
       <c r="S89" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T89" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U89" s="1" t="s">
-        <v>389</v>
+        <v>372</v>
       </c>
       <c r="V89" s="1" t="s">
-        <v>390</v>
+        <v>373</v>
       </c>
       <c r="W89" s="1" t="s">
-        <v>391</v>
+        <v>384</v>
       </c>
       <c r="X89" s="1">
         <v>0</v>
       </c>
       <c r="Y89" s="1" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="Z89" s="1">
         <v>15</v>
       </c>
       <c r="AA89" s="1">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="AB89" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F90" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="H90" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J90" s="1">
         <v>2026</v>
       </c>
       <c r="K90" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L90" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M90" s="2">
         <v>46150.25</v>
       </c>
       <c r="N90" s="1" t="s">
-        <v>387</v>
+        <v>81</v>
       </c>
       <c r="O90" s="1">
-        <v>1400</v>
+        <v>1100</v>
       </c>
       <c r="P90" s="1">
-        <v>1630</v>
+        <v>1250</v>
       </c>
       <c r="Q90" s="1" t="s">
-        <v>238</v>
+        <v>285</v>
       </c>
       <c r="R90" s="1" t="s">
-        <v>408</v>
+        <v>361</v>
       </c>
       <c r="S90" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T90" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U90" s="1" t="s">
-        <v>389</v>
+        <v>372</v>
       </c>
       <c r="V90" s="1" t="s">
-        <v>390</v>
+        <v>373</v>
       </c>
       <c r="W90" s="1" t="s">
-        <v>401</v>
+        <v>384</v>
       </c>
       <c r="X90" s="1">
         <v>0</v>
       </c>
       <c r="Y90" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="Z90" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="AA90" s="1">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="AB90" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="s">
         <v>409</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>410</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>411</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>32</v>
+        <v>412</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F91" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>412</v>
+        <v>376</v>
       </c>
       <c r="H91" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J91" s="1">
         <v>2026</v>
       </c>
       <c r="K91" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L91" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M91" s="2">
         <v>46150.25</v>
       </c>
       <c r="N91" s="1" t="s">
-        <v>413</v>
+        <v>81</v>
       </c>
       <c r="O91" s="1">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="P91" s="1">
-        <v>1700</v>
+        <v>1050</v>
       </c>
       <c r="Q91" s="1" t="s">
-        <v>215</v>
+        <v>276</v>
       </c>
       <c r="R91" s="1" t="s">
-        <v>333</v>
+        <v>277</v>
       </c>
       <c r="S91" s="1" t="s">
-        <v>196</v>
+        <v>70</v>
       </c>
       <c r="T91" s="1" t="s">
-        <v>197</v>
+        <v>71</v>
       </c>
       <c r="U91" s="1" t="s">
-        <v>196</v>
+        <v>372</v>
       </c>
       <c r="V91" s="1" t="s">
-        <v>198</v>
+        <v>373</v>
       </c>
       <c r="W91" s="1" t="s">
-        <v>42</v>
+        <v>85</v>
       </c>
       <c r="X91" s="1">
         <v>0</v>
       </c>
       <c r="Y91" s="1" t="s">
-        <v>414</v>
+        <v>380</v>
       </c>
       <c r="Z91" s="1">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="AA91" s="1">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="AB91" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="C92" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="B92" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D92" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F92" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>412</v>
+        <v>122</v>
       </c>
       <c r="H92" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J92" s="1">
         <v>2026</v>
       </c>
       <c r="K92" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L92" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M92" s="2">
         <v>46150.25</v>
       </c>
       <c r="N92" s="1" t="s">
-        <v>387</v>
+        <v>416</v>
       </c>
       <c r="O92" s="1">
-        <v>800</v>
+        <v>900</v>
       </c>
       <c r="P92" s="1">
-        <v>850</v>
+        <v>1150</v>
       </c>
       <c r="Q92" s="1" t="s">
-        <v>215</v>
+        <v>104</v>
       </c>
       <c r="R92" s="1" t="s">
-        <v>388</v>
+        <v>105</v>
       </c>
       <c r="S92" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T92" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U92" s="1" t="s">
-        <v>389</v>
+        <v>144</v>
       </c>
       <c r="V92" s="1" t="s">
-        <v>390</v>
+        <v>145</v>
       </c>
       <c r="W92" s="1" t="s">
-        <v>418</v>
+        <v>152</v>
       </c>
       <c r="X92" s="1">
         <v>0</v>
       </c>
       <c r="Y92" s="1" t="s">
-        <v>414</v>
+        <v>147</v>
       </c>
       <c r="Z92" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="AA92" s="1">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="AB92" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="B93" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D93" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F93" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>412</v>
+        <v>140</v>
       </c>
       <c r="H93" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J93" s="1">
         <v>2026</v>
       </c>
       <c r="K93" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L93" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M93" s="2">
         <v>46150.25</v>
       </c>
       <c r="N93" s="1" t="s">
-        <v>387</v>
+        <v>416</v>
       </c>
       <c r="O93" s="1">
-        <v>1000</v>
+        <v>1300</v>
       </c>
       <c r="P93" s="1">
-        <v>1050</v>
+        <v>1550</v>
       </c>
       <c r="Q93" s="1" t="s">
-        <v>228</v>
+        <v>115</v>
       </c>
       <c r="R93" s="1" t="s">
-        <v>294</v>
+        <v>116</v>
       </c>
       <c r="S93" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T93" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U93" s="1" t="s">
-        <v>389</v>
+        <v>144</v>
       </c>
       <c r="V93" s="1" t="s">
-        <v>390</v>
+        <v>145</v>
       </c>
       <c r="W93" s="1" t="s">
-        <v>401</v>
+        <v>152</v>
       </c>
       <c r="X93" s="1">
         <v>0</v>
       </c>
       <c r="Y93" s="1" t="s">
-        <v>414</v>
+        <v>147</v>
       </c>
       <c r="Z93" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="AA93" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="AB93" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F94" s="1">
         <v>2</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>412</v>
+        <v>188</v>
       </c>
       <c r="H94" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J94" s="1">
         <v>2026</v>
       </c>
       <c r="K94" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L94" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M94" s="2">
         <v>46150.25</v>
       </c>
       <c r="N94" s="1" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
       <c r="O94" s="1">
-        <v>1100</v>
+        <v>1300</v>
       </c>
       <c r="P94" s="1">
-        <v>1250</v>
+        <v>1550</v>
       </c>
       <c r="Q94" s="1" t="s">
-        <v>302</v>
+        <v>115</v>
       </c>
       <c r="R94" s="1" t="s">
-        <v>377</v>
+        <v>116</v>
       </c>
       <c r="S94" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T94" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U94" s="1" t="s">
-        <v>389</v>
+        <v>144</v>
       </c>
       <c r="V94" s="1" t="s">
-        <v>390</v>
+        <v>145</v>
       </c>
       <c r="W94" s="1" t="s">
-        <v>401</v>
+        <v>152</v>
       </c>
       <c r="X94" s="1">
         <v>0</v>
       </c>
       <c r="Y94" s="1" t="s">
-        <v>414</v>
+        <v>147</v>
       </c>
       <c r="Z94" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="AA94" s="1">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="AB94" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>428</v>
+        <v>32</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F95" s="1">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>393</v>
+        <v>103</v>
       </c>
       <c r="H95" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J95" s="1">
         <v>2026</v>
       </c>
       <c r="K95" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L95" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M95" s="2">
         <v>46150.25</v>
       </c>
       <c r="N95" s="1" t="s">
-        <v>387</v>
+        <v>423</v>
       </c>
       <c r="O95" s="1">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="P95" s="1">
-        <v>1050</v>
+        <v>1700</v>
       </c>
       <c r="Q95" s="1" t="s">
-        <v>228</v>
+        <v>317</v>
       </c>
       <c r="R95" s="1" t="s">
-        <v>294</v>
+        <v>83</v>
       </c>
       <c r="S95" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T95" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U95" s="1" t="s">
-        <v>389</v>
+        <v>191</v>
       </c>
       <c r="V95" s="1" t="s">
-        <v>390</v>
+        <v>424</v>
       </c>
       <c r="W95" s="1" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="X95" s="1">
         <v>0</v>
       </c>
       <c r="Y95" s="1" t="s">
-        <v>397</v>
+        <v>210</v>
       </c>
       <c r="Z95" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AA95" s="1">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AB95" s="1" t="s">
-        <v>116</v>
+        <v>76</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F96" s="1">
         <v>1</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>120</v>
+        <v>428</v>
       </c>
       <c r="H96" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J96" s="1">
         <v>2026</v>
       </c>
       <c r="K96" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L96" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M96" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N96" s="1" t="s">
-        <v>67</v>
+        <v>174</v>
       </c>
       <c r="O96" s="1">
-        <v>1400</v>
+        <v>1700</v>
       </c>
       <c r="P96" s="1">
-        <v>1450</v>
+        <v>1840</v>
       </c>
       <c r="Q96" s="1" t="s">
-        <v>238</v>
+        <v>83</v>
       </c>
       <c r="R96" s="1" t="s">
-        <v>83</v>
+        <v>429</v>
       </c>
       <c r="S96" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T96" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U96" s="1" t="s">
-        <v>149</v>
+        <v>38</v>
       </c>
       <c r="V96" s="1" t="s">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="W96" s="1" t="s">
-        <v>151</v>
+        <v>42</v>
       </c>
       <c r="X96" s="1">
         <v>0</v>
       </c>
       <c r="Y96" s="1" t="s">
-        <v>152</v>
+        <v>210</v>
       </c>
       <c r="Z96" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="AA96" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="AB96" s="1" t="s">
-        <v>116</v>
+        <v>76</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="C97" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="B97" s="1" t="s">
+      <c r="D97" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E97" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F97" s="1">
+        <v>1</v>
+      </c>
+      <c r="G97" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="C97" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H97" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J97" s="1">
         <v>2026</v>
       </c>
       <c r="K97" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L97" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M97" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N97" s="1" t="s">
-        <v>435</v>
+        <v>151</v>
       </c>
       <c r="O97" s="1">
-        <v>900</v>
+        <v>1000</v>
       </c>
       <c r="P97" s="1">
-        <v>1150</v>
+        <v>1140</v>
       </c>
       <c r="Q97" s="1" t="s">
-        <v>110</v>
+        <v>276</v>
       </c>
       <c r="R97" s="1" t="s">
-        <v>111</v>
+        <v>434</v>
       </c>
       <c r="S97" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T97" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U97" s="1" t="s">
-        <v>149</v>
+        <v>38</v>
       </c>
       <c r="V97" s="1" t="s">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="W97" s="1" t="s">
-        <v>157</v>
+        <v>42</v>
       </c>
       <c r="X97" s="1">
         <v>0</v>
       </c>
       <c r="Y97" s="1" t="s">
-        <v>152</v>
+        <v>210</v>
       </c>
       <c r="Z97" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="AA97" s="1">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="AB97" s="1" t="s">
-        <v>116</v>
+        <v>76</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="B98" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="C98" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="C98" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D98" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F98" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>81</v>
+        <v>315</v>
       </c>
       <c r="H98" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J98" s="1">
         <v>2026</v>
       </c>
       <c r="K98" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L98" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M98" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N98" s="1" t="s">
-        <v>435</v>
+        <v>316</v>
       </c>
       <c r="O98" s="1">
-        <v>1300</v>
+        <v>900</v>
       </c>
       <c r="P98" s="1">
-        <v>1550</v>
+        <v>1620</v>
       </c>
       <c r="Q98" s="1" t="s">
-        <v>121</v>
+        <v>104</v>
       </c>
       <c r="R98" s="1" t="s">
-        <v>122</v>
+        <v>438</v>
       </c>
       <c r="S98" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T98" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U98" s="1" t="s">
-        <v>149</v>
+        <v>72</v>
       </c>
       <c r="V98" s="1" t="s">
-        <v>150</v>
+        <v>73</v>
       </c>
       <c r="W98" s="1" t="s">
-        <v>157</v>
+        <v>439</v>
       </c>
       <c r="X98" s="1">
         <v>0</v>
       </c>
       <c r="Y98" s="1" t="s">
-        <v>152</v>
+        <v>210</v>
       </c>
       <c r="Z98" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="AA98" s="1">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="AB98" s="1" t="s">
-        <v>116</v>
+        <v>76</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F99" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>193</v>
+        <v>33</v>
       </c>
       <c r="H99" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J99" s="1">
         <v>2026</v>
       </c>
       <c r="K99" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L99" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M99" s="2">
         <v>46150.25</v>
       </c>
       <c r="N99" s="1" t="s">
-        <v>413</v>
+        <v>37</v>
       </c>
       <c r="O99" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P99" s="1">
-        <v>1550</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q99" s="1" t="s"/>
+      <c r="R99" s="1" t="s"/>
       <c r="S99" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T99" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U99" s="1" t="s">
-        <v>149</v>
+        <v>40</v>
       </c>
       <c r="V99" s="1" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="W99" s="1" t="s">
-        <v>157</v>
+        <v>42</v>
       </c>
       <c r="X99" s="1">
         <v>0</v>
       </c>
       <c r="Y99" s="1" t="s">
-        <v>152</v>
+        <v>443</v>
       </c>
       <c r="Z99" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="AA99" s="1">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="AB99" s="1" t="s">
-        <v>116</v>
+        <v>444</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>32</v>
+        <v>448</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F100" s="1">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>109</v>
+        <v>433</v>
       </c>
       <c r="H100" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J100" s="1">
         <v>2026</v>
       </c>
       <c r="K100" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L100" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M100" s="2">
         <v>46150.25</v>
       </c>
       <c r="N100" s="1" t="s">
-        <v>442</v>
+        <v>67</v>
       </c>
       <c r="O100" s="1">
-        <v>800</v>
+        <v>930</v>
       </c>
       <c r="P100" s="1">
-        <v>1700</v>
+        <v>1050</v>
       </c>
       <c r="Q100" s="1" t="s">
-        <v>215</v>
+        <v>449</v>
       </c>
       <c r="R100" s="1" t="s">
-        <v>333</v>
+        <v>277</v>
       </c>
       <c r="S100" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T100" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U100" s="1" t="s">
-        <v>196</v>
+        <v>450</v>
       </c>
       <c r="V100" s="1" t="s">
-        <v>443</v>
+        <v>451</v>
       </c>
       <c r="W100" s="1" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="X100" s="1">
         <v>0</v>
       </c>
       <c r="Y100" s="1" t="s">
-        <v>220</v>
+        <v>452</v>
       </c>
       <c r="Z100" s="1">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="AA100" s="1">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="AB100" s="1" t="s">
-        <v>76</v>
+        <v>444</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>32</v>
+        <v>456</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>32</v>
+        <v>457</v>
       </c>
       <c r="F101" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>447</v>
+        <v>66</v>
       </c>
       <c r="H101" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J101" s="1">
         <v>2026</v>
       </c>
       <c r="K101" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L101" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M101" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N101" s="1" t="s">
-        <v>179</v>
+        <v>151</v>
       </c>
       <c r="O101" s="1">
-        <v>1700</v>
+        <v>1600</v>
       </c>
       <c r="P101" s="1">
-        <v>1840</v>
+        <v>1910</v>
       </c>
       <c r="Q101" s="1" t="s">
-        <v>333</v>
+        <v>458</v>
       </c>
       <c r="R101" s="1" t="s">
-        <v>448</v>
+        <v>459</v>
       </c>
       <c r="S101" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T101" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U101" s="1" t="s">
-        <v>38</v>
+        <v>450</v>
       </c>
       <c r="V101" s="1" t="s">
-        <v>175</v>
+        <v>451</v>
       </c>
       <c r="W101" s="1" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="X101" s="1">
         <v>0</v>
       </c>
       <c r="Y101" s="1" t="s">
-        <v>220</v>
+        <v>443</v>
       </c>
       <c r="Z101" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA101" s="1">
         <v>12</v>
       </c>
-      <c r="AA101" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="AB101" s="1" t="s">
-        <v>76</v>
+        <v>444</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="s">
-        <v>449</v>
+        <v>460</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>450</v>
+        <v>461</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>451</v>
+        <v>462</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>32</v>
+        <v>463</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>32</v>
+        <v>464</v>
       </c>
       <c r="F102" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>227</v>
+        <v>66</v>
       </c>
       <c r="H102" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J102" s="1">
         <v>2026</v>
       </c>
       <c r="K102" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L102" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M102" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N102" s="1" t="s">
-        <v>156</v>
+        <v>465</v>
       </c>
       <c r="O102" s="1">
-        <v>1000</v>
+        <v>1600</v>
       </c>
       <c r="P102" s="1">
-        <v>1140</v>
+        <v>1910</v>
       </c>
       <c r="Q102" s="1" t="s">
-        <v>228</v>
+        <v>458</v>
       </c>
       <c r="R102" s="1" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
       <c r="S102" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T102" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U102" s="1" t="s">
-        <v>38</v>
+        <v>450</v>
       </c>
       <c r="V102" s="1" t="s">
-        <v>175</v>
+        <v>451</v>
       </c>
       <c r="W102" s="1" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="X102" s="1">
         <v>0</v>
       </c>
       <c r="Y102" s="1" t="s">
-        <v>220</v>
+        <v>443</v>
       </c>
       <c r="Z102" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="AA102" s="1">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="AB102" s="1" t="s">
-        <v>76</v>
+        <v>444</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>32</v>
+        <v>463</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>32</v>
+        <v>464</v>
       </c>
       <c r="F103" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>331</v>
+        <v>466</v>
       </c>
       <c r="H103" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J103" s="1">
         <v>2026</v>
       </c>
       <c r="K103" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L103" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M103" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N103" s="1" t="s">
-        <v>332</v>
+        <v>316</v>
       </c>
       <c r="O103" s="1">
-        <v>900</v>
+        <v>1600</v>
       </c>
       <c r="P103" s="1">
-        <v>1620</v>
+        <v>1910</v>
       </c>
       <c r="Q103" s="1" t="s">
-        <v>110</v>
+        <v>458</v>
       </c>
       <c r="R103" s="1" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="S103" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T103" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U103" s="1" t="s">
-        <v>72</v>
+        <v>450</v>
       </c>
       <c r="V103" s="1" t="s">
-        <v>73</v>
+        <v>451</v>
       </c>
       <c r="W103" s="1" t="s">
-        <v>457</v>
+        <v>74</v>
       </c>
       <c r="X103" s="1">
         <v>0</v>
       </c>
       <c r="Y103" s="1" t="s">
-        <v>220</v>
+        <v>443</v>
       </c>
       <c r="Z103" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="AA103" s="1">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="AB103" s="1" t="s">
-        <v>76</v>
+        <v>444</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>460</v>
+        <v>469</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>31</v>
+        <v>470</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F104" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>33</v>
+        <v>315</v>
       </c>
       <c r="H104" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J104" s="1">
         <v>2026</v>
       </c>
       <c r="K104" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L104" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M104" s="2">
         <v>46150.25</v>
       </c>
       <c r="N104" s="1" t="s">
-        <v>37</v>
+        <v>316</v>
       </c>
       <c r="O104" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="P104" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R104" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q104" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="R104" s="1" t="s">
+        <v>105</v>
+      </c>
       <c r="S104" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T104" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U104" s="1" t="s">
-        <v>40</v>
+        <v>450</v>
       </c>
       <c r="V104" s="1" t="s">
-        <v>41</v>
+        <v>451</v>
       </c>
       <c r="W104" s="1" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="X104" s="1">
         <v>0</v>
       </c>
       <c r="Y104" s="1" t="s">
-        <v>461</v>
+        <v>443</v>
       </c>
       <c r="Z104" s="1">
         <v>20</v>
       </c>
       <c r="AA104" s="1">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="AB104" s="1" t="s">
-        <v>462</v>
+        <v>444</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="s">
-        <v>463</v>
+        <v>471</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>466</v>
+        <v>31</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F105" s="1">
         <v>3</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>227</v>
+        <v>33</v>
       </c>
       <c r="H105" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J105" s="1">
         <v>2026</v>
       </c>
       <c r="K105" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L105" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M105" s="2">
         <v>46150.25</v>
       </c>
       <c r="N105" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O105" s="1">
-        <v>930</v>
+        <v>0</v>
       </c>
       <c r="P105" s="1">
-        <v>1050</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q105" s="1" t="s"/>
+      <c r="R105" s="1" t="s"/>
       <c r="S105" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T105" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U105" s="1" t="s">
-        <v>467</v>
+        <v>40</v>
       </c>
       <c r="V105" s="1" t="s">
-        <v>468</v>
+        <v>41</v>
       </c>
       <c r="W105" s="1" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="X105" s="1">
         <v>0</v>
       </c>
       <c r="Y105" s="1" t="s">
-        <v>469</v>
+        <v>238</v>
       </c>
       <c r="Z105" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="AA105" s="1">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="AB105" s="1" t="s">
-        <v>462</v>
+        <v>44</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>473</v>
+        <v>464</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>474</v>
+        <v>32</v>
       </c>
       <c r="F106" s="1">
         <v>3</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H106" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J106" s="1">
         <v>2026</v>
       </c>
       <c r="K106" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L106" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M106" s="2">
         <v>46150.25</v>
       </c>
       <c r="N106" s="1" t="s">
-        <v>156</v>
+        <v>416</v>
       </c>
       <c r="O106" s="1">
         <v>1600</v>
       </c>
       <c r="P106" s="1">
         <v>1910</v>
       </c>
       <c r="Q106" s="1" t="s">
-        <v>475</v>
+        <v>458</v>
       </c>
       <c r="R106" s="1" t="s">
-        <v>476</v>
+        <v>459</v>
       </c>
       <c r="S106" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T106" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U106" s="1" t="s">
-        <v>467</v>
+        <v>450</v>
       </c>
       <c r="V106" s="1" t="s">
-        <v>468</v>
+        <v>451</v>
       </c>
       <c r="W106" s="1" t="s">
         <v>74</v>
       </c>
       <c r="X106" s="1">
         <v>0</v>
       </c>
       <c r="Y106" s="1" t="s">
-        <v>461</v>
+        <v>443</v>
       </c>
       <c r="Z106" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA106" s="1">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="AB106" s="1" t="s">
-        <v>462</v>
+        <v>444</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="s">
         <v>477</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>478</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>479</v>
       </c>
       <c r="D107" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E107" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F107" s="1">
+        <v>1</v>
+      </c>
+      <c r="G107" s="1" t="s">
         <v>480</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
       <c r="H107" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J107" s="1">
         <v>2026</v>
       </c>
       <c r="K107" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L107" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M107" s="2">
         <v>46150.25</v>
       </c>
       <c r="N107" s="1" t="s">
-        <v>481</v>
+        <v>397</v>
       </c>
       <c r="O107" s="1">
-        <v>1600</v>
+        <v>800</v>
       </c>
       <c r="P107" s="1">
-        <v>1910</v>
+        <v>1150</v>
       </c>
       <c r="Q107" s="1" t="s">
-        <v>475</v>
+        <v>317</v>
       </c>
       <c r="R107" s="1" t="s">
-        <v>476</v>
+        <v>105</v>
       </c>
       <c r="S107" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T107" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U107" s="1" t="s">
-        <v>467</v>
+        <v>450</v>
       </c>
       <c r="V107" s="1" t="s">
-        <v>468</v>
+        <v>451</v>
       </c>
       <c r="W107" s="1" t="s">
         <v>74</v>
       </c>
       <c r="X107" s="1">
         <v>0</v>
       </c>
       <c r="Y107" s="1" t="s">
-        <v>461</v>
+        <v>443</v>
       </c>
       <c r="Z107" s="1">
         <v>20</v>
       </c>
       <c r="AA107" s="1">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="AB107" s="1" t="s">
-        <v>462</v>
+        <v>444</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>480</v>
+        <v>32</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>214</v>
+        <v>32</v>
       </c>
       <c r="F108" s="1">
         <v>3</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="H108" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J108" s="1">
         <v>2026</v>
       </c>
       <c r="K108" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L108" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M108" s="2">
         <v>46150.25</v>
       </c>
       <c r="N108" s="1" t="s">
-        <v>332</v>
+        <v>67</v>
       </c>
       <c r="O108" s="1">
-        <v>1600</v>
+        <v>1530</v>
       </c>
       <c r="P108" s="1">
-        <v>1910</v>
+        <v>1645</v>
       </c>
       <c r="Q108" s="1" t="s">
-        <v>475</v>
+        <v>82</v>
       </c>
       <c r="R108" s="1" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="S108" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T108" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U108" s="1" t="s">
-        <v>467</v>
+        <v>486</v>
       </c>
       <c r="V108" s="1" t="s">
-        <v>468</v>
+        <v>487</v>
       </c>
       <c r="W108" s="1" t="s">
-        <v>74</v>
+        <v>488</v>
       </c>
       <c r="X108" s="1">
         <v>0</v>
       </c>
       <c r="Y108" s="1" t="s">
-        <v>461</v>
+        <v>452</v>
       </c>
       <c r="Z108" s="1">
         <v>20</v>
       </c>
       <c r="AA108" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB108" s="1" t="s">
-        <v>462</v>
+        <v>444</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>486</v>
+        <v>464</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F109" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>331</v>
+        <v>428</v>
       </c>
       <c r="H109" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J109" s="1">
         <v>2026</v>
       </c>
       <c r="K109" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L109" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M109" s="2">
         <v>46150.25</v>
       </c>
       <c r="N109" s="1" t="s">
-        <v>332</v>
+        <v>67</v>
       </c>
       <c r="O109" s="1">
-        <v>800</v>
+        <v>1700</v>
       </c>
       <c r="P109" s="1">
-        <v>1150</v>
+        <v>1815</v>
       </c>
       <c r="Q109" s="1" t="s">
-        <v>215</v>
+        <v>83</v>
       </c>
       <c r="R109" s="1" t="s">
-        <v>111</v>
+        <v>492</v>
       </c>
       <c r="S109" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T109" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U109" s="1" t="s">
-        <v>467</v>
+        <v>486</v>
       </c>
       <c r="V109" s="1" t="s">
-        <v>468</v>
+        <v>487</v>
       </c>
       <c r="W109" s="1" t="s">
-        <v>74</v>
+        <v>488</v>
       </c>
       <c r="X109" s="1">
         <v>0</v>
       </c>
       <c r="Y109" s="1" t="s">
-        <v>461</v>
+        <v>452</v>
       </c>
       <c r="Z109" s="1">
         <v>20</v>
       </c>
       <c r="AA109" s="1">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="AB109" s="1" t="s">
-        <v>462</v>
+        <v>444</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F110" s="1">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="H110" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J110" s="1">
         <v>2026</v>
       </c>
       <c r="K110" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L110" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M110" s="2">
         <v>46150.25</v>
       </c>
       <c r="N110" s="1" t="s">
-        <v>37</v>
+        <v>123</v>
       </c>
       <c r="O110" s="1">
-        <v>0</v>
+        <v>1730</v>
       </c>
       <c r="P110" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R110" s="1" t="s"/>
+        <v>2130</v>
+      </c>
+      <c r="Q110" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="R110" s="1" t="s">
+        <v>69</v>
+      </c>
       <c r="S110" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T110" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U110" s="1" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="V110" s="1" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="W110" s="1" t="s">
-        <v>42</v>
+        <v>496</v>
       </c>
       <c r="X110" s="1">
         <v>0</v>
       </c>
       <c r="Y110" s="1" t="s">
-        <v>256</v>
+        <v>497</v>
       </c>
       <c r="Z110" s="1">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="AA110" s="1">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="AB110" s="1" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>492</v>
+        <v>500</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>214</v>
+        <v>32</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F111" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>66</v>
+        <v>428</v>
       </c>
       <c r="H111" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J111" s="1">
         <v>2026</v>
       </c>
       <c r="K111" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L111" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M111" s="2">
         <v>46150.25</v>
       </c>
       <c r="N111" s="1" t="s">
-        <v>435</v>
+        <v>397</v>
       </c>
       <c r="O111" s="1">
-        <v>1600</v>
+        <v>1730</v>
       </c>
       <c r="P111" s="1">
-        <v>1910</v>
+        <v>2130</v>
       </c>
       <c r="Q111" s="1" t="s">
-        <v>475</v>
+        <v>68</v>
       </c>
       <c r="R111" s="1" t="s">
-        <v>476</v>
+        <v>69</v>
       </c>
       <c r="S111" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T111" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U111" s="1" t="s">
-        <v>467</v>
+        <v>72</v>
       </c>
       <c r="V111" s="1" t="s">
-        <v>468</v>
+        <v>73</v>
       </c>
       <c r="W111" s="1" t="s">
-        <v>74</v>
+        <v>496</v>
       </c>
       <c r="X111" s="1">
         <v>0</v>
       </c>
       <c r="Y111" s="1" t="s">
-        <v>461</v>
+        <v>497</v>
       </c>
       <c r="Z111" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="AA111" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="AB111" s="1" t="s">
-        <v>462</v>
+        <v>76</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="s">
-        <v>493</v>
+        <v>501</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>494</v>
+        <v>502</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>32</v>
+        <v>504</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F112" s="1">
         <v>1</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>496</v>
+        <v>335</v>
       </c>
       <c r="H112" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J112" s="1">
         <v>2026</v>
       </c>
       <c r="K112" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L112" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M112" s="2">
         <v>46150.25</v>
       </c>
       <c r="N112" s="1" t="s">
-        <v>413</v>
+        <v>37</v>
       </c>
       <c r="O112" s="1">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="P112" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q112" s="1" t="s"/>
+      <c r="R112" s="1" t="s"/>
       <c r="S112" s="1" t="s">
-        <v>70</v>
+        <v>191</v>
       </c>
       <c r="T112" s="1" t="s">
-        <v>71</v>
+        <v>192</v>
       </c>
       <c r="U112" s="1" t="s">
-        <v>467</v>
+        <v>191</v>
       </c>
       <c r="V112" s="1" t="s">
-        <v>468</v>
+        <v>193</v>
       </c>
       <c r="W112" s="1" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="X112" s="1">
         <v>0</v>
       </c>
       <c r="Y112" s="1" t="s">
-        <v>461</v>
+        <v>497</v>
       </c>
       <c r="Z112" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="AA112" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="AB112" s="1" t="s">
-        <v>462</v>
+        <v>76</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="s">
-        <v>497</v>
+        <v>505</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>498</v>
+        <v>506</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>499</v>
+        <v>507</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E113" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F113" s="1">
         <v>3</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>500</v>
+        <v>122</v>
       </c>
       <c r="H113" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J113" s="1">
         <v>2026</v>
       </c>
       <c r="K113" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L113" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M113" s="2">
         <v>46150.25</v>
       </c>
       <c r="N113" s="1" t="s">
-        <v>67</v>
+        <v>123</v>
       </c>
       <c r="O113" s="1">
-        <v>1530</v>
+        <v>900</v>
       </c>
       <c r="P113" s="1">
-        <v>1645</v>
+        <v>1015</v>
       </c>
       <c r="Q113" s="1" t="s">
-        <v>92</v>
+        <v>104</v>
       </c>
       <c r="R113" s="1" t="s">
-        <v>501</v>
+        <v>508</v>
       </c>
       <c r="S113" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T113" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U113" s="1" t="s">
-        <v>502</v>
+        <v>38</v>
       </c>
       <c r="V113" s="1" t="s">
-        <v>503</v>
+        <v>170</v>
       </c>
       <c r="W113" s="1" t="s">
-        <v>504</v>
+        <v>42</v>
       </c>
       <c r="X113" s="1">
         <v>0</v>
       </c>
       <c r="Y113" s="1" t="s">
-        <v>469</v>
+        <v>509</v>
       </c>
       <c r="Z113" s="1">
         <v>20</v>
       </c>
       <c r="AA113" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB113" s="1" t="s">
-        <v>462</v>
+        <v>87</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="s">
         <v>505</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>507</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>214</v>
+        <v>31</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F114" s="1">
         <v>3</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>447</v>
+        <v>140</v>
       </c>
       <c r="H114" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J114" s="1">
         <v>2026</v>
       </c>
       <c r="K114" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L114" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M114" s="2">
         <v>46150.25</v>
       </c>
       <c r="N114" s="1" t="s">
-        <v>67</v>
+        <v>510</v>
       </c>
       <c r="O114" s="1">
-        <v>1700</v>
+        <v>1300</v>
       </c>
       <c r="P114" s="1">
-        <v>1815</v>
+        <v>1350</v>
       </c>
       <c r="Q114" s="1" t="s">
-        <v>333</v>
+        <v>115</v>
       </c>
       <c r="R114" s="1" t="s">
-        <v>508</v>
+        <v>176</v>
       </c>
       <c r="S114" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T114" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U114" s="1" t="s">
-        <v>502</v>
+        <v>38</v>
       </c>
       <c r="V114" s="1" t="s">
-        <v>503</v>
+        <v>170</v>
       </c>
       <c r="W114" s="1" t="s">
-        <v>504</v>
+        <v>42</v>
       </c>
       <c r="X114" s="1">
         <v>0</v>
       </c>
       <c r="Y114" s="1" t="s">
-        <v>469</v>
+        <v>511</v>
       </c>
       <c r="Z114" s="1">
         <v>20</v>
       </c>
       <c r="AA114" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="AB114" s="1" t="s">
-        <v>462</v>
+        <v>87</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E115" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F115" s="1">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>66</v>
+        <v>164</v>
       </c>
       <c r="H115" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I115" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J115" s="1">
         <v>2026</v>
       </c>
       <c r="K115" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L115" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M115" s="2">
         <v>46150.25</v>
       </c>
       <c r="N115" s="1" t="s">
-        <v>129</v>
+        <v>37</v>
       </c>
       <c r="O115" s="1">
-        <v>1730</v>
+        <v>0</v>
       </c>
       <c r="P115" s="1">
-        <v>2130</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q115" s="1" t="s"/>
+      <c r="R115" s="1" t="s"/>
       <c r="S115" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T115" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U115" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V115" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W115" s="1" t="s">
-        <v>512</v>
+        <v>42</v>
       </c>
       <c r="X115" s="1">
         <v>0</v>
       </c>
       <c r="Y115" s="1" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="Z115" s="1">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="AA115" s="1">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="AB115" s="1" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="C116" s="1" t="s">
         <v>514</v>
       </c>
-      <c r="B116" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D116" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E116" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F116" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>447</v>
+        <v>33</v>
       </c>
       <c r="H116" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I116" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J116" s="1">
         <v>2026</v>
       </c>
       <c r="K116" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L116" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M116" s="2">
         <v>46150.25</v>
       </c>
       <c r="N116" s="1" t="s">
-        <v>413</v>
+        <v>37</v>
       </c>
       <c r="O116" s="1">
-        <v>1730</v>
+        <v>0</v>
       </c>
       <c r="P116" s="1">
-        <v>2130</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q116" s="1" t="s"/>
+      <c r="R116" s="1" t="s"/>
       <c r="S116" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T116" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U116" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V116" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W116" s="1" t="s">
-        <v>512</v>
+        <v>42</v>
       </c>
       <c r="X116" s="1">
         <v>0</v>
       </c>
       <c r="Y116" s="1" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="Z116" s="1">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="AA116" s="1">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="AB116" s="1" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="C117" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="D117" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E117" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F117" s="1">
+        <v>3</v>
+      </c>
+      <c r="G117" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="C117" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H117" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J117" s="1">
         <v>2026</v>
       </c>
       <c r="K117" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L117" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M117" s="2">
         <v>46150.25</v>
       </c>
       <c r="N117" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O117" s="1">
         <v>0</v>
       </c>
       <c r="P117" s="1">
         <v>0</v>
       </c>
       <c r="Q117" s="1" t="s"/>
       <c r="R117" s="1" t="s"/>
       <c r="S117" s="1" t="s">
-        <v>196</v>
+        <v>38</v>
       </c>
       <c r="T117" s="1" t="s">
-        <v>197</v>
+        <v>39</v>
       </c>
       <c r="U117" s="1" t="s">
-        <v>196</v>
+        <v>40</v>
       </c>
       <c r="V117" s="1" t="s">
-        <v>198</v>
+        <v>41</v>
       </c>
       <c r="W117" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X117" s="1">
         <v>0</v>
       </c>
       <c r="Y117" s="1" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="Z117" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="AA117" s="1">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="AB117" s="1" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>522</v>
+        <v>516</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E118" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F118" s="1">
         <v>3</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>128</v>
+        <v>164</v>
       </c>
       <c r="H118" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I118" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J118" s="1">
         <v>2026</v>
       </c>
       <c r="K118" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L118" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M118" s="2">
         <v>46150.25</v>
       </c>
       <c r="N118" s="1" t="s">
-        <v>129</v>
+        <v>37</v>
       </c>
       <c r="O118" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P118" s="1">
-        <v>1015</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q118" s="1" t="s"/>
+      <c r="R118" s="1" t="s"/>
       <c r="S118" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T118" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U118" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V118" s="1" t="s">
-        <v>175</v>
+        <v>41</v>
       </c>
       <c r="W118" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X118" s="1">
         <v>0</v>
       </c>
       <c r="Y118" s="1" t="s">
-        <v>525</v>
+        <v>511</v>
       </c>
       <c r="Z118" s="1">
         <v>20</v>
       </c>
       <c r="AA118" s="1">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="AB118" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>522</v>
+        <v>516</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E119" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F119" s="1">
         <v>3</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>81</v>
+        <v>33</v>
       </c>
       <c r="H119" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J119" s="1">
         <v>2026</v>
       </c>
       <c r="K119" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L119" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M119" s="2">
         <v>46150.25</v>
       </c>
       <c r="N119" s="1" t="s">
-        <v>526</v>
+        <v>37</v>
       </c>
       <c r="O119" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P119" s="1">
-        <v>1350</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q119" s="1" t="s"/>
+      <c r="R119" s="1" t="s"/>
       <c r="S119" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T119" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U119" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V119" s="1" t="s">
-        <v>175</v>
+        <v>41</v>
       </c>
       <c r="W119" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X119" s="1">
         <v>0</v>
       </c>
       <c r="Y119" s="1" t="s">
-        <v>527</v>
+        <v>511</v>
       </c>
       <c r="Z119" s="1">
         <v>20</v>
       </c>
       <c r="AA119" s="1">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="AB119" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>32</v>
+        <v>253</v>
       </c>
       <c r="E120" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F120" s="1">
         <v>3</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>109</v>
+        <v>33</v>
       </c>
       <c r="H120" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I120" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J120" s="1">
         <v>2026</v>
       </c>
       <c r="K120" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L120" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M120" s="2">
         <v>46150.25</v>
       </c>
       <c r="N120" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O120" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P120" s="1">
-        <v>1030</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q120" s="1" t="s"/>
+      <c r="R120" s="1" t="s"/>
       <c r="S120" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T120" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U120" s="1" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="V120" s="1" t="s">
-        <v>84</v>
+        <v>41</v>
       </c>
       <c r="W120" s="1" t="s">
-        <v>396</v>
+        <v>42</v>
       </c>
       <c r="X120" s="1">
         <v>0</v>
       </c>
       <c r="Y120" s="1" t="s">
-        <v>187</v>
+        <v>511</v>
       </c>
       <c r="Z120" s="1">
         <v>20</v>
       </c>
       <c r="AA120" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="AB120" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="s">
-        <v>532</v>
+        <v>523</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>533</v>
+        <v>524</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>534</v>
+        <v>525</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>31</v>
+        <v>253</v>
       </c>
       <c r="E121" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F121" s="1">
         <v>3</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>169</v>
+        <v>33</v>
       </c>
       <c r="H121" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I121" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J121" s="1">
         <v>2026</v>
       </c>
       <c r="K121" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L121" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M121" s="2">
         <v>46150.25</v>
       </c>
       <c r="N121" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O121" s="1">
         <v>0</v>
       </c>
       <c r="P121" s="1">
         <v>0</v>
       </c>
       <c r="Q121" s="1" t="s"/>
       <c r="R121" s="1" t="s"/>
       <c r="S121" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T121" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U121" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V121" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W121" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X121" s="1">
         <v>0</v>
       </c>
       <c r="Y121" s="1" t="s">
-        <v>527</v>
+        <v>511</v>
       </c>
       <c r="Z121" s="1">
         <v>20</v>
       </c>
       <c r="AA121" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="AB121" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>533</v>
+        <v>527</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F122" s="1">
         <v>3</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H122" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J122" s="1">
         <v>2026</v>
       </c>
       <c r="K122" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L122" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M122" s="2">
         <v>46150.25</v>
       </c>
       <c r="N122" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O122" s="1">
         <v>0</v>
       </c>
       <c r="P122" s="1">
         <v>0</v>
       </c>
       <c r="Q122" s="1" t="s"/>
       <c r="R122" s="1" t="s"/>
       <c r="S122" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T122" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U122" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V122" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W122" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X122" s="1">
         <v>0</v>
       </c>
       <c r="Y122" s="1" t="s">
-        <v>527</v>
+        <v>238</v>
       </c>
       <c r="Z122" s="1">
         <v>20</v>
       </c>
       <c r="AA122" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="AB122" s="1" t="s">
-        <v>87</v>
+        <v>44</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E123" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F123" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>538</v>
+        <v>33</v>
       </c>
       <c r="H123" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J123" s="1">
         <v>2026</v>
       </c>
       <c r="K123" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L123" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M123" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N123" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O123" s="1">
         <v>0</v>
       </c>
       <c r="P123" s="1">
         <v>0</v>
       </c>
       <c r="Q123" s="1" t="s"/>
       <c r="R123" s="1" t="s"/>
       <c r="S123" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T123" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U123" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V123" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W123" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X123" s="1">
         <v>0</v>
       </c>
       <c r="Y123" s="1" t="s">
-        <v>539</v>
+        <v>245</v>
       </c>
       <c r="Z123" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="AA123" s="1">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="AB123" s="1" t="s">
-        <v>87</v>
+        <v>44</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E124" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F124" s="1">
         <v>3</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>169</v>
+        <v>33</v>
       </c>
       <c r="H124" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J124" s="1">
         <v>2026</v>
       </c>
       <c r="K124" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L124" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M124" s="2">
         <v>46150.25</v>
       </c>
       <c r="N124" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O124" s="1">
         <v>0</v>
       </c>
       <c r="P124" s="1">
         <v>0</v>
       </c>
       <c r="Q124" s="1" t="s"/>
       <c r="R124" s="1" t="s"/>
       <c r="S124" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T124" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U124" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V124" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W124" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X124" s="1">
         <v>0</v>
       </c>
       <c r="Y124" s="1" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="Z124" s="1">
         <v>20</v>
       </c>
       <c r="AA124" s="1">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="AB124" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="s">
         <v>535</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>536</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>537</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F125" s="1">
         <v>3</v>
       </c>
       <c r="G125" s="1" t="s">
@@ -13472,74 +13338,74 @@
       </c>
       <c r="P125" s="1">
         <v>0</v>
       </c>
       <c r="Q125" s="1" t="s"/>
       <c r="R125" s="1" t="s"/>
       <c r="S125" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T125" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U125" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V125" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W125" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X125" s="1">
         <v>0</v>
       </c>
       <c r="Y125" s="1" t="s">
-        <v>527</v>
+        <v>538</v>
       </c>
       <c r="Z125" s="1">
         <v>20</v>
       </c>
       <c r="AA125" s="1">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="AB125" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="B126" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="C126" s="1" t="s">
         <v>541</v>
       </c>
-      <c r="C126" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D126" s="1" t="s">
-        <v>271</v>
+        <v>224</v>
       </c>
       <c r="E126" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F126" s="1">
         <v>3</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H126" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J126" s="1">
         <v>2026</v>
       </c>
       <c r="K126" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L126" s="2">
         <v>46034.29166666667</v>
       </c>
@@ -13554,74 +13420,74 @@
       </c>
       <c r="P126" s="1">
         <v>0</v>
       </c>
       <c r="Q126" s="1" t="s"/>
       <c r="R126" s="1" t="s"/>
       <c r="S126" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T126" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U126" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V126" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W126" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X126" s="1">
         <v>0</v>
       </c>
       <c r="Y126" s="1" t="s">
-        <v>187</v>
+        <v>538</v>
       </c>
       <c r="Z126" s="1">
         <v>20</v>
       </c>
       <c r="AA126" s="1">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="AB126" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="B127" s="1" t="s">
         <v>543</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="C127" s="1" t="s">
         <v>544</v>
       </c>
-      <c r="C127" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D127" s="1" t="s">
-        <v>271</v>
+        <v>31</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F127" s="1">
         <v>3</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H127" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I127" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J127" s="1">
         <v>2026</v>
       </c>
       <c r="K127" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L127" s="2">
         <v>46034.29166666667</v>
       </c>
@@ -13636,7736 +13502,7506 @@
       </c>
       <c r="P127" s="1">
         <v>0</v>
       </c>
       <c r="Q127" s="1" t="s"/>
       <c r="R127" s="1" t="s"/>
       <c r="S127" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T127" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U127" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V127" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W127" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X127" s="1">
         <v>0</v>
       </c>
       <c r="Y127" s="1" t="s">
-        <v>527</v>
+        <v>538</v>
       </c>
       <c r="Z127" s="1">
         <v>20</v>
       </c>
       <c r="AA127" s="1">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="AB127" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="B128" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="B128" s="1" t="s">
+      <c r="C128" s="1" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F128" s="1">
         <v>3</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H128" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J128" s="1">
         <v>2026</v>
       </c>
       <c r="K128" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L128" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M128" s="2">
         <v>46150.25</v>
       </c>
       <c r="N128" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O128" s="1">
         <v>0</v>
       </c>
       <c r="P128" s="1">
         <v>0</v>
       </c>
       <c r="Q128" s="1" t="s"/>
       <c r="R128" s="1" t="s"/>
       <c r="S128" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T128" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U128" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V128" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W128" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X128" s="1">
         <v>0</v>
       </c>
       <c r="Y128" s="1" t="s">
-        <v>256</v>
+        <v>548</v>
       </c>
       <c r="Z128" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="AA128" s="1">
         <v>10</v>
       </c>
       <c r="AB128" s="1" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="s">
         <v>549</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>550</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>551</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F129" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H129" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J129" s="1">
         <v>2026</v>
       </c>
       <c r="K129" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L129" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M129" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N129" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O129" s="1">
         <v>0</v>
       </c>
       <c r="P129" s="1">
         <v>0</v>
       </c>
       <c r="Q129" s="1" t="s"/>
       <c r="R129" s="1" t="s"/>
       <c r="S129" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T129" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U129" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V129" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W129" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X129" s="1">
         <v>0</v>
       </c>
       <c r="Y129" s="1" t="s">
-        <v>263</v>
+        <v>552</v>
       </c>
       <c r="Z129" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="AA129" s="1">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="AB129" s="1" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E130" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F130" s="1">
         <v>3</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H130" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J130" s="1">
         <v>2026</v>
       </c>
       <c r="K130" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L130" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M130" s="2">
         <v>46150.25</v>
       </c>
       <c r="N130" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O130" s="1">
         <v>0</v>
       </c>
       <c r="P130" s="1">
         <v>0</v>
       </c>
       <c r="Q130" s="1" t="s"/>
       <c r="R130" s="1" t="s"/>
       <c r="S130" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T130" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U130" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V130" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W130" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X130" s="1">
         <v>0</v>
       </c>
       <c r="Y130" s="1" t="s">
-        <v>101</v>
+        <v>548</v>
       </c>
       <c r="Z130" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="AA130" s="1">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="AB130" s="1" t="s">
-        <v>102</v>
+        <v>76</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E131" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F131" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>33</v>
+        <v>274</v>
       </c>
       <c r="H131" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J131" s="1">
         <v>2026</v>
       </c>
       <c r="K131" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L131" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M131" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N131" s="1" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="O131" s="1">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="P131" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R131" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q131" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="R131" s="1" t="s">
+        <v>105</v>
+      </c>
       <c r="S131" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T131" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U131" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="V131" s="1" t="s">
-        <v>41</v>
+        <v>170</v>
       </c>
       <c r="W131" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X131" s="1">
         <v>0</v>
       </c>
       <c r="Y131" s="1" t="s">
-        <v>101</v>
+        <v>559</v>
       </c>
       <c r="Z131" s="1">
         <v>15</v>
       </c>
       <c r="AA131" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AB131" s="1" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>31</v>
+        <v>464</v>
       </c>
       <c r="E132" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F132" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="H132" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I132" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J132" s="1">
         <v>2026</v>
       </c>
       <c r="K132" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L132" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M132" s="2">
         <v>46150.25</v>
       </c>
       <c r="N132" s="1" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="O132" s="1">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="P132" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R132" s="1" t="s"/>
+        <v>950</v>
+      </c>
+      <c r="Q132" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="R132" s="1" t="s">
+        <v>356</v>
+      </c>
       <c r="S132" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T132" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U132" s="1" t="s">
-        <v>40</v>
+        <v>563</v>
       </c>
       <c r="V132" s="1" t="s">
-        <v>41</v>
+        <v>564</v>
       </c>
       <c r="W132" s="1" t="s">
-        <v>42</v>
+        <v>108</v>
       </c>
       <c r="X132" s="1">
         <v>0</v>
       </c>
       <c r="Y132" s="1" t="s">
-        <v>525</v>
+        <v>95</v>
       </c>
       <c r="Z132" s="1">
         <v>15</v>
       </c>
       <c r="AA132" s="1">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="AB132" s="1" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>31</v>
+        <v>568</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F133" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>33</v>
+        <v>140</v>
       </c>
       <c r="H133" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I133" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J133" s="1">
         <v>2026</v>
       </c>
       <c r="K133" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L133" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M133" s="2">
         <v>46150.25</v>
       </c>
       <c r="N133" s="1" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="O133" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="P133" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R133" s="1" t="s"/>
+        <v>1350</v>
+      </c>
+      <c r="Q133" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="R133" s="1" t="s">
+        <v>176</v>
+      </c>
       <c r="S133" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T133" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U133" s="1" t="s">
-        <v>40</v>
+        <v>563</v>
       </c>
       <c r="V133" s="1" t="s">
-        <v>41</v>
+        <v>564</v>
       </c>
       <c r="W133" s="1" t="s">
-        <v>42</v>
+        <v>108</v>
       </c>
       <c r="X133" s="1">
         <v>0</v>
       </c>
       <c r="Y133" s="1" t="s">
-        <v>564</v>
+        <v>95</v>
       </c>
       <c r="Z133" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA133" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="AB133" s="1" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>242</v>
+        <v>31</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F134" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>33</v>
+        <v>274</v>
       </c>
       <c r="H134" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J134" s="1">
         <v>2026</v>
       </c>
       <c r="K134" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L134" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M134" s="2">
         <v>46150.25</v>
       </c>
       <c r="N134" s="1" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="O134" s="1">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="P134" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R134" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q134" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="R134" s="1" t="s">
+        <v>105</v>
+      </c>
       <c r="S134" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T134" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U134" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="V134" s="1" t="s">
-        <v>41</v>
+        <v>170</v>
       </c>
       <c r="W134" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X134" s="1">
         <v>0</v>
       </c>
       <c r="Y134" s="1" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="Z134" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA134" s="1">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="AB134" s="1" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E135" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F135" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>77</v>
+        <v>164</v>
       </c>
       <c r="H135" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I135" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J135" s="1">
         <v>2026</v>
       </c>
       <c r="K135" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L135" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M135" s="2">
         <v>46150.25</v>
       </c>
       <c r="N135" s="1" t="s">
-        <v>156</v>
+        <v>37</v>
       </c>
       <c r="O135" s="1">
-        <v>1800</v>
+        <v>0</v>
       </c>
       <c r="P135" s="1">
-        <v>2050</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q135" s="1" t="s"/>
+      <c r="R135" s="1" t="s"/>
       <c r="S135" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T135" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U135" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V135" s="1" t="s">
-        <v>175</v>
+        <v>41</v>
       </c>
       <c r="W135" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X135" s="1">
         <v>0</v>
       </c>
       <c r="Y135" s="1" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="Z135" s="1">
         <v>20</v>
       </c>
       <c r="AA135" s="1">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="AB135" s="1" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E136" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F136" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H136" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J136" s="1">
         <v>2026</v>
       </c>
       <c r="K136" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L136" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M136" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N136" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O136" s="1">
         <v>0</v>
       </c>
       <c r="P136" s="1">
         <v>0</v>
       </c>
       <c r="Q136" s="1" t="s"/>
       <c r="R136" s="1" t="s"/>
       <c r="S136" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T136" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U136" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V136" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W136" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X136" s="1">
         <v>0</v>
       </c>
       <c r="Y136" s="1" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="Z136" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA136" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="AB136" s="1" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="B137" s="1" t="s">
         <v>573</v>
       </c>
-      <c r="B137" s="1" t="s">
+      <c r="C137" s="1" t="s">
         <v>574</v>
       </c>
-      <c r="C137" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D137" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F137" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>33</v>
+        <v>188</v>
       </c>
       <c r="H137" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J137" s="1">
         <v>2026</v>
       </c>
       <c r="K137" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L137" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M137" s="2">
         <v>46150.25</v>
       </c>
       <c r="N137" s="1" t="s">
-        <v>37</v>
+        <v>321</v>
       </c>
       <c r="O137" s="1">
-        <v>0</v>
+        <v>1320</v>
       </c>
       <c r="P137" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R137" s="1" t="s"/>
+        <v>1410</v>
+      </c>
+      <c r="Q137" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="R137" s="1" t="s">
+        <v>576</v>
+      </c>
       <c r="S137" s="1" t="s">
-        <v>38</v>
+        <v>191</v>
       </c>
       <c r="T137" s="1" t="s">
-        <v>39</v>
+        <v>192</v>
       </c>
       <c r="U137" s="1" t="s">
-        <v>40</v>
+        <v>191</v>
       </c>
       <c r="V137" s="1" t="s">
-        <v>41</v>
+        <v>193</v>
       </c>
       <c r="W137" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X137" s="1">
         <v>0</v>
       </c>
       <c r="Y137" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="Z137" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="AA137" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="AB137" s="1" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E138" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F138" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>33</v>
+        <v>164</v>
       </c>
       <c r="H138" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J138" s="1">
         <v>2026</v>
       </c>
       <c r="K138" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L138" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M138" s="2">
         <v>46150.25</v>
       </c>
       <c r="N138" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O138" s="1">
         <v>0</v>
       </c>
       <c r="P138" s="1">
         <v>0</v>
       </c>
       <c r="Q138" s="1" t="s"/>
       <c r="R138" s="1" t="s"/>
       <c r="S138" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T138" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U138" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V138" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W138" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X138" s="1">
         <v>0</v>
       </c>
       <c r="Y138" s="1" t="s">
-        <v>580</v>
+        <v>559</v>
       </c>
       <c r="Z138" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="AA138" s="1">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="AB138" s="1" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F139" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H139" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J139" s="1">
         <v>2026</v>
       </c>
       <c r="K139" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L139" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M139" s="2">
         <v>46150.25</v>
       </c>
       <c r="N139" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O139" s="1">
         <v>0</v>
       </c>
       <c r="P139" s="1">
         <v>0</v>
       </c>
       <c r="Q139" s="1" t="s"/>
       <c r="R139" s="1" t="s"/>
       <c r="S139" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T139" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U139" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V139" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W139" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X139" s="1">
         <v>0</v>
       </c>
       <c r="Y139" s="1" t="s">
-        <v>576</v>
+        <v>559</v>
       </c>
       <c r="Z139" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="AA139" s="1">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="AB139" s="1" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>32</v>
+        <v>464</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F140" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>91</v>
+        <v>140</v>
       </c>
       <c r="H140" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I140" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J140" s="1">
         <v>2026</v>
       </c>
       <c r="K140" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L140" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M140" s="2">
         <v>46150.25</v>
       </c>
       <c r="N140" s="1" t="s">
-        <v>129</v>
+        <v>81</v>
       </c>
       <c r="O140" s="1">
-        <v>1530</v>
+        <v>1300</v>
       </c>
       <c r="P140" s="1">
-        <v>1650</v>
+        <v>1350</v>
       </c>
       <c r="Q140" s="1" t="s">
-        <v>92</v>
+        <v>115</v>
       </c>
       <c r="R140" s="1" t="s">
-        <v>93</v>
+        <v>176</v>
       </c>
       <c r="S140" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T140" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U140" s="1" t="s">
-        <v>587</v>
+        <v>377</v>
       </c>
       <c r="V140" s="1" t="s">
-        <v>588</v>
+        <v>378</v>
       </c>
       <c r="W140" s="1" t="s">
-        <v>74</v>
+        <v>584</v>
       </c>
       <c r="X140" s="1">
         <v>0</v>
       </c>
       <c r="Y140" s="1" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="Z140" s="1">
         <v>20</v>
       </c>
       <c r="AA140" s="1">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="AB140" s="1" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>32</v>
+        <v>589</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F141" s="1">
         <v>3</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>91</v>
+        <v>164</v>
       </c>
       <c r="H141" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J141" s="1">
         <v>2026</v>
       </c>
       <c r="K141" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L141" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M141" s="2">
         <v>46150.25</v>
       </c>
       <c r="N141" s="1" t="s">
-        <v>129</v>
+        <v>37</v>
       </c>
       <c r="O141" s="1">
-        <v>1530</v>
+        <v>0</v>
       </c>
       <c r="P141" s="1">
-        <v>1650</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q141" s="1" t="s"/>
+      <c r="R141" s="1" t="s"/>
       <c r="S141" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T141" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U141" s="1" t="s">
-        <v>467</v>
+        <v>40</v>
       </c>
       <c r="V141" s="1" t="s">
-        <v>468</v>
+        <v>41</v>
       </c>
       <c r="W141" s="1" t="s">
-        <v>593</v>
+        <v>42</v>
       </c>
       <c r="X141" s="1">
         <v>0</v>
       </c>
       <c r="Y141" s="1" t="s">
-        <v>576</v>
+        <v>238</v>
       </c>
       <c r="Z141" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA141" s="1">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="AB141" s="1" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>31</v>
+        <v>589</v>
       </c>
       <c r="E142" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F142" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>292</v>
+        <v>33</v>
       </c>
       <c r="H142" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I142" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J142" s="1">
         <v>2026</v>
       </c>
       <c r="K142" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L142" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M142" s="2">
         <v>46150.25</v>
       </c>
       <c r="N142" s="1" t="s">
-        <v>387</v>
+        <v>37</v>
       </c>
       <c r="O142" s="1">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="P142" s="1">
-        <v>1050</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q142" s="1" t="s"/>
+      <c r="R142" s="1" t="s"/>
       <c r="S142" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T142" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U142" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V142" s="1" t="s">
-        <v>175</v>
+        <v>41</v>
       </c>
       <c r="W142" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X142" s="1">
         <v>0</v>
       </c>
       <c r="Y142" s="1" t="s">
-        <v>101</v>
+        <v>559</v>
       </c>
       <c r="Z142" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA142" s="1">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="AB142" s="1" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="s">
-        <v>597</v>
+        <v>590</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>598</v>
+        <v>591</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>599</v>
+        <v>592</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>31</v>
+        <v>464</v>
       </c>
       <c r="E143" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F143" s="1">
         <v>4</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>292</v>
+        <v>140</v>
       </c>
       <c r="H143" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J143" s="1">
         <v>2026</v>
       </c>
       <c r="K143" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L143" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M143" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N143" s="1" t="s">
-        <v>387</v>
+        <v>81</v>
       </c>
       <c r="O143" s="1">
-        <v>1000</v>
+        <v>1200</v>
       </c>
       <c r="P143" s="1">
-        <v>1150</v>
+        <v>1250</v>
       </c>
       <c r="Q143" s="1" t="s">
-        <v>228</v>
+        <v>175</v>
       </c>
       <c r="R143" s="1" t="s">
-        <v>111</v>
+        <v>361</v>
       </c>
       <c r="S143" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T143" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U143" s="1" t="s">
-        <v>38</v>
+        <v>377</v>
       </c>
       <c r="V143" s="1" t="s">
-        <v>175</v>
+        <v>378</v>
       </c>
       <c r="W143" s="1" t="s">
-        <v>42</v>
+        <v>584</v>
       </c>
       <c r="X143" s="1">
         <v>0</v>
       </c>
       <c r="Y143" s="1" t="s">
-        <v>600</v>
+        <v>585</v>
       </c>
       <c r="Z143" s="1">
         <v>15</v>
       </c>
       <c r="AA143" s="1">
         <v>6</v>
       </c>
       <c r="AB143" s="1" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="s">
-        <v>601</v>
+        <v>593</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>602</v>
+        <v>594</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>603</v>
+        <v>595</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>214</v>
+        <v>464</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F144" s="1">
         <v>4</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>128</v>
+        <v>274</v>
       </c>
       <c r="H144" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I144" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J144" s="1">
         <v>2026</v>
       </c>
       <c r="K144" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L144" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M144" s="2">
         <v>46150.25</v>
       </c>
       <c r="N144" s="1" t="s">
-        <v>387</v>
+        <v>81</v>
       </c>
       <c r="O144" s="1">
-        <v>900</v>
+        <v>1000</v>
       </c>
       <c r="P144" s="1">
-        <v>950</v>
+        <v>1050</v>
       </c>
       <c r="Q144" s="1" t="s">
-        <v>110</v>
+        <v>276</v>
       </c>
       <c r="R144" s="1" t="s">
-        <v>216</v>
+        <v>277</v>
       </c>
       <c r="S144" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T144" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U144" s="1" t="s">
-        <v>604</v>
+        <v>377</v>
       </c>
       <c r="V144" s="1" t="s">
-        <v>605</v>
+        <v>378</v>
       </c>
       <c r="W144" s="1" t="s">
-        <v>114</v>
+        <v>584</v>
       </c>
       <c r="X144" s="1">
         <v>0</v>
       </c>
       <c r="Y144" s="1" t="s">
-        <v>101</v>
+        <v>585</v>
       </c>
       <c r="Z144" s="1">
         <v>15</v>
       </c>
       <c r="AA144" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB144" s="1" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="s">
-        <v>606</v>
+        <v>596</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>607</v>
+        <v>597</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>608</v>
+        <v>598</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>609</v>
+        <v>31</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F145" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
       <c r="H145" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J145" s="1">
         <v>2026</v>
       </c>
       <c r="K145" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L145" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M145" s="2">
         <v>46150.25</v>
       </c>
       <c r="N145" s="1" t="s">
-        <v>387</v>
+        <v>37</v>
       </c>
       <c r="O145" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P145" s="1">
-        <v>1350</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q145" s="1" t="s"/>
+      <c r="R145" s="1" t="s"/>
       <c r="S145" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T145" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U145" s="1" t="s">
-        <v>604</v>
+        <v>40</v>
       </c>
       <c r="V145" s="1" t="s">
-        <v>605</v>
+        <v>41</v>
       </c>
       <c r="W145" s="1" t="s">
-        <v>114</v>
+        <v>42</v>
       </c>
       <c r="X145" s="1">
         <v>0</v>
       </c>
       <c r="Y145" s="1" t="s">
-        <v>101</v>
+        <v>43</v>
       </c>
       <c r="Z145" s="1">
         <v>15</v>
       </c>
       <c r="AA145" s="1">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="AB145" s="1" t="s">
-        <v>102</v>
+        <v>44</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="s">
-        <v>610</v>
+        <v>596</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>611</v>
+        <v>597</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>612</v>
+        <v>598</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E146" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F146" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>292</v>
+        <v>33</v>
       </c>
       <c r="H146" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="J146" s="1">
         <v>2026</v>
       </c>
       <c r="K146" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L146" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M146" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N146" s="1" t="s">
-        <v>387</v>
+        <v>37</v>
       </c>
       <c r="O146" s="1">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="P146" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q146" s="1" t="s"/>
+      <c r="R146" s="1" t="s"/>
       <c r="S146" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T146" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U146" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V146" s="1" t="s">
-        <v>175</v>
+        <v>41</v>
       </c>
       <c r="W146" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X146" s="1">
         <v>0</v>
       </c>
       <c r="Y146" s="1" t="s">
-        <v>600</v>
+        <v>43</v>
       </c>
       <c r="Z146" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="AA146" s="1">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="AB146" s="1" t="s">
-        <v>102</v>
+        <v>44</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="s">
-        <v>610</v>
+        <v>599</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>611</v>
+        <v>600</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>612</v>
+        <v>601</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F147" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>169</v>
+        <v>33</v>
       </c>
       <c r="H147" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J147" s="1">
         <v>2026</v>
       </c>
       <c r="K147" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L147" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M147" s="2">
         <v>46150.25</v>
       </c>
       <c r="N147" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O147" s="1">
         <v>0</v>
       </c>
       <c r="P147" s="1">
         <v>0</v>
       </c>
       <c r="Q147" s="1" t="s"/>
       <c r="R147" s="1" t="s"/>
       <c r="S147" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T147" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U147" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V147" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W147" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X147" s="1">
         <v>0</v>
       </c>
       <c r="Y147" s="1" t="s">
-        <v>600</v>
+        <v>49</v>
       </c>
       <c r="Z147" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="AA147" s="1">
         <v>6</v>
       </c>
       <c r="AB147" s="1" t="s">
-        <v>102</v>
+        <v>44</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="s">
-        <v>610</v>
+        <v>602</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>612</v>
+        <v>604</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E148" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F148" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>33</v>
+        <v>164</v>
       </c>
       <c r="H148" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="J148" s="1">
         <v>2026</v>
       </c>
       <c r="K148" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L148" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M148" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N148" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O148" s="1">
         <v>0</v>
       </c>
       <c r="P148" s="1">
         <v>0</v>
       </c>
       <c r="Q148" s="1" t="s"/>
       <c r="R148" s="1" t="s"/>
       <c r="S148" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T148" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U148" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V148" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W148" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X148" s="1">
         <v>0</v>
       </c>
       <c r="Y148" s="1" t="s">
-        <v>600</v>
+        <v>538</v>
       </c>
       <c r="Z148" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="AA148" s="1">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="AB148" s="1" t="s">
-        <v>102</v>
+        <v>87</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="s">
-        <v>613</v>
+        <v>602</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>614</v>
+        <v>603</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>615</v>
+        <v>604</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E149" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F149" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>193</v>
+        <v>33</v>
       </c>
       <c r="H149" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I149" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J149" s="1">
         <v>2026</v>
       </c>
       <c r="K149" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L149" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M149" s="2">
         <v>46150.25</v>
       </c>
       <c r="N149" s="1" t="s">
-        <v>340</v>
+        <v>37</v>
       </c>
       <c r="O149" s="1">
-        <v>1320</v>
+        <v>0</v>
       </c>
       <c r="P149" s="1">
-        <v>1410</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q149" s="1" t="s"/>
+      <c r="R149" s="1" t="s"/>
       <c r="S149" s="1" t="s">
-        <v>196</v>
+        <v>38</v>
       </c>
       <c r="T149" s="1" t="s">
-        <v>197</v>
+        <v>39</v>
       </c>
       <c r="U149" s="1" t="s">
-        <v>196</v>
+        <v>40</v>
       </c>
       <c r="V149" s="1" t="s">
-        <v>198</v>
+        <v>41</v>
       </c>
       <c r="W149" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X149" s="1">
         <v>0</v>
       </c>
       <c r="Y149" s="1" t="s">
-        <v>618</v>
+        <v>538</v>
       </c>
       <c r="Z149" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="AA149" s="1">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="AB149" s="1" t="s">
-        <v>102</v>
+        <v>87</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="s">
-        <v>619</v>
+        <v>605</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>620</v>
+        <v>606</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>621</v>
+        <v>607</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E150" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F150" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>169</v>
+        <v>122</v>
       </c>
       <c r="H150" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J150" s="1">
         <v>2026</v>
       </c>
       <c r="K150" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L150" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M150" s="2">
         <v>46150.25</v>
       </c>
       <c r="N150" s="1" t="s">
-        <v>37</v>
+        <v>123</v>
       </c>
       <c r="O150" s="1">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="P150" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R150" s="1" t="s"/>
+        <v>1020</v>
+      </c>
+      <c r="Q150" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="R150" s="1" t="s">
+        <v>608</v>
+      </c>
       <c r="S150" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T150" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U150" s="1" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="V150" s="1" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="W150" s="1" t="s">
-        <v>42</v>
+        <v>609</v>
       </c>
       <c r="X150" s="1">
         <v>0</v>
       </c>
       <c r="Y150" s="1" t="s">
-        <v>600</v>
+        <v>610</v>
       </c>
       <c r="Z150" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="AA150" s="1">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="AB150" s="1" t="s">
-        <v>102</v>
+        <v>611</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="s">
-        <v>619</v>
+        <v>612</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>620</v>
+        <v>613</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>621</v>
+        <v>614</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E151" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F151" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>33</v>
+        <v>615</v>
       </c>
       <c r="H151" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I151" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J151" s="1">
         <v>2026</v>
       </c>
       <c r="K151" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L151" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M151" s="2">
         <v>46150.25</v>
       </c>
       <c r="N151" s="1" t="s">
-        <v>37</v>
+        <v>123</v>
       </c>
       <c r="O151" s="1">
-        <v>0</v>
+        <v>1430</v>
       </c>
       <c r="P151" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R151" s="1" t="s"/>
+        <v>1550</v>
+      </c>
+      <c r="Q151" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="R151" s="1" t="s">
+        <v>116</v>
+      </c>
       <c r="S151" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T151" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U151" s="1" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="V151" s="1" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="W151" s="1" t="s">
-        <v>42</v>
+        <v>609</v>
       </c>
       <c r="X151" s="1">
         <v>0</v>
       </c>
       <c r="Y151" s="1" t="s">
-        <v>600</v>
+        <v>617</v>
       </c>
       <c r="Z151" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="AA151" s="1">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="AB151" s="1" t="s">
-        <v>102</v>
+        <v>611</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="s">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>623</v>
+        <v>619</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>624</v>
+        <v>620</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>214</v>
+        <v>32</v>
       </c>
       <c r="E152" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F152" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>81</v>
+        <v>140</v>
       </c>
       <c r="H152" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I152" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J152" s="1">
         <v>2026</v>
       </c>
       <c r="K152" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L152" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M152" s="2">
         <v>46150.25</v>
       </c>
       <c r="N152" s="1" t="s">
-        <v>387</v>
+        <v>123</v>
       </c>
       <c r="O152" s="1">
         <v>1300</v>
       </c>
       <c r="P152" s="1">
-        <v>1350</v>
+        <v>1420</v>
       </c>
       <c r="Q152" s="1" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="R152" s="1" t="s">
-        <v>181</v>
+        <v>621</v>
       </c>
       <c r="S152" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T152" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U152" s="1" t="s">
-        <v>394</v>
+        <v>72</v>
       </c>
       <c r="V152" s="1" t="s">
-        <v>395</v>
+        <v>73</v>
       </c>
       <c r="W152" s="1" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="X152" s="1">
         <v>0</v>
       </c>
       <c r="Y152" s="1" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="Z152" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="AA152" s="1">
-        <v>6</v>
+        <v>28</v>
       </c>
       <c r="AB152" s="1" t="s">
-        <v>102</v>
+        <v>611</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>630</v>
+        <v>32</v>
       </c>
       <c r="E153" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F153" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>169</v>
+        <v>284</v>
       </c>
       <c r="H153" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J153" s="1">
         <v>2026</v>
       </c>
       <c r="K153" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L153" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M153" s="2">
         <v>46150.25</v>
       </c>
       <c r="N153" s="1" t="s">
-        <v>37</v>
+        <v>416</v>
       </c>
       <c r="O153" s="1">
-        <v>0</v>
+        <v>1100</v>
       </c>
       <c r="P153" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R153" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q153" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="R153" s="1" t="s">
+        <v>105</v>
+      </c>
       <c r="S153" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T153" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U153" s="1" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="V153" s="1" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="W153" s="1" t="s">
-        <v>42</v>
+        <v>622</v>
       </c>
       <c r="X153" s="1">
         <v>0</v>
       </c>
       <c r="Y153" s="1" t="s">
-        <v>256</v>
+        <v>627</v>
       </c>
       <c r="Z153" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="AA153" s="1">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="AB153" s="1" t="s">
-        <v>102</v>
+        <v>611</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>630</v>
+        <v>32</v>
       </c>
       <c r="E154" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F154" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="H154" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J154" s="1">
         <v>2026</v>
       </c>
       <c r="K154" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L154" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M154" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N154" s="1" t="s">
-        <v>37</v>
+        <v>123</v>
       </c>
       <c r="O154" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="P154" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R154" s="1" t="s"/>
+        <v>1450</v>
+      </c>
+      <c r="Q154" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="R154" s="1" t="s">
+        <v>631</v>
+      </c>
       <c r="S154" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T154" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U154" s="1" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="V154" s="1" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="W154" s="1" t="s">
-        <v>42</v>
+        <v>632</v>
       </c>
       <c r="X154" s="1">
         <v>0</v>
       </c>
       <c r="Y154" s="1" t="s">
-        <v>600</v>
+        <v>633</v>
       </c>
       <c r="Z154" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="AA154" s="1">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="AB154" s="1" t="s">
-        <v>102</v>
+        <v>611</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>214</v>
+        <v>32</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F155" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>128</v>
+        <v>274</v>
       </c>
       <c r="H155" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I155" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J155" s="1">
         <v>2026</v>
       </c>
       <c r="K155" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L155" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M155" s="2">
         <v>46150.25</v>
       </c>
       <c r="N155" s="1" t="s">
-        <v>526</v>
+        <v>416</v>
       </c>
       <c r="O155" s="1">
-        <v>900</v>
+        <v>1000</v>
       </c>
       <c r="P155" s="1">
-        <v>950</v>
+        <v>1050</v>
       </c>
       <c r="Q155" s="1" t="s">
-        <v>110</v>
+        <v>276</v>
       </c>
       <c r="R155" s="1" t="s">
-        <v>216</v>
+        <v>277</v>
       </c>
       <c r="S155" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T155" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U155" s="1" t="s">
-        <v>394</v>
+        <v>72</v>
       </c>
       <c r="V155" s="1" t="s">
-        <v>395</v>
+        <v>73</v>
       </c>
       <c r="W155" s="1" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="X155" s="1">
         <v>0</v>
       </c>
       <c r="Y155" s="1" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="Z155" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="AA155" s="1">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="AB155" s="1" t="s">
-        <v>102</v>
+        <v>611</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>214</v>
+        <v>32</v>
       </c>
       <c r="E156" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F156" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>81</v>
+        <v>284</v>
       </c>
       <c r="H156" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I156" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J156" s="1">
         <v>2026</v>
       </c>
       <c r="K156" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L156" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M156" s="2">
         <v>46150.25</v>
       </c>
       <c r="N156" s="1" t="s">
-        <v>387</v>
+        <v>151</v>
       </c>
       <c r="O156" s="1">
-        <v>1200</v>
+        <v>1100</v>
       </c>
       <c r="P156" s="1">
-        <v>1250</v>
+        <v>1150</v>
       </c>
       <c r="Q156" s="1" t="s">
-        <v>180</v>
+        <v>285</v>
       </c>
       <c r="R156" s="1" t="s">
-        <v>377</v>
+        <v>105</v>
       </c>
       <c r="S156" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T156" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U156" s="1" t="s">
-        <v>394</v>
+        <v>72</v>
       </c>
       <c r="V156" s="1" t="s">
-        <v>395</v>
+        <v>73</v>
       </c>
       <c r="W156" s="1" t="s">
-        <v>625</v>
+        <v>609</v>
       </c>
       <c r="X156" s="1">
         <v>0</v>
       </c>
       <c r="Y156" s="1" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="Z156" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="AA156" s="1">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="AB156" s="1" t="s">
-        <v>102</v>
+        <v>611</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>214</v>
+        <v>31</v>
       </c>
       <c r="E157" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F157" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>292</v>
+        <v>33</v>
       </c>
       <c r="H157" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I157" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J157" s="1">
         <v>2026</v>
       </c>
       <c r="K157" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L157" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M157" s="2">
         <v>46150.25</v>
       </c>
       <c r="N157" s="1" t="s">
-        <v>387</v>
+        <v>37</v>
       </c>
       <c r="O157" s="1">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="P157" s="1">
-        <v>1050</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q157" s="1" t="s"/>
+      <c r="R157" s="1" t="s"/>
       <c r="S157" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T157" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U157" s="1" t="s">
-        <v>394</v>
+        <v>40</v>
       </c>
       <c r="V157" s="1" t="s">
-        <v>395</v>
+        <v>41</v>
       </c>
       <c r="W157" s="1" t="s">
-        <v>625</v>
+        <v>42</v>
       </c>
       <c r="X157" s="1">
         <v>0</v>
       </c>
       <c r="Y157" s="1" t="s">
-        <v>626</v>
+        <v>552</v>
       </c>
       <c r="Z157" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="AA157" s="1">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="AB157" s="1" t="s">
-        <v>102</v>
+        <v>76</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E158" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F158" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>53</v>
+        <v>646</v>
       </c>
       <c r="H158" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J158" s="1">
         <v>2026</v>
       </c>
       <c r="K158" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L158" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M158" s="2">
         <v>46150.25</v>
       </c>
       <c r="N158" s="1" t="s">
-        <v>37</v>
+        <v>647</v>
       </c>
       <c r="O158" s="1">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="P158" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R158" s="1" t="s"/>
+        <v>1205</v>
+      </c>
+      <c r="Q158" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="R158" s="1" t="s">
+        <v>649</v>
+      </c>
       <c r="S158" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T158" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U158" s="1" t="s">
-        <v>40</v>
+        <v>650</v>
       </c>
       <c r="V158" s="1" t="s">
-        <v>41</v>
+        <v>651</v>
       </c>
       <c r="W158" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X158" s="1">
         <v>0</v>
       </c>
       <c r="Y158" s="1" t="s">
-        <v>43</v>
+        <v>652</v>
       </c>
       <c r="Z158" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA158" s="1">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="AB158" s="1" t="s">
-        <v>44</v>
+        <v>87</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="s">
-        <v>639</v>
+        <v>653</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>640</v>
+        <v>654</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>641</v>
+        <v>655</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E159" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F159" s="1">
         <v>3</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H159" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J159" s="1">
         <v>2026</v>
       </c>
       <c r="K159" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L159" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M159" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N159" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O159" s="1">
         <v>0</v>
       </c>
       <c r="P159" s="1">
         <v>0</v>
       </c>
       <c r="Q159" s="1" t="s"/>
       <c r="R159" s="1" t="s"/>
       <c r="S159" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T159" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U159" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V159" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W159" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X159" s="1">
         <v>0</v>
       </c>
       <c r="Y159" s="1" t="s">
-        <v>43</v>
+        <v>95</v>
       </c>
       <c r="Z159" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="AA159" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="AB159" s="1" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="s">
-        <v>642</v>
+        <v>656</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>643</v>
+        <v>657</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>644</v>
+        <v>658</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E160" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F160" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H160" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J160" s="1">
         <v>2026</v>
       </c>
       <c r="K160" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L160" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M160" s="2">
         <v>46150.25</v>
       </c>
       <c r="N160" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O160" s="1">
         <v>0</v>
       </c>
       <c r="P160" s="1">
         <v>0</v>
       </c>
       <c r="Q160" s="1" t="s"/>
       <c r="R160" s="1" t="s"/>
       <c r="S160" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T160" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U160" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V160" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W160" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X160" s="1">
         <v>0</v>
       </c>
       <c r="Y160" s="1" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="Z160" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="AA160" s="1">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="AB160" s="1" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="s">
-        <v>645</v>
+        <v>659</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>646</v>
+        <v>660</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>647</v>
+        <v>661</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E161" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F161" s="1">
         <v>3</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>33</v>
+        <v>518</v>
       </c>
       <c r="H161" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I161" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J161" s="1">
         <v>2026</v>
       </c>
       <c r="K161" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L161" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M161" s="2">
         <v>46150.25</v>
       </c>
       <c r="N161" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O161" s="1">
         <v>0</v>
       </c>
       <c r="P161" s="1">
         <v>0</v>
       </c>
       <c r="Q161" s="1" t="s"/>
       <c r="R161" s="1" t="s"/>
       <c r="S161" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T161" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U161" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V161" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W161" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X161" s="1">
         <v>0</v>
       </c>
       <c r="Y161" s="1" t="s">
-        <v>564</v>
+        <v>662</v>
       </c>
       <c r="Z161" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="AA161" s="1">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="AB161" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="s">
-        <v>648</v>
+        <v>659</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>649</v>
+        <v>660</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>650</v>
+        <v>661</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E162" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F162" s="1">
         <v>3</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>128</v>
+        <v>164</v>
       </c>
       <c r="H162" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J162" s="1">
         <v>2026</v>
       </c>
       <c r="K162" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L162" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M162" s="2">
         <v>46150.25</v>
       </c>
       <c r="N162" s="1" t="s">
-        <v>129</v>
+        <v>37</v>
       </c>
       <c r="O162" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P162" s="1">
-        <v>1020</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q162" s="1" t="s"/>
+      <c r="R162" s="1" t="s"/>
       <c r="S162" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T162" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U162" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V162" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W162" s="1" t="s">
-        <v>652</v>
+        <v>42</v>
       </c>
       <c r="X162" s="1">
         <v>0</v>
       </c>
       <c r="Y162" s="1" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="Z162" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="AA162" s="1">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="AB162" s="1" t="s">
-        <v>654</v>
+        <v>87</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E163" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F163" s="1">
         <v>3</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>91</v>
+        <v>33</v>
       </c>
       <c r="H163" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I163" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J163" s="1">
         <v>2026</v>
       </c>
       <c r="K163" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L163" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M163" s="2">
         <v>46150.25</v>
       </c>
       <c r="N163" s="1" t="s">
-        <v>129</v>
+        <v>37</v>
       </c>
       <c r="O163" s="1">
-        <v>1430</v>
+        <v>0</v>
       </c>
       <c r="P163" s="1">
-        <v>1550</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q163" s="1" t="s"/>
+      <c r="R163" s="1" t="s"/>
       <c r="S163" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T163" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U163" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V163" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W163" s="1" t="s">
-        <v>652</v>
+        <v>42</v>
       </c>
       <c r="X163" s="1">
         <v>0</v>
       </c>
       <c r="Y163" s="1" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="Z163" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="AA163" s="1">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="AB163" s="1" t="s">
-        <v>654</v>
+        <v>87</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>32</v>
+        <v>464</v>
       </c>
       <c r="E164" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F164" s="1">
         <v>3</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="H164" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J164" s="1">
         <v>2026</v>
       </c>
       <c r="K164" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L164" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M164" s="2">
         <v>46150.25</v>
       </c>
       <c r="N164" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="O164" s="1">
-        <v>1300</v>
+        <v>1800</v>
       </c>
       <c r="P164" s="1">
-        <v>1420</v>
+        <v>1950</v>
       </c>
       <c r="Q164" s="1" t="s">
-        <v>121</v>
+        <v>667</v>
       </c>
       <c r="R164" s="1" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="S164" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T164" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U164" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V164" s="1" t="s">
         <v>73</v>
       </c>
       <c r="W164" s="1" t="s">
-        <v>664</v>
+        <v>609</v>
       </c>
       <c r="X164" s="1">
         <v>0</v>
       </c>
       <c r="Y164" s="1" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="Z164" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="AA164" s="1">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="AB164" s="1" t="s">
-        <v>654</v>
+        <v>87</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>32</v>
+        <v>673</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>32</v>
+        <v>674</v>
       </c>
       <c r="F165" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>301</v>
+        <v>33</v>
       </c>
       <c r="H165" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J165" s="1">
         <v>2026</v>
       </c>
       <c r="K165" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L165" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M165" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N165" s="1" t="s">
-        <v>435</v>
+        <v>37</v>
       </c>
       <c r="O165" s="1">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="P165" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q165" s="1" t="s"/>
+      <c r="R165" s="1" t="s"/>
       <c r="S165" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T165" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U165" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V165" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W165" s="1" t="s">
-        <v>664</v>
+        <v>42</v>
       </c>
       <c r="X165" s="1">
         <v>0</v>
       </c>
       <c r="Y165" s="1" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="Z165" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="AA165" s="1">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="AB165" s="1" t="s">
-        <v>654</v>
+        <v>76</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>671</v>
+        <v>677</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E166" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F166" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>128</v>
+        <v>77</v>
       </c>
       <c r="H166" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I166" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J166" s="1">
         <v>2026</v>
       </c>
       <c r="K166" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L166" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M166" s="2">
         <v>46150.25</v>
       </c>
       <c r="N166" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="O166" s="1">
-        <v>1300</v>
+        <v>1800</v>
       </c>
       <c r="P166" s="1">
-        <v>1450</v>
+        <v>1920</v>
       </c>
       <c r="Q166" s="1" t="s">
-        <v>121</v>
+        <v>667</v>
       </c>
       <c r="R166" s="1" t="s">
-        <v>83</v>
+        <v>679</v>
       </c>
       <c r="S166" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T166" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U166" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V166" s="1" t="s">
         <v>73</v>
       </c>
       <c r="W166" s="1" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="X166" s="1">
         <v>0</v>
       </c>
       <c r="Y166" s="1" t="s">
-        <v>674</v>
+        <v>662</v>
       </c>
       <c r="Z166" s="1">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="AA166" s="1">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="AB166" s="1" t="s">
-        <v>654</v>
+        <v>76</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E167" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F167" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>292</v>
+        <v>33</v>
       </c>
       <c r="H167" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J167" s="1">
         <v>2026</v>
       </c>
       <c r="K167" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L167" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M167" s="2">
         <v>46150.25</v>
       </c>
       <c r="N167" s="1" t="s">
-        <v>435</v>
+        <v>37</v>
       </c>
       <c r="O167" s="1">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="P167" s="1">
-        <v>1050</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q167" s="1" t="s"/>
+      <c r="R167" s="1" t="s"/>
       <c r="S167" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T167" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U167" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V167" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W167" s="1" t="s">
-        <v>664</v>
+        <v>42</v>
       </c>
       <c r="X167" s="1">
         <v>0</v>
       </c>
       <c r="Y167" s="1" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="Z167" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="AA167" s="1">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="AB167" s="1" t="s">
-        <v>654</v>
+        <v>76</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E168" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F168" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>301</v>
+        <v>77</v>
       </c>
       <c r="H168" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I168" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J168" s="1">
         <v>2026</v>
       </c>
       <c r="K168" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L168" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M168" s="2">
         <v>46150.25</v>
       </c>
       <c r="N168" s="1" t="s">
-        <v>156</v>
+        <v>67</v>
       </c>
       <c r="O168" s="1">
-        <v>1100</v>
+        <v>1800</v>
       </c>
       <c r="P168" s="1">
-        <v>1150</v>
+        <v>1920</v>
       </c>
       <c r="Q168" s="1" t="s">
-        <v>302</v>
+        <v>667</v>
       </c>
       <c r="R168" s="1" t="s">
-        <v>111</v>
+        <v>679</v>
       </c>
       <c r="S168" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T168" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U168" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V168" s="1" t="s">
         <v>73</v>
       </c>
       <c r="W168" s="1" t="s">
-        <v>652</v>
+        <v>680</v>
       </c>
       <c r="X168" s="1">
         <v>0</v>
       </c>
       <c r="Y168" s="1" t="s">
-        <v>674</v>
+        <v>662</v>
       </c>
       <c r="Z168" s="1">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="AA168" s="1">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="AB168" s="1" t="s">
-        <v>654</v>
+        <v>87</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F169" s="1">
         <v>3</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H169" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J169" s="1">
         <v>2026</v>
       </c>
       <c r="K169" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L169" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M169" s="2">
         <v>46150.25</v>
       </c>
       <c r="N169" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O169" s="1">
         <v>0</v>
       </c>
       <c r="P169" s="1">
         <v>0</v>
       </c>
       <c r="Q169" s="1" t="s"/>
       <c r="R169" s="1" t="s"/>
       <c r="S169" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T169" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U169" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V169" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W169" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X169" s="1">
         <v>0</v>
       </c>
       <c r="Y169" s="1" t="s">
-        <v>580</v>
+        <v>675</v>
       </c>
       <c r="Z169" s="1">
         <v>35</v>
       </c>
       <c r="AA169" s="1">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="AB169" s="1" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>686</v>
+        <v>691</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E170" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F170" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>687</v>
+        <v>164</v>
       </c>
       <c r="H170" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I170" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J170" s="1">
         <v>2026</v>
       </c>
       <c r="K170" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L170" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M170" s="2">
         <v>46150.25</v>
       </c>
       <c r="N170" s="1" t="s">
-        <v>688</v>
+        <v>37</v>
       </c>
       <c r="O170" s="1">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="P170" s="1">
-        <v>1205</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q170" s="1" t="s"/>
+      <c r="R170" s="1" t="s"/>
       <c r="S170" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T170" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U170" s="1" t="s">
-        <v>691</v>
+        <v>40</v>
       </c>
       <c r="V170" s="1" t="s">
-        <v>692</v>
+        <v>41</v>
       </c>
       <c r="W170" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X170" s="1">
         <v>0</v>
       </c>
       <c r="Y170" s="1" t="s">
-        <v>693</v>
+        <v>289</v>
       </c>
       <c r="Z170" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="AA170" s="1">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="AB170" s="1" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="s">
-        <v>694</v>
+        <v>689</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>695</v>
+        <v>690</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>696</v>
+        <v>691</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F171" s="1">
         <v>3</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H171" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J171" s="1">
         <v>2026</v>
       </c>
       <c r="K171" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L171" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M171" s="2">
         <v>46150.25</v>
       </c>
       <c r="N171" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O171" s="1">
         <v>0</v>
       </c>
       <c r="P171" s="1">
         <v>0</v>
       </c>
       <c r="Q171" s="1" t="s"/>
       <c r="R171" s="1" t="s"/>
       <c r="S171" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T171" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U171" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V171" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W171" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X171" s="1">
         <v>0</v>
       </c>
       <c r="Y171" s="1" t="s">
-        <v>101</v>
+        <v>289</v>
       </c>
       <c r="Z171" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="AA171" s="1">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="AB171" s="1" t="s">
-        <v>102</v>
+        <v>76</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="s">
-        <v>697</v>
+        <v>692</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>698</v>
+        <v>693</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>699</v>
+        <v>694</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F172" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H172" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J172" s="1">
         <v>2026</v>
       </c>
       <c r="K172" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L172" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M172" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N172" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O172" s="1">
         <v>0</v>
       </c>
       <c r="P172" s="1">
         <v>0</v>
       </c>
       <c r="Q172" s="1" t="s"/>
       <c r="R172" s="1" t="s"/>
       <c r="S172" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T172" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U172" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V172" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W172" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X172" s="1">
         <v>0</v>
       </c>
       <c r="Y172" s="1" t="s">
-        <v>101</v>
+        <v>289</v>
       </c>
       <c r="Z172" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="AA172" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AB172" s="1" t="s">
-        <v>102</v>
+        <v>76</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="s">
-        <v>700</v>
+        <v>695</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>701</v>
+        <v>696</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>702</v>
+        <v>697</v>
       </c>
       <c r="D173" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="E173" s="1" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F173" s="1">
         <v>3</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>538</v>
+        <v>77</v>
       </c>
       <c r="H173" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I173" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J173" s="1">
         <v>2026</v>
       </c>
       <c r="K173" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L173" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M173" s="2">
         <v>46150.25</v>
       </c>
       <c r="N173" s="1" t="s">
-        <v>37</v>
+        <v>123</v>
       </c>
       <c r="O173" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="P173" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R173" s="1" t="s"/>
+        <v>1920</v>
+      </c>
+      <c r="Q173" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="R173" s="1" t="s">
+        <v>679</v>
+      </c>
       <c r="S173" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T173" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U173" s="1" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="V173" s="1" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="W173" s="1" t="s">
-        <v>42</v>
+        <v>439</v>
       </c>
       <c r="X173" s="1">
         <v>0</v>
       </c>
       <c r="Y173" s="1" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="Z173" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="AA173" s="1">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="AB173" s="1" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="s">
         <v>700</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>701</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>702</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F174" s="1">
         <v>3</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>169</v>
+        <v>33</v>
       </c>
       <c r="H174" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="J174" s="1">
         <v>2026</v>
       </c>
       <c r="K174" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L174" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M174" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N174" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O174" s="1">
         <v>0</v>
       </c>
       <c r="P174" s="1">
         <v>0</v>
       </c>
       <c r="Q174" s="1" t="s"/>
       <c r="R174" s="1" t="s"/>
       <c r="S174" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T174" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U174" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V174" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W174" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X174" s="1">
         <v>0</v>
       </c>
       <c r="Y174" s="1" t="s">
-        <v>704</v>
+        <v>559</v>
       </c>
       <c r="Z174" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="AA174" s="1">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="AB174" s="1" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E175" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F175" s="1">
         <v>3</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H175" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J175" s="1">
         <v>2026</v>
       </c>
       <c r="K175" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L175" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M175" s="2">
         <v>46150.25</v>
       </c>
       <c r="N175" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O175" s="1">
         <v>0</v>
       </c>
       <c r="P175" s="1">
         <v>0</v>
       </c>
       <c r="Q175" s="1" t="s"/>
       <c r="R175" s="1" t="s"/>
       <c r="S175" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T175" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U175" s="1" t="s">
-        <v>40</v>
+        <v>377</v>
       </c>
       <c r="V175" s="1" t="s">
-        <v>41</v>
+        <v>378</v>
       </c>
       <c r="W175" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X175" s="1">
         <v>0</v>
       </c>
       <c r="Y175" s="1" t="s">
-        <v>704</v>
+        <v>559</v>
       </c>
       <c r="Z175" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="AA175" s="1">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="AB175" s="1" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>214</v>
+        <v>31</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F176" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>77</v>
+        <v>33</v>
       </c>
       <c r="H176" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J176" s="1">
         <v>2026</v>
       </c>
       <c r="K176" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L176" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M176" s="2">
         <v>46150.25</v>
       </c>
       <c r="N176" s="1" t="s">
-        <v>129</v>
+        <v>37</v>
       </c>
       <c r="O176" s="1">
-        <v>1800</v>
+        <v>0</v>
       </c>
       <c r="P176" s="1">
-        <v>1950</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q176" s="1" t="s"/>
+      <c r="R176" s="1" t="s"/>
       <c r="S176" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T176" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U176" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V176" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W176" s="1" t="s">
-        <v>652</v>
+        <v>42</v>
       </c>
       <c r="X176" s="1">
         <v>0</v>
       </c>
       <c r="Y176" s="1" t="s">
-        <v>709</v>
+        <v>559</v>
       </c>
       <c r="Z176" s="1">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="AA176" s="1">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AB176" s="1" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="B177" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="C177" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="C177" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D177" s="1" t="s">
-        <v>713</v>
+        <v>31</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>714</v>
+        <v>32</v>
       </c>
       <c r="F177" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H177" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J177" s="1">
         <v>2026</v>
       </c>
       <c r="K177" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L177" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M177" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N177" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O177" s="1">
         <v>0</v>
       </c>
       <c r="P177" s="1">
         <v>0</v>
       </c>
       <c r="Q177" s="1" t="s"/>
       <c r="R177" s="1" t="s"/>
       <c r="S177" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T177" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U177" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V177" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W177" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X177" s="1">
         <v>0</v>
       </c>
       <c r="Y177" s="1" t="s">
-        <v>715</v>
+        <v>559</v>
       </c>
       <c r="Z177" s="1">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="AA177" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="AB177" s="1" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>32</v>
+        <v>715</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F178" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>77</v>
+        <v>188</v>
       </c>
       <c r="H178" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I178" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J178" s="1">
         <v>2026</v>
       </c>
       <c r="K178" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L178" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M178" s="2">
         <v>46150.25</v>
       </c>
       <c r="N178" s="1" t="s">
-        <v>129</v>
+        <v>67</v>
       </c>
       <c r="O178" s="1">
-        <v>1800</v>
+        <v>1225</v>
       </c>
       <c r="P178" s="1">
-        <v>1920</v>
+        <v>1315</v>
       </c>
       <c r="Q178" s="1" t="s">
-        <v>571</v>
+        <v>716</v>
       </c>
       <c r="R178" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="S178" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="T178" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="U178" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="V178" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="W178" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="X178" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y178" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="S178" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="Z178" s="1">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="AA178" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="AB178" s="1" t="s">
-        <v>76</v>
+        <v>110</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="s">
-        <v>721</v>
+        <v>712</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>722</v>
+        <v>713</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>723</v>
+        <v>714</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>31</v>
+        <v>715</v>
       </c>
       <c r="E179" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F179" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>33</v>
+        <v>720</v>
       </c>
       <c r="H179" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J179" s="1">
         <v>2026</v>
       </c>
       <c r="K179" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L179" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M179" s="2">
         <v>46150.25</v>
       </c>
       <c r="N179" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="O179" s="1">
-        <v>0</v>
+        <v>1320</v>
       </c>
       <c r="P179" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R179" s="1" t="s"/>
+        <v>1410</v>
+      </c>
+      <c r="Q179" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="R179" s="1" t="s">
+        <v>576</v>
+      </c>
       <c r="S179" s="1" t="s">
-        <v>38</v>
+        <v>191</v>
       </c>
       <c r="T179" s="1" t="s">
-        <v>39</v>
+        <v>192</v>
       </c>
       <c r="U179" s="1" t="s">
-        <v>40</v>
+        <v>191</v>
       </c>
       <c r="V179" s="1" t="s">
-        <v>41</v>
+        <v>193</v>
       </c>
       <c r="W179" s="1" t="s">
-        <v>42</v>
+        <v>718</v>
       </c>
       <c r="X179" s="1">
         <v>0</v>
       </c>
       <c r="Y179" s="1" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
       <c r="Z179" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="AA179" s="1">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="AB179" s="1" t="s">
-        <v>76</v>
+        <v>110</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>725</v>
+        <v>713</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>32</v>
+        <v>715</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F180" s="1">
         <v>3</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>77</v>
+        <v>370</v>
       </c>
       <c r="H180" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J180" s="1">
         <v>2026</v>
       </c>
       <c r="K180" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L180" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M180" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N180" s="1" t="s">
-        <v>67</v>
+        <v>316</v>
       </c>
       <c r="O180" s="1">
-        <v>1800</v>
+        <v>800</v>
       </c>
       <c r="P180" s="1">
-        <v>1920</v>
+        <v>950</v>
       </c>
       <c r="Q180" s="1" t="s">
-        <v>571</v>
+        <v>317</v>
       </c>
       <c r="R180" s="1" t="s">
-        <v>719</v>
+        <v>356</v>
       </c>
       <c r="S180" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T180" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U180" s="1" t="s">
-        <v>72</v>
+        <v>721</v>
       </c>
       <c r="V180" s="1" t="s">
-        <v>73</v>
+        <v>722</v>
       </c>
       <c r="W180" s="1" t="s">
-        <v>720</v>
+        <v>74</v>
       </c>
       <c r="X180" s="1">
         <v>0</v>
       </c>
       <c r="Y180" s="1" t="s">
-        <v>703</v>
+        <v>723</v>
       </c>
       <c r="Z180" s="1">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="AA180" s="1">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="AB180" s="1" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="C181" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="D181" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="D181" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E181" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F181" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>33</v>
+        <v>188</v>
       </c>
       <c r="H181" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J181" s="1">
         <v>2026</v>
       </c>
       <c r="K181" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L181" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M181" s="2">
         <v>46150.25</v>
       </c>
       <c r="N181" s="1" t="s">
-        <v>37</v>
+        <v>727</v>
       </c>
       <c r="O181" s="1">
-        <v>0</v>
+        <v>1225</v>
       </c>
       <c r="P181" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R181" s="1" t="s"/>
+        <v>1315</v>
+      </c>
+      <c r="Q181" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="R181" s="1" t="s">
+        <v>717</v>
+      </c>
       <c r="S181" s="1" t="s">
-        <v>38</v>
+        <v>191</v>
       </c>
       <c r="T181" s="1" t="s">
-        <v>39</v>
+        <v>192</v>
       </c>
       <c r="U181" s="1" t="s">
-        <v>40</v>
+        <v>191</v>
       </c>
       <c r="V181" s="1" t="s">
-        <v>41</v>
+        <v>193</v>
       </c>
       <c r="W181" s="1" t="s">
-        <v>42</v>
+        <v>718</v>
       </c>
       <c r="X181" s="1">
         <v>0</v>
       </c>
       <c r="Y181" s="1" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="Z181" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="AA181" s="1">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="AB181" s="1" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="s">
-        <v>729</v>
+        <v>724</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>730</v>
+        <v>725</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>731</v>
+        <v>714</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>31</v>
+        <v>726</v>
       </c>
       <c r="E182" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F182" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>169</v>
+        <v>720</v>
       </c>
       <c r="H182" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I182" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J182" s="1">
         <v>2026</v>
       </c>
       <c r="K182" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L182" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M182" s="2">
         <v>46150.25</v>
       </c>
       <c r="N182" s="1" t="s">
-        <v>37</v>
+        <v>727</v>
       </c>
       <c r="O182" s="1">
-        <v>0</v>
+        <v>1320</v>
       </c>
       <c r="P182" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R182" s="1" t="s"/>
+        <v>1410</v>
+      </c>
+      <c r="Q182" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="R182" s="1" t="s">
+        <v>576</v>
+      </c>
       <c r="S182" s="1" t="s">
-        <v>38</v>
+        <v>191</v>
       </c>
       <c r="T182" s="1" t="s">
-        <v>39</v>
+        <v>192</v>
       </c>
       <c r="U182" s="1" t="s">
-        <v>40</v>
+        <v>191</v>
       </c>
       <c r="V182" s="1" t="s">
-        <v>41</v>
+        <v>193</v>
       </c>
       <c r="W182" s="1" t="s">
-        <v>42</v>
+        <v>718</v>
       </c>
       <c r="X182" s="1">
         <v>0</v>
       </c>
       <c r="Y182" s="1" t="s">
-        <v>308</v>
+        <v>719</v>
       </c>
       <c r="Z182" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="AA182" s="1">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="AB182" s="1" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="s">
-        <v>729</v>
+        <v>724</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>730</v>
+        <v>725</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>731</v>
+        <v>714</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>31</v>
+        <v>726</v>
       </c>
       <c r="E183" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F183" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>33</v>
+        <v>370</v>
       </c>
       <c r="H183" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="J183" s="1">
         <v>2026</v>
       </c>
       <c r="K183" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L183" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M183" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N183" s="1" t="s">
-        <v>37</v>
+        <v>316</v>
       </c>
       <c r="O183" s="1">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="P183" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R183" s="1" t="s"/>
+        <v>1550</v>
+      </c>
+      <c r="Q183" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="R183" s="1" t="s">
+        <v>116</v>
+      </c>
       <c r="S183" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T183" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U183" s="1" t="s">
-        <v>40</v>
+        <v>721</v>
       </c>
       <c r="V183" s="1" t="s">
-        <v>41</v>
+        <v>722</v>
       </c>
       <c r="W183" s="1" t="s">
-        <v>42</v>
+        <v>728</v>
       </c>
       <c r="X183" s="1">
         <v>0</v>
       </c>
       <c r="Y183" s="1" t="s">
-        <v>308</v>
+        <v>723</v>
       </c>
       <c r="Z183" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="AA183" s="1">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="AB183" s="1" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="s">
-        <v>732</v>
+        <v>729</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F184" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>33</v>
+        <v>188</v>
       </c>
       <c r="H184" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J184" s="1">
         <v>2026</v>
       </c>
       <c r="K184" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L184" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M184" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N184" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="O184" s="1">
-        <v>0</v>
+        <v>1415</v>
       </c>
       <c r="P184" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R184" s="1" t="s"/>
+        <v>1505</v>
+      </c>
+      <c r="Q184" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="R184" s="1" t="s">
+        <v>733</v>
+      </c>
       <c r="S184" s="1" t="s">
-        <v>38</v>
+        <v>191</v>
       </c>
       <c r="T184" s="1" t="s">
-        <v>39</v>
+        <v>192</v>
       </c>
       <c r="U184" s="1" t="s">
-        <v>40</v>
+        <v>191</v>
       </c>
       <c r="V184" s="1" t="s">
-        <v>41</v>
+        <v>193</v>
       </c>
       <c r="W184" s="1" t="s">
-        <v>42</v>
+        <v>718</v>
       </c>
       <c r="X184" s="1">
         <v>0</v>
       </c>
       <c r="Y184" s="1" t="s">
-        <v>308</v>
+        <v>719</v>
       </c>
       <c r="Z184" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="AA184" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB184" s="1" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="s">
-        <v>735</v>
+        <v>729</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>736</v>
+        <v>730</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>737</v>
+        <v>731</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>738</v>
+        <v>32</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F185" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>77</v>
+        <v>370</v>
       </c>
       <c r="H185" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J185" s="1">
         <v>2026</v>
       </c>
       <c r="K185" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L185" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M185" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N185" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="O185" s="1">
-        <v>1800</v>
+        <v>800</v>
       </c>
       <c r="P185" s="1">
-        <v>1920</v>
+        <v>950</v>
       </c>
       <c r="Q185" s="1" t="s">
-        <v>571</v>
+        <v>317</v>
       </c>
       <c r="R185" s="1" t="s">
-        <v>719</v>
+        <v>356</v>
       </c>
       <c r="S185" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T185" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U185" s="1" t="s">
-        <v>72</v>
+        <v>721</v>
       </c>
       <c r="V185" s="1" t="s">
-        <v>73</v>
+        <v>722</v>
       </c>
       <c r="W185" s="1" t="s">
-        <v>457</v>
+        <v>74</v>
       </c>
       <c r="X185" s="1">
         <v>0</v>
       </c>
       <c r="Y185" s="1" t="s">
-        <v>739</v>
+        <v>723</v>
       </c>
       <c r="Z185" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA185" s="1">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="AB185" s="1" t="s">
-        <v>76</v>
+        <v>110</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="s">
-        <v>740</v>
+        <v>734</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>741</v>
+        <v>735</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>742</v>
+        <v>736</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F186" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>33</v>
+        <v>188</v>
       </c>
       <c r="H186" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J186" s="1">
         <v>2026</v>
       </c>
       <c r="K186" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L186" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M186" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N186" s="1" t="s">
-        <v>37</v>
+        <v>727</v>
       </c>
       <c r="O186" s="1">
-        <v>0</v>
+        <v>1415</v>
       </c>
       <c r="P186" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R186" s="1" t="s"/>
+        <v>1505</v>
+      </c>
+      <c r="Q186" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="R186" s="1" t="s">
+        <v>733</v>
+      </c>
       <c r="S186" s="1" t="s">
-        <v>38</v>
+        <v>191</v>
       </c>
       <c r="T186" s="1" t="s">
-        <v>39</v>
+        <v>192</v>
       </c>
       <c r="U186" s="1" t="s">
-        <v>40</v>
+        <v>191</v>
       </c>
       <c r="V186" s="1" t="s">
-        <v>41</v>
+        <v>193</v>
       </c>
       <c r="W186" s="1" t="s">
-        <v>42</v>
+        <v>718</v>
       </c>
       <c r="X186" s="1">
         <v>0</v>
       </c>
       <c r="Y186" s="1" t="s">
-        <v>600</v>
+        <v>719</v>
       </c>
       <c r="Z186" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA186" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="AB186" s="1" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="s">
-        <v>743</v>
+        <v>734</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>744</v>
+        <v>735</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>745</v>
+        <v>736</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F187" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>33</v>
+        <v>370</v>
       </c>
       <c r="H187" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="J187" s="1">
         <v>2026</v>
       </c>
       <c r="K187" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L187" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M187" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N187" s="1" t="s">
-        <v>37</v>
+        <v>123</v>
       </c>
       <c r="O187" s="1">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="P187" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R187" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q187" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="R187" s="1" t="s">
+        <v>105</v>
+      </c>
       <c r="S187" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T187" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U187" s="1" t="s">
-        <v>394</v>
+        <v>721</v>
       </c>
       <c r="V187" s="1" t="s">
-        <v>395</v>
+        <v>722</v>
       </c>
       <c r="W187" s="1" t="s">
-        <v>42</v>
+        <v>728</v>
       </c>
       <c r="X187" s="1">
         <v>0</v>
       </c>
       <c r="Y187" s="1" t="s">
-        <v>600</v>
+        <v>723</v>
       </c>
       <c r="Z187" s="1">
         <v>15</v>
       </c>
       <c r="AA187" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB187" s="1" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="s">
-        <v>746</v>
+        <v>737</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>747</v>
+        <v>738</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>748</v>
+        <v>739</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F188" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>33</v>
+        <v>370</v>
       </c>
       <c r="H188" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J188" s="1">
         <v>2026</v>
       </c>
       <c r="K188" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L188" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M188" s="2">
         <v>46150.25</v>
       </c>
       <c r="N188" s="1" t="s">
-        <v>37</v>
+        <v>316</v>
       </c>
       <c r="O188" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="P188" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R188" s="1" t="s"/>
+        <v>950</v>
+      </c>
+      <c r="Q188" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="R188" s="1" t="s">
+        <v>356</v>
+      </c>
       <c r="S188" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T188" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U188" s="1" t="s">
-        <v>40</v>
+        <v>721</v>
       </c>
       <c r="V188" s="1" t="s">
-        <v>41</v>
+        <v>722</v>
       </c>
       <c r="W188" s="1" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="X188" s="1">
         <v>0</v>
       </c>
       <c r="Y188" s="1" t="s">
-        <v>600</v>
+        <v>723</v>
       </c>
       <c r="Z188" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA188" s="1">
         <v>5</v>
       </c>
-      <c r="AA188" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="AB188" s="1" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="s">
-        <v>749</v>
+        <v>740</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>750</v>
+        <v>741</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>751</v>
+        <v>742</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F189" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>33</v>
+        <v>370</v>
       </c>
       <c r="H189" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J189" s="1">
         <v>2026</v>
       </c>
       <c r="K189" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L189" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M189" s="2">
         <v>46150.25</v>
       </c>
       <c r="N189" s="1" t="s">
-        <v>37</v>
+        <v>316</v>
       </c>
       <c r="O189" s="1">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="P189" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R189" s="1" t="s"/>
+        <v>1550</v>
+      </c>
+      <c r="Q189" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="R189" s="1" t="s">
+        <v>116</v>
+      </c>
       <c r="S189" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="T189" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
       <c r="U189" s="1" t="s">
-        <v>40</v>
+        <v>721</v>
       </c>
       <c r="V189" s="1" t="s">
-        <v>41</v>
+        <v>722</v>
       </c>
       <c r="W189" s="1" t="s">
-        <v>42</v>
+        <v>728</v>
       </c>
       <c r="X189" s="1">
         <v>0</v>
       </c>
       <c r="Y189" s="1" t="s">
-        <v>600</v>
+        <v>723</v>
       </c>
       <c r="Z189" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA189" s="1">
         <v>5</v>
       </c>
-      <c r="AA189" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="AB189" s="1" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="s">
-        <v>752</v>
+        <v>743</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>753</v>
+        <v>744</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>754</v>
+        <v>744</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>755</v>
+        <v>32</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F190" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>193</v>
+        <v>376</v>
       </c>
       <c r="H190" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J190" s="1">
         <v>2026</v>
       </c>
       <c r="K190" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L190" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M190" s="2">
         <v>46150.25</v>
       </c>
       <c r="N190" s="1" t="s">
-        <v>340</v>
+        <v>316</v>
       </c>
       <c r="O190" s="1">
-        <v>1225</v>
+        <v>800</v>
       </c>
       <c r="P190" s="1">
-        <v>1315</v>
+        <v>950</v>
       </c>
       <c r="Q190" s="1" t="s">
-        <v>756</v>
+        <v>317</v>
       </c>
       <c r="R190" s="1" t="s">
-        <v>757</v>
+        <v>356</v>
       </c>
       <c r="S190" s="1" t="s">
-        <v>196</v>
+        <v>70</v>
       </c>
       <c r="T190" s="1" t="s">
-        <v>197</v>
+        <v>71</v>
       </c>
       <c r="U190" s="1" t="s">
-        <v>196</v>
+        <v>721</v>
       </c>
       <c r="V190" s="1" t="s">
-        <v>198</v>
+        <v>722</v>
       </c>
       <c r="W190" s="1" t="s">
-        <v>758</v>
+        <v>728</v>
       </c>
       <c r="X190" s="1">
         <v>0</v>
       </c>
       <c r="Y190" s="1" t="s">
-        <v>759</v>
+        <v>745</v>
       </c>
       <c r="Z190" s="1">
         <v>15</v>
       </c>
       <c r="AA190" s="1">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="AB190" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="s">
-        <v>752</v>
+        <v>746</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>754</v>
+        <v>748</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>755</v>
+        <v>749</v>
       </c>
       <c r="E191" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F191" s="1">
         <v>2</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>760</v>
+        <v>376</v>
       </c>
       <c r="H191" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J191" s="1">
         <v>2026</v>
       </c>
       <c r="K191" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L191" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M191" s="2">
         <v>46150.25</v>
       </c>
       <c r="N191" s="1" t="s">
-        <v>340</v>
+        <v>316</v>
       </c>
       <c r="O191" s="1">
-        <v>1320</v>
+        <v>1000</v>
       </c>
       <c r="P191" s="1">
-        <v>1410</v>
+        <v>1550</v>
       </c>
       <c r="Q191" s="1" t="s">
-        <v>616</v>
+        <v>276</v>
       </c>
       <c r="R191" s="1" t="s">
-        <v>617</v>
+        <v>116</v>
       </c>
       <c r="S191" s="1" t="s">
-        <v>196</v>
+        <v>70</v>
       </c>
       <c r="T191" s="1" t="s">
-        <v>197</v>
+        <v>71</v>
       </c>
       <c r="U191" s="1" t="s">
-        <v>196</v>
+        <v>721</v>
       </c>
       <c r="V191" s="1" t="s">
-        <v>198</v>
+        <v>722</v>
       </c>
       <c r="W191" s="1" t="s">
-        <v>758</v>
+        <v>750</v>
       </c>
       <c r="X191" s="1">
         <v>0</v>
       </c>
       <c r="Y191" s="1" t="s">
-        <v>759</v>
+        <v>745</v>
       </c>
       <c r="Z191" s="1">
         <v>15</v>
       </c>
       <c r="AA191" s="1">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="AB191" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="B192" s="1" t="s">
         <v>752</v>
       </c>
-      <c r="B192" s="1" t="s">
+      <c r="C192" s="1" t="s">
         <v>753</v>
       </c>
-      <c r="C192" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D192" s="1" t="s">
-        <v>755</v>
+        <v>32</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F192" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>386</v>
+        <v>188</v>
       </c>
       <c r="H192" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J192" s="1">
         <v>2026</v>
       </c>
       <c r="K192" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L192" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M192" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N192" s="1" t="s">
-        <v>332</v>
+        <v>67</v>
       </c>
       <c r="O192" s="1">
-        <v>800</v>
+        <v>810</v>
       </c>
       <c r="P192" s="1">
-        <v>950</v>
+        <v>900</v>
       </c>
       <c r="Q192" s="1" t="s">
-        <v>215</v>
+        <v>754</v>
       </c>
       <c r="R192" s="1" t="s">
-        <v>216</v>
+        <v>104</v>
       </c>
       <c r="S192" s="1" t="s">
-        <v>70</v>
+        <v>191</v>
       </c>
       <c r="T192" s="1" t="s">
-        <v>71</v>
+        <v>192</v>
       </c>
       <c r="U192" s="1" t="s">
-        <v>761</v>
+        <v>191</v>
       </c>
       <c r="V192" s="1" t="s">
-        <v>762</v>
+        <v>193</v>
       </c>
       <c r="W192" s="1" t="s">
-        <v>74</v>
+        <v>718</v>
       </c>
       <c r="X192" s="1">
         <v>0</v>
       </c>
       <c r="Y192" s="1" t="s">
-        <v>763</v>
+        <v>719</v>
       </c>
       <c r="Z192" s="1">
         <v>15</v>
       </c>
       <c r="AA192" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="AB192" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="s">
-        <v>764</v>
+        <v>751</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>765</v>
+        <v>752</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>766</v>
+        <v>32</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F193" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="H193" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I193" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J193" s="1">
         <v>2026</v>
       </c>
       <c r="K193" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L193" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M193" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N193" s="1" t="s">
-        <v>332</v>
+        <v>67</v>
       </c>
       <c r="O193" s="1">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="P193" s="1">
-        <v>1550</v>
+        <v>950</v>
       </c>
       <c r="Q193" s="1" t="s">
-        <v>228</v>
+        <v>317</v>
       </c>
       <c r="R193" s="1" t="s">
-        <v>122</v>
+        <v>356</v>
       </c>
       <c r="S193" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T193" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U193" s="1" t="s">
-        <v>761</v>
+        <v>721</v>
       </c>
       <c r="V193" s="1" t="s">
-        <v>762</v>
+        <v>722</v>
       </c>
       <c r="W193" s="1" t="s">
-        <v>767</v>
+        <v>750</v>
       </c>
       <c r="X193" s="1">
         <v>0</v>
       </c>
       <c r="Y193" s="1" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="Z193" s="1">
         <v>15</v>
       </c>
       <c r="AA193" s="1">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="AB193" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="s">
-        <v>768</v>
+        <v>755</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>769</v>
+        <v>756</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>770</v>
+        <v>757</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E194" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F194" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="H194" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I194" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J194" s="1">
         <v>2026</v>
       </c>
       <c r="K194" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L194" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M194" s="2">
         <v>46150.25</v>
       </c>
       <c r="N194" s="1" t="s">
-        <v>340</v>
+        <v>727</v>
       </c>
       <c r="O194" s="1">
-        <v>1415</v>
+        <v>810</v>
       </c>
       <c r="P194" s="1">
-        <v>1505</v>
+        <v>900</v>
       </c>
       <c r="Q194" s="1" t="s">
-        <v>771</v>
+        <v>754</v>
       </c>
       <c r="R194" s="1" t="s">
-        <v>772</v>
+        <v>104</v>
       </c>
       <c r="S194" s="1" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="T194" s="1" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="U194" s="1" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="V194" s="1" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="W194" s="1" t="s">
-        <v>758</v>
+        <v>718</v>
       </c>
       <c r="X194" s="1">
         <v>0</v>
       </c>
       <c r="Y194" s="1" t="s">
-        <v>759</v>
+        <v>719</v>
       </c>
       <c r="Z194" s="1">
         <v>15</v>
       </c>
       <c r="AA194" s="1">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="AB194" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="s">
-        <v>768</v>
+        <v>755</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>769</v>
+        <v>756</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>770</v>
+        <v>757</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F195" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="H195" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I195" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J195" s="1">
         <v>2026</v>
       </c>
       <c r="K195" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L195" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M195" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N195" s="1" t="s">
-        <v>129</v>
+        <v>67</v>
       </c>
       <c r="O195" s="1">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="P195" s="1">
-        <v>950</v>
+        <v>1150</v>
       </c>
       <c r="Q195" s="1" t="s">
-        <v>215</v>
+        <v>276</v>
       </c>
       <c r="R195" s="1" t="s">
-        <v>216</v>
+        <v>105</v>
       </c>
       <c r="S195" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T195" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U195" s="1" t="s">
-        <v>761</v>
+        <v>721</v>
       </c>
       <c r="V195" s="1" t="s">
-        <v>762</v>
+        <v>722</v>
       </c>
       <c r="W195" s="1" t="s">
-        <v>74</v>
+        <v>728</v>
       </c>
       <c r="X195" s="1">
         <v>0</v>
       </c>
       <c r="Y195" s="1" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="Z195" s="1">
         <v>15</v>
       </c>
       <c r="AA195" s="1">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="AB195" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="s">
-        <v>773</v>
+        <v>758</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>774</v>
+        <v>759</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>775</v>
+        <v>760</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E196" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F196" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>386</v>
+        <v>370</v>
       </c>
       <c r="H196" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="J196" s="1">
         <v>2026</v>
       </c>
       <c r="K196" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L196" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M196" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N196" s="1" t="s">
-        <v>129</v>
+        <v>67</v>
       </c>
       <c r="O196" s="1">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="P196" s="1">
-        <v>1150</v>
+        <v>950</v>
       </c>
       <c r="Q196" s="1" t="s">
-        <v>228</v>
+        <v>317</v>
       </c>
       <c r="R196" s="1" t="s">
-        <v>111</v>
+        <v>356</v>
       </c>
       <c r="S196" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T196" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U196" s="1" t="s">
-        <v>761</v>
+        <v>721</v>
       </c>
       <c r="V196" s="1" t="s">
-        <v>762</v>
+        <v>722</v>
       </c>
       <c r="W196" s="1" t="s">
-        <v>767</v>
+        <v>74</v>
       </c>
       <c r="X196" s="1">
         <v>0</v>
       </c>
       <c r="Y196" s="1" t="s">
-        <v>763</v>
+        <v>723</v>
       </c>
       <c r="Z196" s="1">
         <v>15</v>
       </c>
       <c r="AA196" s="1">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="AB196" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="s">
-        <v>776</v>
+        <v>761</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>777</v>
+        <v>762</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>778</v>
+        <v>763</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>32</v>
+        <v>764</v>
       </c>
       <c r="E197" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F197" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>386</v>
+        <v>370</v>
       </c>
       <c r="H197" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I197" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J197" s="1">
         <v>2026</v>
       </c>
       <c r="K197" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L197" s="2">
         <v>46097.25</v>
       </c>
       <c r="M197" s="2">
         <v>46150.25</v>
       </c>
       <c r="N197" s="1" t="s">
-        <v>332</v>
+        <v>67</v>
       </c>
       <c r="O197" s="1">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="P197" s="1">
-        <v>950</v>
+        <v>1150</v>
       </c>
       <c r="Q197" s="1" t="s">
-        <v>215</v>
+        <v>276</v>
       </c>
       <c r="R197" s="1" t="s">
-        <v>216</v>
+        <v>105</v>
       </c>
       <c r="S197" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T197" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U197" s="1" t="s">
-        <v>761</v>
+        <v>721</v>
       </c>
       <c r="V197" s="1" t="s">
-        <v>762</v>
+        <v>722</v>
       </c>
       <c r="W197" s="1" t="s">
-        <v>74</v>
+        <v>344</v>
       </c>
       <c r="X197" s="1">
         <v>0</v>
       </c>
       <c r="Y197" s="1" t="s">
-        <v>763</v>
+        <v>723</v>
       </c>
       <c r="Z197" s="1">
         <v>15</v>
       </c>
       <c r="AA197" s="1">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="AB197" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="s">
-        <v>779</v>
+        <v>765</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>780</v>
+        <v>766</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>781</v>
+        <v>767</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F198" s="1">
         <v>2</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
       <c r="H198" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="J198" s="1">
         <v>2026</v>
       </c>
       <c r="K198" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L198" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M198" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N198" s="1" t="s">
-        <v>332</v>
+        <v>123</v>
       </c>
       <c r="O198" s="1">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="P198" s="1">
-        <v>1550</v>
+        <v>950</v>
       </c>
       <c r="Q198" s="1" t="s">
-        <v>228</v>
+        <v>317</v>
       </c>
       <c r="R198" s="1" t="s">
-        <v>122</v>
+        <v>356</v>
       </c>
       <c r="S198" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T198" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U198" s="1" t="s">
-        <v>761</v>
+        <v>721</v>
       </c>
       <c r="V198" s="1" t="s">
-        <v>762</v>
+        <v>722</v>
       </c>
       <c r="W198" s="1" t="s">
-        <v>767</v>
+        <v>728</v>
       </c>
       <c r="X198" s="1">
         <v>0</v>
       </c>
       <c r="Y198" s="1" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="Z198" s="1">
         <v>15</v>
       </c>
       <c r="AA198" s="1">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="AB198" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="s">
-        <v>782</v>
+        <v>769</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>783</v>
+        <v>770</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>783</v>
+        <v>771</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E199" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F199" s="1">
         <v>1</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="H199" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="J199" s="1">
         <v>2026</v>
       </c>
       <c r="K199" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L199" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M199" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N199" s="1" t="s">
-        <v>332</v>
+        <v>123</v>
       </c>
       <c r="O199" s="1">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="P199" s="1">
-        <v>950</v>
+        <v>1150</v>
       </c>
       <c r="Q199" s="1" t="s">
-        <v>215</v>
+        <v>276</v>
       </c>
       <c r="R199" s="1" t="s">
-        <v>216</v>
+        <v>105</v>
       </c>
       <c r="S199" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T199" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U199" s="1" t="s">
-        <v>761</v>
+        <v>721</v>
       </c>
       <c r="V199" s="1" t="s">
-        <v>762</v>
+        <v>722</v>
       </c>
       <c r="W199" s="1" t="s">
-        <v>767</v>
+        <v>750</v>
       </c>
       <c r="X199" s="1">
         <v>0</v>
       </c>
       <c r="Y199" s="1" t="s">
-        <v>784</v>
+        <v>768</v>
       </c>
       <c r="Z199" s="1">
         <v>15</v>
       </c>
       <c r="AA199" s="1">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="AB199" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="s">
-        <v>785</v>
+        <v>772</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>786</v>
+        <v>773</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>787</v>
+        <v>774</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>788</v>
+        <v>32</v>
       </c>
       <c r="E200" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F200" s="1">
         <v>2</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>393</v>
+        <v>720</v>
       </c>
       <c r="H200" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J200" s="1">
         <v>2026</v>
       </c>
       <c r="K200" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L200" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M200" s="2">
         <v>46150.25</v>
       </c>
       <c r="N200" s="1" t="s">
-        <v>332</v>
+        <v>67</v>
       </c>
       <c r="O200" s="1">
-        <v>1000</v>
+        <v>953</v>
       </c>
       <c r="P200" s="1">
-        <v>1550</v>
+        <v>1137</v>
       </c>
       <c r="Q200" s="1" t="s">
-        <v>228</v>
+        <v>322</v>
       </c>
       <c r="R200" s="1" t="s">
-        <v>122</v>
+        <v>775</v>
       </c>
       <c r="S200" s="1" t="s">
-        <v>70</v>
+        <v>191</v>
       </c>
       <c r="T200" s="1" t="s">
-        <v>71</v>
+        <v>192</v>
       </c>
       <c r="U200" s="1" t="s">
-        <v>761</v>
+        <v>191</v>
       </c>
       <c r="V200" s="1" t="s">
-        <v>762</v>
+        <v>193</v>
       </c>
       <c r="W200" s="1" t="s">
-        <v>789</v>
+        <v>776</v>
       </c>
       <c r="X200" s="1">
         <v>0</v>
       </c>
       <c r="Y200" s="1" t="s">
-        <v>784</v>
+        <v>777</v>
       </c>
       <c r="Z200" s="1">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="AA200" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="AB200" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>791</v>
+        <v>773</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>792</v>
+        <v>774</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F201" s="1">
         <v>2</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>193</v>
+        <v>778</v>
       </c>
       <c r="H201" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I201" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J201" s="1">
         <v>2026</v>
       </c>
       <c r="K201" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L201" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M201" s="2">
         <v>46150.25</v>
       </c>
       <c r="N201" s="1" t="s">
-        <v>340</v>
+        <v>67</v>
       </c>
       <c r="O201" s="1">
-        <v>810</v>
+        <v>1510</v>
       </c>
       <c r="P201" s="1">
-        <v>900</v>
+        <v>1555</v>
       </c>
       <c r="Q201" s="1" t="s">
-        <v>793</v>
+        <v>779</v>
       </c>
       <c r="R201" s="1" t="s">
-        <v>110</v>
+        <v>780</v>
       </c>
       <c r="S201" s="1" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="T201" s="1" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="U201" s="1" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="V201" s="1" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="W201" s="1" t="s">
-        <v>758</v>
+        <v>718</v>
       </c>
       <c r="X201" s="1">
         <v>0</v>
       </c>
       <c r="Y201" s="1" t="s">
-        <v>759</v>
+        <v>719</v>
       </c>
       <c r="Z201" s="1">
         <v>15</v>
       </c>
       <c r="AA201" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="AB201" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>791</v>
+        <v>773</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>792</v>
+        <v>774</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F202" s="1">
         <v>2</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>393</v>
+        <v>376</v>
       </c>
       <c r="H202" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I202" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J202" s="1">
         <v>2026</v>
       </c>
       <c r="K202" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L202" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M202" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N202" s="1" t="s">
-        <v>67</v>
+        <v>316</v>
       </c>
       <c r="O202" s="1">
         <v>800</v>
       </c>
       <c r="P202" s="1">
         <v>950</v>
       </c>
       <c r="Q202" s="1" t="s">
-        <v>215</v>
+        <v>317</v>
       </c>
       <c r="R202" s="1" t="s">
-        <v>216</v>
+        <v>356</v>
       </c>
       <c r="S202" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T202" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U202" s="1" t="s">
-        <v>761</v>
+        <v>721</v>
       </c>
       <c r="V202" s="1" t="s">
-        <v>762</v>
+        <v>722</v>
       </c>
       <c r="W202" s="1" t="s">
-        <v>789</v>
+        <v>750</v>
       </c>
       <c r="X202" s="1">
         <v>0</v>
       </c>
       <c r="Y202" s="1" t="s">
-        <v>784</v>
+        <v>745</v>
       </c>
       <c r="Z202" s="1">
         <v>15</v>
       </c>
       <c r="AA202" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="AB202" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="s">
-        <v>794</v>
+        <v>781</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>795</v>
+        <v>782</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>796</v>
+        <v>783</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E203" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F203" s="1">
         <v>1</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>393</v>
+        <v>188</v>
       </c>
       <c r="H203" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J203" s="1">
         <v>2026</v>
       </c>
       <c r="K203" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L203" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M203" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N203" s="1" t="s">
-        <v>67</v>
+        <v>275</v>
       </c>
       <c r="O203" s="1">
-        <v>1000</v>
+        <v>953</v>
       </c>
       <c r="P203" s="1">
-        <v>1150</v>
+        <v>1137</v>
       </c>
       <c r="Q203" s="1" t="s">
-        <v>228</v>
+        <v>322</v>
       </c>
       <c r="R203" s="1" t="s">
-        <v>111</v>
+        <v>775</v>
       </c>
       <c r="S203" s="1" t="s">
-        <v>70</v>
+        <v>191</v>
       </c>
       <c r="T203" s="1" t="s">
-        <v>71</v>
+        <v>192</v>
       </c>
       <c r="U203" s="1" t="s">
-        <v>761</v>
+        <v>191</v>
       </c>
       <c r="V203" s="1" t="s">
-        <v>762</v>
+        <v>193</v>
       </c>
       <c r="W203" s="1" t="s">
-        <v>767</v>
+        <v>776</v>
       </c>
       <c r="X203" s="1">
         <v>0</v>
       </c>
       <c r="Y203" s="1" t="s">
-        <v>784</v>
+        <v>745</v>
       </c>
       <c r="Z203" s="1">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="AA203" s="1">
         <v>7</v>
       </c>
       <c r="AB203" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="s">
-        <v>797</v>
+        <v>781</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>798</v>
+        <v>782</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>799</v>
+        <v>783</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E204" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F204" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>386</v>
+        <v>778</v>
       </c>
       <c r="H204" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J204" s="1">
         <v>2026</v>
       </c>
       <c r="K204" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L204" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M204" s="2">
         <v>46150.25</v>
       </c>
       <c r="N204" s="1" t="s">
-        <v>67</v>
+        <v>727</v>
       </c>
       <c r="O204" s="1">
-        <v>800</v>
+        <v>1510</v>
       </c>
       <c r="P204" s="1">
-        <v>950</v>
+        <v>1555</v>
       </c>
       <c r="Q204" s="1" t="s">
-        <v>215</v>
+        <v>779</v>
       </c>
       <c r="R204" s="1" t="s">
-        <v>216</v>
+        <v>780</v>
       </c>
       <c r="S204" s="1" t="s">
-        <v>70</v>
+        <v>191</v>
       </c>
       <c r="T204" s="1" t="s">
-        <v>71</v>
+        <v>192</v>
       </c>
       <c r="U204" s="1" t="s">
-        <v>761</v>
+        <v>191</v>
       </c>
       <c r="V204" s="1" t="s">
-        <v>762</v>
+        <v>193</v>
       </c>
       <c r="W204" s="1" t="s">
-        <v>74</v>
+        <v>718</v>
       </c>
       <c r="X204" s="1">
         <v>0</v>
       </c>
       <c r="Y204" s="1" t="s">
-        <v>763</v>
+        <v>719</v>
       </c>
       <c r="Z204" s="1">
         <v>15</v>
       </c>
       <c r="AA204" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="AB204" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="s">
-        <v>800</v>
+        <v>781</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>801</v>
+        <v>782</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>802</v>
+        <v>783</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>803</v>
+        <v>32</v>
       </c>
       <c r="E205" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F205" s="1">
         <v>1</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>386</v>
+        <v>376</v>
       </c>
       <c r="H205" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="J205" s="1">
         <v>2026</v>
       </c>
       <c r="K205" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L205" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M205" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N205" s="1" t="s">
-        <v>67</v>
+        <v>316</v>
       </c>
       <c r="O205" s="1">
         <v>1000</v>
       </c>
       <c r="P205" s="1">
-        <v>1150</v>
+        <v>1650</v>
       </c>
       <c r="Q205" s="1" t="s">
-        <v>228</v>
+        <v>276</v>
       </c>
       <c r="R205" s="1" t="s">
-        <v>111</v>
+        <v>343</v>
       </c>
       <c r="S205" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T205" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U205" s="1" t="s">
-        <v>761</v>
+        <v>721</v>
       </c>
       <c r="V205" s="1" t="s">
-        <v>762</v>
+        <v>722</v>
       </c>
       <c r="W205" s="1" t="s">
-        <v>361</v>
+        <v>750</v>
       </c>
       <c r="X205" s="1">
         <v>0</v>
       </c>
       <c r="Y205" s="1" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="Z205" s="1">
         <v>15</v>
       </c>
       <c r="AA205" s="1">
         <v>9</v>
       </c>
       <c r="AB205" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="s">
-        <v>804</v>
+        <v>784</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>805</v>
+        <v>785</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>806</v>
+        <v>786</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F206" s="1">
         <v>2</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>412</v>
+        <v>188</v>
       </c>
       <c r="H206" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J206" s="1">
         <v>2026</v>
       </c>
       <c r="K206" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L206" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M206" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N206" s="1" t="s">
-        <v>129</v>
+        <v>67</v>
       </c>
       <c r="O206" s="1">
-        <v>800</v>
+        <v>1226</v>
       </c>
       <c r="P206" s="1">
-        <v>950</v>
+        <v>1410</v>
       </c>
       <c r="Q206" s="1" t="s">
-        <v>215</v>
+        <v>787</v>
       </c>
       <c r="R206" s="1" t="s">
-        <v>216</v>
+        <v>576</v>
       </c>
       <c r="S206" s="1" t="s">
-        <v>70</v>
+        <v>191</v>
       </c>
       <c r="T206" s="1" t="s">
-        <v>71</v>
+        <v>192</v>
       </c>
       <c r="U206" s="1" t="s">
-        <v>761</v>
+        <v>191</v>
       </c>
       <c r="V206" s="1" t="s">
-        <v>762</v>
+        <v>193</v>
       </c>
       <c r="W206" s="1" t="s">
-        <v>767</v>
+        <v>776</v>
       </c>
       <c r="X206" s="1">
         <v>0</v>
       </c>
       <c r="Y206" s="1" t="s">
-        <v>807</v>
+        <v>777</v>
       </c>
       <c r="Z206" s="1">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="AA206" s="1">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="AB206" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="s">
-        <v>808</v>
+        <v>784</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>809</v>
+        <v>785</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>810</v>
+        <v>786</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E207" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F207" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>412</v>
+        <v>370</v>
       </c>
       <c r="H207" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="J207" s="1">
         <v>2026</v>
       </c>
       <c r="K207" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L207" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M207" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N207" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="O207" s="1">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="P207" s="1">
-        <v>1150</v>
+        <v>950</v>
       </c>
       <c r="Q207" s="1" t="s">
-        <v>228</v>
+        <v>317</v>
       </c>
       <c r="R207" s="1" t="s">
-        <v>111</v>
+        <v>356</v>
       </c>
       <c r="S207" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T207" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U207" s="1" t="s">
-        <v>761</v>
+        <v>721</v>
       </c>
       <c r="V207" s="1" t="s">
-        <v>762</v>
+        <v>722</v>
       </c>
       <c r="W207" s="1" t="s">
-        <v>789</v>
+        <v>74</v>
       </c>
       <c r="X207" s="1">
         <v>0</v>
       </c>
       <c r="Y207" s="1" t="s">
-        <v>807</v>
+        <v>723</v>
       </c>
       <c r="Z207" s="1">
         <v>15</v>
       </c>
       <c r="AA207" s="1">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="AB207" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="s">
-        <v>811</v>
+        <v>788</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>812</v>
+        <v>789</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>813</v>
+        <v>790</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F208" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>193</v>
+        <v>720</v>
       </c>
       <c r="H208" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I208" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J208" s="1">
         <v>2026</v>
       </c>
       <c r="K208" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L208" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M208" s="2">
         <v>46150.25</v>
       </c>
       <c r="N208" s="1" t="s">
-        <v>340</v>
+        <v>275</v>
       </c>
       <c r="O208" s="1">
-        <v>1510</v>
+        <v>1226</v>
       </c>
       <c r="P208" s="1">
-        <v>1555</v>
+        <v>1410</v>
       </c>
       <c r="Q208" s="1" t="s">
-        <v>814</v>
+        <v>787</v>
       </c>
       <c r="R208" s="1" t="s">
-        <v>815</v>
+        <v>576</v>
       </c>
       <c r="S208" s="1" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="T208" s="1" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="U208" s="1" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="V208" s="1" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="W208" s="1" t="s">
-        <v>758</v>
+        <v>776</v>
       </c>
       <c r="X208" s="1">
         <v>0</v>
       </c>
       <c r="Y208" s="1" t="s">
-        <v>759</v>
+        <v>745</v>
       </c>
       <c r="Z208" s="1">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="AA208" s="1">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AB208" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="s">
-        <v>811</v>
+        <v>788</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>812</v>
+        <v>789</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>813</v>
+        <v>790</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F209" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>393</v>
+        <v>370</v>
       </c>
       <c r="H209" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="J209" s="1">
         <v>2026</v>
       </c>
       <c r="K209" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L209" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M209" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N209" s="1" t="s">
-        <v>332</v>
+        <v>123</v>
       </c>
       <c r="O209" s="1">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="P209" s="1">
-        <v>950</v>
+        <v>1150</v>
       </c>
       <c r="Q209" s="1" t="s">
-        <v>215</v>
+        <v>276</v>
       </c>
       <c r="R209" s="1" t="s">
-        <v>216</v>
+        <v>105</v>
       </c>
       <c r="S209" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T209" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U209" s="1" t="s">
-        <v>761</v>
+        <v>721</v>
       </c>
       <c r="V209" s="1" t="s">
-        <v>762</v>
+        <v>722</v>
       </c>
       <c r="W209" s="1" t="s">
-        <v>789</v>
+        <v>74</v>
       </c>
       <c r="X209" s="1">
         <v>0</v>
       </c>
       <c r="Y209" s="1" t="s">
-        <v>784</v>
+        <v>723</v>
       </c>
       <c r="Z209" s="1">
         <v>15</v>
       </c>
       <c r="AA209" s="1">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="AB209" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="s">
-        <v>816</v>
+        <v>791</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>817</v>
+        <v>792</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>818</v>
+        <v>793</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>32</v>
+        <v>794</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F210" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>393</v>
+        <v>370</v>
       </c>
       <c r="H210" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I210" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J210" s="1">
         <v>2026</v>
       </c>
       <c r="K210" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L210" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M210" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N210" s="1" t="s">
-        <v>332</v>
+        <v>67</v>
       </c>
       <c r="O210" s="1">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="P210" s="1">
-        <v>1650</v>
+        <v>950</v>
       </c>
       <c r="Q210" s="1" t="s">
-        <v>228</v>
+        <v>317</v>
       </c>
       <c r="R210" s="1" t="s">
-        <v>93</v>
+        <v>356</v>
       </c>
       <c r="S210" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T210" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U210" s="1" t="s">
-        <v>761</v>
+        <v>721</v>
       </c>
       <c r="V210" s="1" t="s">
-        <v>762</v>
+        <v>722</v>
       </c>
       <c r="W210" s="1" t="s">
-        <v>789</v>
+        <v>74</v>
       </c>
       <c r="X210" s="1">
         <v>0</v>
       </c>
       <c r="Y210" s="1" t="s">
-        <v>784</v>
+        <v>723</v>
       </c>
       <c r="Z210" s="1">
         <v>15</v>
       </c>
       <c r="AA210" s="1">
         <v>10</v>
       </c>
       <c r="AB210" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="s">
-        <v>819</v>
+        <v>795</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>820</v>
+        <v>796</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>821</v>
+        <v>797</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>32</v>
+        <v>798</v>
       </c>
       <c r="E211" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F211" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>386</v>
+        <v>370</v>
       </c>
       <c r="H211" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="J211" s="1">
         <v>2026</v>
       </c>
       <c r="K211" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L211" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M211" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N211" s="1" t="s">
-        <v>129</v>
+        <v>67</v>
       </c>
       <c r="O211" s="1">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="P211" s="1">
-        <v>950</v>
+        <v>1150</v>
       </c>
       <c r="Q211" s="1" t="s">
-        <v>215</v>
+        <v>276</v>
       </c>
       <c r="R211" s="1" t="s">
-        <v>216</v>
+        <v>105</v>
       </c>
       <c r="S211" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T211" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U211" s="1" t="s">
-        <v>761</v>
+        <v>721</v>
       </c>
       <c r="V211" s="1" t="s">
-        <v>762</v>
+        <v>722</v>
       </c>
       <c r="W211" s="1" t="s">
         <v>74</v>
       </c>
       <c r="X211" s="1">
         <v>0</v>
       </c>
       <c r="Y211" s="1" t="s">
-        <v>763</v>
+        <v>723</v>
       </c>
       <c r="Z211" s="1">
         <v>15</v>
       </c>
       <c r="AA211" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="AB211" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="s">
-        <v>822</v>
+        <v>799</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>823</v>
+        <v>800</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>824</v>
+        <v>801</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E212" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F212" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
       <c r="H212" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I212" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J212" s="1">
         <v>2026</v>
       </c>
       <c r="K212" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L212" s="2">
         <v>46097.25</v>
       </c>
       <c r="M212" s="2">
         <v>46150.25</v>
       </c>
       <c r="N212" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="O212" s="1">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="P212" s="1">
-        <v>1150</v>
+        <v>950</v>
       </c>
       <c r="Q212" s="1" t="s">
-        <v>228</v>
+        <v>317</v>
       </c>
       <c r="R212" s="1" t="s">
-        <v>111</v>
+        <v>356</v>
       </c>
       <c r="S212" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T212" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U212" s="1" t="s">
-        <v>761</v>
+        <v>721</v>
       </c>
       <c r="V212" s="1" t="s">
-        <v>762</v>
+        <v>722</v>
       </c>
       <c r="W212" s="1" t="s">
-        <v>74</v>
+        <v>750</v>
       </c>
       <c r="X212" s="1">
         <v>0</v>
       </c>
       <c r="Y212" s="1" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="Z212" s="1">
         <v>15</v>
       </c>
       <c r="AA212" s="1">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="AB212" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="s">
-        <v>825</v>
+        <v>802</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>826</v>
+        <v>803</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>827</v>
+        <v>804</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>828</v>
+        <v>32</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F213" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
       <c r="H213" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="J213" s="1">
         <v>2026</v>
       </c>
       <c r="K213" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L213" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M213" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N213" s="1" t="s">
-        <v>67</v>
+        <v>123</v>
       </c>
       <c r="O213" s="1">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="P213" s="1">
-        <v>950</v>
+        <v>1150</v>
       </c>
       <c r="Q213" s="1" t="s">
-        <v>215</v>
+        <v>276</v>
       </c>
       <c r="R213" s="1" t="s">
-        <v>216</v>
+        <v>105</v>
       </c>
       <c r="S213" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T213" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U213" s="1" t="s">
-        <v>761</v>
+        <v>721</v>
       </c>
       <c r="V213" s="1" t="s">
-        <v>762</v>
+        <v>722</v>
       </c>
       <c r="W213" s="1" t="s">
-        <v>74</v>
+        <v>750</v>
       </c>
       <c r="X213" s="1">
         <v>0</v>
       </c>
       <c r="Y213" s="1" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="Z213" s="1">
         <v>15</v>
       </c>
       <c r="AA213" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="AB213" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="s">
-        <v>829</v>
+        <v>805</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>830</v>
+        <v>806</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>831</v>
+        <v>807</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>832</v>
+        <v>32</v>
       </c>
       <c r="E214" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F214" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>386</v>
+        <v>370</v>
       </c>
       <c r="H214" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I214" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J214" s="1">
         <v>2026</v>
       </c>
       <c r="K214" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L214" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M214" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N214" s="1" t="s">
-        <v>67</v>
+        <v>510</v>
       </c>
       <c r="O214" s="1">
-        <v>1000</v>
+        <v>1300</v>
       </c>
       <c r="P214" s="1">
-        <v>1150</v>
+        <v>1550</v>
       </c>
       <c r="Q214" s="1" t="s">
-        <v>228</v>
+        <v>115</v>
       </c>
       <c r="R214" s="1" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="S214" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T214" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U214" s="1" t="s">
-        <v>761</v>
+        <v>721</v>
       </c>
       <c r="V214" s="1" t="s">
-        <v>762</v>
+        <v>722</v>
       </c>
       <c r="W214" s="1" t="s">
         <v>74</v>
       </c>
       <c r="X214" s="1">
         <v>0</v>
       </c>
       <c r="Y214" s="1" t="s">
-        <v>763</v>
+        <v>723</v>
       </c>
       <c r="Z214" s="1">
         <v>15</v>
       </c>
       <c r="AA214" s="1">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="AB214" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="s">
-        <v>833</v>
+        <v>805</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>834</v>
+        <v>806</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>835</v>
+        <v>807</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E215" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F215" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>412</v>
+        <v>808</v>
       </c>
       <c r="H215" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I215" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J215" s="1">
         <v>2026</v>
       </c>
       <c r="K215" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L215" s="2">
         <v>46097.25</v>
       </c>
       <c r="M215" s="2">
         <v>46150.25</v>
       </c>
       <c r="N215" s="1" t="s">
-        <v>129</v>
+        <v>510</v>
       </c>
       <c r="O215" s="1">
-        <v>800</v>
+        <v>1300</v>
       </c>
       <c r="P215" s="1">
-        <v>950</v>
+        <v>1550</v>
       </c>
       <c r="Q215" s="1" t="s">
-        <v>215</v>
+        <v>115</v>
       </c>
       <c r="R215" s="1" t="s">
-        <v>216</v>
+        <v>116</v>
       </c>
       <c r="S215" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T215" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U215" s="1" t="s">
-        <v>761</v>
+        <v>721</v>
       </c>
       <c r="V215" s="1" t="s">
-        <v>762</v>
+        <v>722</v>
       </c>
       <c r="W215" s="1" t="s">
-        <v>789</v>
+        <v>74</v>
       </c>
       <c r="X215" s="1">
         <v>0</v>
       </c>
       <c r="Y215" s="1" t="s">
-        <v>807</v>
+        <v>723</v>
       </c>
       <c r="Z215" s="1">
         <v>15</v>
       </c>
       <c r="AA215" s="1">
         <v>7</v>
       </c>
       <c r="AB215" s="1" t="s">
-        <v>116</v>
-[...257 lines deleted...]
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <pageSetup paperSize="9" scale="100" firstPageNumber="1" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" usePrinterDefaults="false" blackAndWhite="false" draft="false" cellComments="none" useFirstPageNumber="true" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Go XLSX</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>