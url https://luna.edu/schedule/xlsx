--- v4 (2026-01-30)
+++ v5 (2026-02-19)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Go XLSX"/>
   <workbookPr showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" tabRatio="204" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Schedule" sheetId="1" r:id="rId1" state="visible"/>
   </sheets>
   <definedNames/>
   <calcPr iterateCount="100" refMode="A1" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="809" uniqueCount="809">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="810" uniqueCount="810">
   <si>
     <t>CourseNumber</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Title1</t>
   </si>
   <si>
     <t>Title2</t>
   </si>
   <si>
     <t>Title3</t>
   </si>
   <si>
     <t>Credits</t>
   </si>
   <si>
     <t>SectionNumber</t>
   </si>
   <si>
     <t>Session</t>
   </si>
   <si>
@@ -1605,50 +1605,53 @@
     <t>ENGL2310E   </t>
   </si>
   <si>
     <t>Introduction to Creative Writing **Distance Learning** </t>
   </si>
   <si>
     <t>Introduction to Creative Writing</t>
   </si>
   <si>
     <t>ENGL2610E   </t>
   </si>
   <si>
     <t>American Literature I **Distance Learning** </t>
   </si>
   <si>
     <t>American Literature I           </t>
   </si>
   <si>
     <t>ENTR1110E   </t>
   </si>
   <si>
     <t>Entrepreneurship (DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Entrepreneurship (DL)           </t>
+  </si>
+  <si>
+    <t>McKee, Amy                      </t>
   </si>
   <si>
     <t>ENTR2110E   </t>
   </si>
   <si>
     <t>Small Business Management (DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Small Business Management (DL)  </t>
   </si>
   <si>
     <t>HD260E      </t>
   </si>
   <si>
     <t>Critcl Thinking/Prob Solvng (DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Critcl Thinking/Prob Solvng (DL)</t>
   </si>
   <si>
     <t>HIST1120E   </t>
   </si>
   <si>
     <t>United States History II (DL) **DISTANCE LEARNING** </t>
   </si>
@@ -3451,51 +3454,51 @@
       </c>
       <c r="AA7" s="1">
         <v>1</v>
       </c>
       <c r="AB7" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F8" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J8" s="1">
         <v>2026</v>
       </c>
       <c r="K8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L8" s="2">
         <v>46097.25</v>
       </c>
       <c r="M8" s="2">
         <v>46150.25</v>
       </c>
       <c r="N8" s="1" t="s">
         <v>67</v>
       </c>
@@ -3514,74 +3517,74 @@
       <c r="S8" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T8" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U8" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V8" s="1" t="s">
         <v>73</v>
       </c>
       <c r="W8" s="1" t="s">
         <v>74</v>
       </c>
       <c r="X8" s="1">
         <v>0</v>
       </c>
       <c r="Y8" s="1" t="s">
         <v>75</v>
       </c>
       <c r="Z8" s="1">
         <v>10</v>
       </c>
       <c r="AA8" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB8" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F9" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J9" s="1">
         <v>2026</v>
       </c>
       <c r="K9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L9" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M9" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N9" s="1" t="s">
         <v>67</v>
       </c>
@@ -3772,51 +3775,51 @@
       <c r="S11" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T11" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U11" s="1" t="s">
         <v>44</v>
       </c>
       <c r="V11" s="1" t="s">
         <v>84</v>
       </c>
       <c r="W11" s="1" t="s">
         <v>85</v>
       </c>
       <c r="X11" s="1">
         <v>0</v>
       </c>
       <c r="Y11" s="1" t="s">
         <v>86</v>
       </c>
       <c r="Z11" s="1">
         <v>15</v>
       </c>
       <c r="AA11" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="AB11" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>93</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F12" s="1">
         <v>3</v>
       </c>
       <c r="G12" s="1" t="s">
@@ -3854,51 +3857,51 @@
       <c r="S12" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T12" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V12" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W12" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X12" s="1">
         <v>0</v>
       </c>
       <c r="Y12" s="1" t="s">
         <v>95</v>
       </c>
       <c r="Z12" s="1">
         <v>15</v>
       </c>
       <c r="AA12" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AB12" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="s">
         <v>97</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>99</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F13" s="1">
         <v>1</v>
       </c>
       <c r="G13" s="1" t="s">
@@ -3936,51 +3939,51 @@
       <c r="S13" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T13" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U13" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V13" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W13" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X13" s="1">
         <v>0</v>
       </c>
       <c r="Y13" s="1" t="s">
         <v>95</v>
       </c>
       <c r="Z13" s="1">
         <v>15</v>
       </c>
       <c r="AA13" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AB13" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="s">
         <v>100</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>101</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F14" s="1">
         <v>4</v>
       </c>
       <c r="G14" s="1" t="s">
@@ -5124,51 +5127,51 @@
       <c r="S27" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T27" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U27" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V27" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W27" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X27" s="1">
         <v>0</v>
       </c>
       <c r="Y27" s="1" t="s">
         <v>166</v>
       </c>
       <c r="Z27" s="1">
         <v>35</v>
       </c>
       <c r="AA27" s="1">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AB27" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="s">
         <v>167</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F28" s="1">
         <v>1</v>
       </c>
       <c r="G28" s="1" t="s">
@@ -5206,51 +5209,51 @@
       <c r="S28" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T28" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U28" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V28" s="1" t="s">
         <v>170</v>
       </c>
       <c r="W28" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X28" s="1">
         <v>0</v>
       </c>
       <c r="Y28" s="1" t="s">
         <v>166</v>
       </c>
       <c r="Z28" s="1">
         <v>35</v>
       </c>
       <c r="AA28" s="1">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="AB28" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="s">
         <v>167</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F29" s="1">
         <v>1</v>
       </c>
       <c r="G29" s="1" t="s">
@@ -5456,51 +5459,51 @@
       <c r="S31" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T31" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U31" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V31" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W31" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X31" s="1">
         <v>0</v>
       </c>
       <c r="Y31" s="1" t="s">
         <v>182</v>
       </c>
       <c r="Z31" s="1">
         <v>15</v>
       </c>
       <c r="AA31" s="1">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="AB31" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="s">
         <v>183</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>184</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>185</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F32" s="1">
         <v>1</v>
       </c>
       <c r="G32" s="1" t="s">
@@ -5538,51 +5541,51 @@
       <c r="S32" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T32" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U32" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V32" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W32" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X32" s="1">
         <v>0</v>
       </c>
       <c r="Y32" s="1" t="s">
         <v>182</v>
       </c>
       <c r="Z32" s="1">
         <v>15</v>
       </c>
       <c r="AA32" s="1">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="AB32" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="s">
         <v>186</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>187</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>187</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F33" s="1">
         <v>3</v>
       </c>
       <c r="G33" s="1" t="s">
@@ -6694,51 +6697,51 @@
       <c r="S46" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T46" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U46" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V46" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W46" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X46" s="1">
         <v>0</v>
       </c>
       <c r="Y46" s="1" t="s">
         <v>182</v>
       </c>
       <c r="Z46" s="1">
         <v>15</v>
       </c>
       <c r="AA46" s="1">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="AB46" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="s">
         <v>231</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>232</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>234</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F47" s="1">
         <v>1</v>
       </c>
       <c r="G47" s="1" t="s">
@@ -6776,51 +6779,51 @@
       <c r="S47" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T47" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U47" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V47" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W47" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X47" s="1">
         <v>0</v>
       </c>
       <c r="Y47" s="1" t="s">
         <v>182</v>
       </c>
       <c r="Z47" s="1">
         <v>15</v>
       </c>
       <c r="AA47" s="1">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="AB47" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="s">
         <v>235</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>236</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F48" s="1">
         <v>3</v>
       </c>
       <c r="G48" s="1" t="s">
@@ -8424,51 +8427,51 @@
       <c r="S67" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T67" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U67" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V67" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W67" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X67" s="1">
         <v>0</v>
       </c>
       <c r="Y67" s="1" t="s">
         <v>289</v>
       </c>
       <c r="Z67" s="1">
         <v>15</v>
       </c>
       <c r="AA67" s="1">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="AB67" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="s">
         <v>308</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>309</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>310</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F68" s="1">
         <v>3</v>
       </c>
       <c r="G68" s="1" t="s">
@@ -8506,51 +8509,51 @@
       <c r="S68" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T68" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U68" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V68" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W68" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X68" s="1">
         <v>0</v>
       </c>
       <c r="Y68" s="1" t="s">
         <v>289</v>
       </c>
       <c r="Z68" s="1">
         <v>20</v>
       </c>
       <c r="AA68" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="AB68" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="s">
         <v>311</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F69" s="1">
         <v>3</v>
       </c>
       <c r="G69" s="1" t="s">
@@ -8842,51 +8845,51 @@
       <c r="S72" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T72" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U72" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V72" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W72" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X72" s="1">
         <v>0</v>
       </c>
       <c r="Y72" s="1" t="s">
         <v>328</v>
       </c>
       <c r="Z72" s="1">
         <v>20</v>
       </c>
       <c r="AA72" s="1">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AB72" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="s">
         <v>332</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>333</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>334</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F73" s="1">
         <v>5</v>
       </c>
       <c r="G73" s="1" t="s">
@@ -9530,51 +9533,51 @@
       <c r="S80" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T80" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U80" s="1" t="s">
         <v>372</v>
       </c>
       <c r="V80" s="1" t="s">
         <v>373</v>
       </c>
       <c r="W80" s="1" t="s">
         <v>374</v>
       </c>
       <c r="X80" s="1">
         <v>0</v>
       </c>
       <c r="Y80" s="1" t="s">
         <v>375</v>
       </c>
       <c r="Z80" s="1">
         <v>15</v>
       </c>
       <c r="AA80" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="AB80" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="s">
         <v>367</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>368</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>369</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F81" s="1">
         <v>4</v>
       </c>
       <c r="G81" s="1" t="s">
@@ -9616,51 +9619,51 @@
       <c r="S81" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T81" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U81" s="1" t="s">
         <v>377</v>
       </c>
       <c r="V81" s="1" t="s">
         <v>378</v>
       </c>
       <c r="W81" s="1" t="s">
         <v>379</v>
       </c>
       <c r="X81" s="1">
         <v>0</v>
       </c>
       <c r="Y81" s="1" t="s">
         <v>380</v>
       </c>
       <c r="Z81" s="1">
         <v>10</v>
       </c>
       <c r="AA81" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AB81" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="s">
         <v>381</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>382</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>383</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F82" s="1">
         <v>4</v>
       </c>
       <c r="G82" s="1" t="s">
@@ -9702,51 +9705,51 @@
       <c r="S82" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T82" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U82" s="1" t="s">
         <v>372</v>
       </c>
       <c r="V82" s="1" t="s">
         <v>373</v>
       </c>
       <c r="W82" s="1" t="s">
         <v>374</v>
       </c>
       <c r="X82" s="1">
         <v>0</v>
       </c>
       <c r="Y82" s="1" t="s">
         <v>375</v>
       </c>
       <c r="Z82" s="1">
         <v>15</v>
       </c>
       <c r="AA82" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="AB82" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="s">
         <v>381</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>382</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>383</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F83" s="1">
         <v>4</v>
       </c>
       <c r="G83" s="1" t="s">
@@ -9788,51 +9791,51 @@
       <c r="S83" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T83" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U83" s="1" t="s">
         <v>372</v>
       </c>
       <c r="V83" s="1" t="s">
         <v>373</v>
       </c>
       <c r="W83" s="1" t="s">
         <v>384</v>
       </c>
       <c r="X83" s="1">
         <v>0</v>
       </c>
       <c r="Y83" s="1" t="s">
         <v>380</v>
       </c>
       <c r="Z83" s="1">
         <v>10</v>
       </c>
       <c r="AA83" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AB83" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="s">
         <v>385</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>386</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F84" s="1">
         <v>4</v>
       </c>
       <c r="G84" s="1" t="s">
@@ -9960,51 +9963,51 @@
       <c r="S85" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T85" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U85" s="1" t="s">
         <v>372</v>
       </c>
       <c r="V85" s="1" t="s">
         <v>373</v>
       </c>
       <c r="W85" s="1" t="s">
         <v>374</v>
       </c>
       <c r="X85" s="1">
         <v>0</v>
       </c>
       <c r="Y85" s="1" t="s">
         <v>375</v>
       </c>
       <c r="Z85" s="1">
         <v>15</v>
       </c>
       <c r="AA85" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="AB85" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="s">
         <v>388</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>389</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>390</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F86" s="1">
         <v>5</v>
       </c>
       <c r="G86" s="1" t="s">
@@ -10046,51 +10049,51 @@
       <c r="S86" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T86" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U86" s="1" t="s">
         <v>372</v>
       </c>
       <c r="V86" s="1" t="s">
         <v>373</v>
       </c>
       <c r="W86" s="1" t="s">
         <v>384</v>
       </c>
       <c r="X86" s="1">
         <v>0</v>
       </c>
       <c r="Y86" s="1" t="s">
         <v>380</v>
       </c>
       <c r="Z86" s="1">
         <v>10</v>
       </c>
       <c r="AA86" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AB86" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="s">
         <v>393</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>394</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>395</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F87" s="1">
         <v>4</v>
       </c>
       <c r="G87" s="1" t="s">
@@ -10734,51 +10737,51 @@
       <c r="S94" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T94" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U94" s="1" t="s">
         <v>144</v>
       </c>
       <c r="V94" s="1" t="s">
         <v>145</v>
       </c>
       <c r="W94" s="1" t="s">
         <v>152</v>
       </c>
       <c r="X94" s="1">
         <v>0</v>
       </c>
       <c r="Y94" s="1" t="s">
         <v>147</v>
       </c>
       <c r="Z94" s="1">
         <v>10</v>
       </c>
       <c r="AA94" s="1">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="AB94" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="s">
         <v>420</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>421</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>422</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F95" s="1">
         <v>7</v>
       </c>
       <c r="G95" s="1" t="s">
@@ -11160,51 +11163,51 @@
       <c r="S99" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T99" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U99" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V99" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W99" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X99" s="1">
         <v>0</v>
       </c>
       <c r="Y99" s="1" t="s">
         <v>443</v>
       </c>
       <c r="Z99" s="1">
         <v>20</v>
       </c>
       <c r="AA99" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="AB99" s="1" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="s">
         <v>445</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>446</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>447</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>448</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F100" s="1">
         <v>3</v>
       </c>
       <c r="G100" s="1" t="s">
@@ -11672,51 +11675,51 @@
       <c r="S105" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T105" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U105" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V105" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W105" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X105" s="1">
         <v>0</v>
       </c>
       <c r="Y105" s="1" t="s">
         <v>238</v>
       </c>
       <c r="Z105" s="1">
         <v>30</v>
       </c>
       <c r="AA105" s="1">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="AB105" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="s">
         <v>474</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>475</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>476</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>464</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F106" s="1">
         <v>3</v>
       </c>
       <c r="G106" s="1" t="s">
@@ -12356,51 +12359,51 @@
       <c r="S113" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T113" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U113" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V113" s="1" t="s">
         <v>170</v>
       </c>
       <c r="W113" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X113" s="1">
         <v>0</v>
       </c>
       <c r="Y113" s="1" t="s">
         <v>509</v>
       </c>
       <c r="Z113" s="1">
         <v>20</v>
       </c>
       <c r="AA113" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AB113" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="s">
         <v>505</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>507</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F114" s="1">
         <v>3</v>
       </c>
       <c r="G114" s="1" t="s">
@@ -12442,51 +12445,51 @@
       <c r="S114" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T114" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U114" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V114" s="1" t="s">
         <v>170</v>
       </c>
       <c r="W114" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X114" s="1">
         <v>0</v>
       </c>
       <c r="Y114" s="1" t="s">
         <v>511</v>
       </c>
       <c r="Z114" s="1">
         <v>20</v>
       </c>
       <c r="AA114" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="AB114" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="s">
         <v>512</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>513</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>514</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E115" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F115" s="1">
         <v>3</v>
       </c>
       <c r="G115" s="1" t="s">
@@ -13092,71 +13095,71 @@
       </c>
       <c r="P122" s="1">
         <v>0</v>
       </c>
       <c r="Q122" s="1" t="s"/>
       <c r="R122" s="1" t="s"/>
       <c r="S122" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T122" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U122" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V122" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W122" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X122" s="1">
         <v>0</v>
       </c>
       <c r="Y122" s="1" t="s">
-        <v>238</v>
+        <v>529</v>
       </c>
       <c r="Z122" s="1">
         <v>20</v>
       </c>
       <c r="AA122" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="AB122" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E123" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F123" s="1">
         <v>4</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H123" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J123" s="1">
         <v>2026</v>
       </c>
       <c r="K123" s="1" t="s">
         <v>36</v>
       </c>
@@ -13188,57 +13191,57 @@
       </c>
       <c r="V123" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W123" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X123" s="1">
         <v>0</v>
       </c>
       <c r="Y123" s="1" t="s">
         <v>245</v>
       </c>
       <c r="Z123" s="1">
         <v>30</v>
       </c>
       <c r="AA123" s="1">
         <v>4</v>
       </c>
       <c r="AB123" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E124" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F124" s="1">
         <v>3</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H124" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J124" s="1">
         <v>2026</v>
       </c>
       <c r="K124" s="1" t="s">
         <v>36</v>
       </c>
@@ -13262,65 +13265,65 @@
       <c r="S124" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T124" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U124" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V124" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W124" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X124" s="1">
         <v>0</v>
       </c>
       <c r="Y124" s="1" t="s">
         <v>509</v>
       </c>
       <c r="Z124" s="1">
         <v>20</v>
       </c>
       <c r="AA124" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="AB124" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F125" s="1">
         <v>3</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H125" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I125" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J125" s="1">
         <v>2026</v>
       </c>
       <c r="K125" s="1" t="s">
         <v>36</v>
       </c>
@@ -13338,71 +13341,71 @@
       </c>
       <c r="P125" s="1">
         <v>0</v>
       </c>
       <c r="Q125" s="1" t="s"/>
       <c r="R125" s="1" t="s"/>
       <c r="S125" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T125" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U125" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V125" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W125" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X125" s="1">
         <v>0</v>
       </c>
       <c r="Y125" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="Z125" s="1">
         <v>20</v>
       </c>
       <c r="AA125" s="1">
         <v>17</v>
       </c>
       <c r="AB125" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>224</v>
       </c>
       <c r="E126" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F126" s="1">
         <v>3</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H126" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J126" s="1">
         <v>2026</v>
       </c>
       <c r="K126" s="1" t="s">
         <v>36</v>
       </c>
@@ -13420,71 +13423,71 @@
       </c>
       <c r="P126" s="1">
         <v>0</v>
       </c>
       <c r="Q126" s="1" t="s"/>
       <c r="R126" s="1" t="s"/>
       <c r="S126" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T126" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U126" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V126" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W126" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X126" s="1">
         <v>0</v>
       </c>
       <c r="Y126" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="Z126" s="1">
         <v>20</v>
       </c>
       <c r="AA126" s="1">
         <v>19</v>
       </c>
       <c r="AB126" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F127" s="1">
         <v>3</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H127" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I127" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J127" s="1">
         <v>2026</v>
       </c>
       <c r="K127" s="1" t="s">
         <v>36</v>
       </c>
@@ -13502,71 +13505,71 @@
       </c>
       <c r="P127" s="1">
         <v>0</v>
       </c>
       <c r="Q127" s="1" t="s"/>
       <c r="R127" s="1" t="s"/>
       <c r="S127" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T127" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U127" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V127" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W127" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X127" s="1">
         <v>0</v>
       </c>
       <c r="Y127" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="Z127" s="1">
         <v>20</v>
       </c>
       <c r="AA127" s="1">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="AB127" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F128" s="1">
         <v>3</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H128" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I128" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J128" s="1">
         <v>2026</v>
       </c>
       <c r="K128" s="1" t="s">
         <v>36</v>
       </c>
@@ -13584,71 +13587,71 @@
       </c>
       <c r="P128" s="1">
         <v>0</v>
       </c>
       <c r="Q128" s="1" t="s"/>
       <c r="R128" s="1" t="s"/>
       <c r="S128" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T128" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U128" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V128" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W128" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X128" s="1">
         <v>0</v>
       </c>
       <c r="Y128" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="Z128" s="1">
         <v>35</v>
       </c>
       <c r="AA128" s="1">
         <v>10</v>
       </c>
       <c r="AB128" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F129" s="1">
         <v>3</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H129" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I129" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J129" s="1">
         <v>2026</v>
       </c>
       <c r="K129" s="1" t="s">
         <v>36</v>
       </c>
@@ -13666,71 +13669,71 @@
       </c>
       <c r="P129" s="1">
         <v>0</v>
       </c>
       <c r="Q129" s="1" t="s"/>
       <c r="R129" s="1" t="s"/>
       <c r="S129" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T129" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U129" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V129" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W129" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X129" s="1">
         <v>0</v>
       </c>
       <c r="Y129" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="Z129" s="1">
         <v>45</v>
       </c>
       <c r="AA129" s="1">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AB129" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E130" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F130" s="1">
         <v>3</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H130" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I130" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J130" s="1">
         <v>2026</v>
       </c>
       <c r="K130" s="1" t="s">
         <v>36</v>
       </c>
@@ -13748,71 +13751,71 @@
       </c>
       <c r="P130" s="1">
         <v>0</v>
       </c>
       <c r="Q130" s="1" t="s"/>
       <c r="R130" s="1" t="s"/>
       <c r="S130" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T130" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U130" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V130" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W130" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X130" s="1">
         <v>0</v>
       </c>
       <c r="Y130" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="Z130" s="1">
         <v>35</v>
       </c>
       <c r="AA130" s="1">
         <v>8</v>
       </c>
       <c r="AB130" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E131" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F131" s="1">
         <v>4</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>274</v>
       </c>
       <c r="H131" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J131" s="1">
         <v>2026</v>
       </c>
       <c r="K131" s="1" t="s">
         <v>36</v>
       </c>
@@ -13834,71 +13837,71 @@
       <c r="Q131" s="1" t="s">
         <v>276</v>
       </c>
       <c r="R131" s="1" t="s">
         <v>105</v>
       </c>
       <c r="S131" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T131" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U131" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V131" s="1" t="s">
         <v>170</v>
       </c>
       <c r="W131" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X131" s="1">
         <v>0</v>
       </c>
       <c r="Y131" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="Z131" s="1">
         <v>15</v>
       </c>
       <c r="AA131" s="1">
         <v>6</v>
       </c>
       <c r="AB131" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>464</v>
       </c>
       <c r="E132" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F132" s="1">
         <v>4</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>122</v>
       </c>
       <c r="H132" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I132" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J132" s="1">
         <v>2026</v>
       </c>
       <c r="K132" s="1" t="s">
         <v>36</v>
       </c>
@@ -13908,169 +13911,169 @@
       <c r="M132" s="2">
         <v>46150.25</v>
       </c>
       <c r="N132" s="1" t="s">
         <v>81</v>
       </c>
       <c r="O132" s="1">
         <v>900</v>
       </c>
       <c r="P132" s="1">
         <v>950</v>
       </c>
       <c r="Q132" s="1" t="s">
         <v>104</v>
       </c>
       <c r="R132" s="1" t="s">
         <v>356</v>
       </c>
       <c r="S132" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T132" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U132" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="V132" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="W132" s="1" t="s">
         <v>108</v>
       </c>
       <c r="X132" s="1">
         <v>0</v>
       </c>
       <c r="Y132" s="1" t="s">
         <v>95</v>
       </c>
       <c r="Z132" s="1">
         <v>15</v>
       </c>
       <c r="AA132" s="1">
         <v>5</v>
       </c>
       <c r="AB132" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F133" s="1">
         <v>5</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>140</v>
       </c>
       <c r="H133" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I133" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J133" s="1">
         <v>2026</v>
       </c>
       <c r="K133" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L133" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M133" s="2">
         <v>46150.25</v>
       </c>
       <c r="N133" s="1" t="s">
         <v>81</v>
       </c>
       <c r="O133" s="1">
         <v>1300</v>
       </c>
       <c r="P133" s="1">
         <v>1350</v>
       </c>
       <c r="Q133" s="1" t="s">
         <v>115</v>
       </c>
       <c r="R133" s="1" t="s">
         <v>176</v>
       </c>
       <c r="S133" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T133" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U133" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="V133" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="W133" s="1" t="s">
         <v>108</v>
       </c>
       <c r="X133" s="1">
         <v>0</v>
       </c>
       <c r="Y133" s="1" t="s">
         <v>95</v>
       </c>
       <c r="Z133" s="1">
         <v>15</v>
       </c>
       <c r="AA133" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="AB133" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F134" s="1">
         <v>4</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>274</v>
       </c>
       <c r="H134" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I134" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J134" s="1">
         <v>2026</v>
       </c>
       <c r="K134" s="1" t="s">
         <v>36</v>
       </c>
@@ -14092,71 +14095,71 @@
       <c r="Q134" s="1" t="s">
         <v>276</v>
       </c>
       <c r="R134" s="1" t="s">
         <v>105</v>
       </c>
       <c r="S134" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T134" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U134" s="1" t="s">
         <v>38</v>
       </c>
       <c r="V134" s="1" t="s">
         <v>170</v>
       </c>
       <c r="W134" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X134" s="1">
         <v>0</v>
       </c>
       <c r="Y134" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="Z134" s="1">
         <v>15</v>
       </c>
       <c r="AA134" s="1">
         <v>0</v>
       </c>
       <c r="AB134" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E135" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F135" s="1">
         <v>4</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>164</v>
       </c>
       <c r="H135" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I135" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J135" s="1">
         <v>2026</v>
       </c>
       <c r="K135" s="1" t="s">
         <v>36</v>
       </c>
@@ -14174,71 +14177,71 @@
       </c>
       <c r="P135" s="1">
         <v>0</v>
       </c>
       <c r="Q135" s="1" t="s"/>
       <c r="R135" s="1" t="s"/>
       <c r="S135" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T135" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U135" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V135" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W135" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X135" s="1">
         <v>0</v>
       </c>
       <c r="Y135" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="Z135" s="1">
         <v>20</v>
       </c>
       <c r="AA135" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="AB135" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E136" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F136" s="1">
         <v>4</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H136" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I136" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J136" s="1">
         <v>2026</v>
       </c>
       <c r="K136" s="1" t="s">
         <v>36</v>
       </c>
@@ -14256,157 +14259,157 @@
       </c>
       <c r="P136" s="1">
         <v>0</v>
       </c>
       <c r="Q136" s="1" t="s"/>
       <c r="R136" s="1" t="s"/>
       <c r="S136" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T136" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U136" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V136" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W136" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X136" s="1">
         <v>0</v>
       </c>
       <c r="Y136" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="Z136" s="1">
         <v>15</v>
       </c>
       <c r="AA136" s="1">
         <v>8</v>
       </c>
       <c r="AB136" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F137" s="1">
         <v>4</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>188</v>
       </c>
       <c r="H137" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J137" s="1">
         <v>2026</v>
       </c>
       <c r="K137" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L137" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M137" s="2">
         <v>46150.25</v>
       </c>
       <c r="N137" s="1" t="s">
         <v>321</v>
       </c>
       <c r="O137" s="1">
         <v>1320</v>
       </c>
       <c r="P137" s="1">
         <v>1410</v>
       </c>
       <c r="Q137" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="R137" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="S137" s="1" t="s">
         <v>191</v>
       </c>
       <c r="T137" s="1" t="s">
         <v>192</v>
       </c>
       <c r="U137" s="1" t="s">
         <v>191</v>
       </c>
       <c r="V137" s="1" t="s">
         <v>193</v>
       </c>
       <c r="W137" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X137" s="1">
         <v>0</v>
       </c>
       <c r="Y137" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="Z137" s="1">
         <v>25</v>
       </c>
       <c r="AA137" s="1">
         <v>6</v>
       </c>
       <c r="AB137" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E138" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F138" s="1">
         <v>4</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>164</v>
       </c>
       <c r="H138" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I138" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J138" s="1">
         <v>2026</v>
       </c>
       <c r="K138" s="1" t="s">
         <v>36</v>
       </c>
@@ -14424,71 +14427,71 @@
       </c>
       <c r="P138" s="1">
         <v>0</v>
       </c>
       <c r="Q138" s="1" t="s"/>
       <c r="R138" s="1" t="s"/>
       <c r="S138" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T138" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U138" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V138" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W138" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X138" s="1">
         <v>0</v>
       </c>
       <c r="Y138" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="Z138" s="1">
         <v>15</v>
       </c>
       <c r="AA138" s="1">
         <v>14</v>
       </c>
       <c r="AB138" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F139" s="1">
         <v>4</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H139" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I139" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J139" s="1">
         <v>2026</v>
       </c>
       <c r="K139" s="1" t="s">
         <v>36</v>
       </c>
@@ -14506,71 +14509,71 @@
       </c>
       <c r="P139" s="1">
         <v>0</v>
       </c>
       <c r="Q139" s="1" t="s"/>
       <c r="R139" s="1" t="s"/>
       <c r="S139" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T139" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U139" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V139" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W139" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X139" s="1">
         <v>0</v>
       </c>
       <c r="Y139" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="Z139" s="1">
         <v>20</v>
       </c>
       <c r="AA139" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="AB139" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>464</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F140" s="1">
         <v>4</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>140</v>
       </c>
       <c r="H140" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I140" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J140" s="1">
         <v>2026</v>
       </c>
       <c r="K140" s="1" t="s">
         <v>36</v>
       </c>
@@ -14586,80 +14589,80 @@
       <c r="O140" s="1">
         <v>1300</v>
       </c>
       <c r="P140" s="1">
         <v>1350</v>
       </c>
       <c r="Q140" s="1" t="s">
         <v>115</v>
       </c>
       <c r="R140" s="1" t="s">
         <v>176</v>
       </c>
       <c r="S140" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T140" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U140" s="1" t="s">
         <v>377</v>
       </c>
       <c r="V140" s="1" t="s">
         <v>378</v>
       </c>
       <c r="W140" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="X140" s="1">
         <v>0</v>
       </c>
       <c r="Y140" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="Z140" s="1">
         <v>20</v>
       </c>
       <c r="AA140" s="1">
         <v>7</v>
       </c>
       <c r="AB140" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F141" s="1">
         <v>3</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>164</v>
       </c>
       <c r="H141" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I141" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J141" s="1">
         <v>2026</v>
       </c>
       <c r="K141" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L141" s="2">
         <v>46097.25</v>
       </c>
@@ -14677,71 +14680,71 @@
       </c>
       <c r="Q141" s="1" t="s"/>
       <c r="R141" s="1" t="s"/>
       <c r="S141" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T141" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U141" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V141" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W141" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X141" s="1">
         <v>0</v>
       </c>
       <c r="Y141" s="1" t="s">
         <v>238</v>
       </c>
       <c r="Z141" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA141" s="1">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="AB141" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="E142" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F142" s="1">
         <v>3</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H142" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I142" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J142" s="1">
         <v>2026</v>
       </c>
       <c r="K142" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L142" s="2">
         <v>46034.29166666667</v>
       </c>
@@ -14756,71 +14759,71 @@
       </c>
       <c r="P142" s="1">
         <v>0</v>
       </c>
       <c r="Q142" s="1" t="s"/>
       <c r="R142" s="1" t="s"/>
       <c r="S142" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T142" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U142" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V142" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W142" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X142" s="1">
         <v>0</v>
       </c>
       <c r="Y142" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="Z142" s="1">
         <v>20</v>
       </c>
       <c r="AA142" s="1">
         <v>18</v>
       </c>
       <c r="AB142" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>464</v>
       </c>
       <c r="E143" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F143" s="1">
         <v>4</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>140</v>
       </c>
       <c r="H143" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I143" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J143" s="1">
         <v>2026</v>
       </c>
       <c r="K143" s="1" t="s">
         <v>36</v>
       </c>
@@ -14836,77 +14839,77 @@
       <c r="O143" s="1">
         <v>1200</v>
       </c>
       <c r="P143" s="1">
         <v>1250</v>
       </c>
       <c r="Q143" s="1" t="s">
         <v>175</v>
       </c>
       <c r="R143" s="1" t="s">
         <v>361</v>
       </c>
       <c r="S143" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T143" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U143" s="1" t="s">
         <v>377</v>
       </c>
       <c r="V143" s="1" t="s">
         <v>378</v>
       </c>
       <c r="W143" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="X143" s="1">
         <v>0</v>
       </c>
       <c r="Y143" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="Z143" s="1">
         <v>15</v>
       </c>
       <c r="AA143" s="1">
         <v>6</v>
       </c>
       <c r="AB143" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>464</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F144" s="1">
         <v>4</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>274</v>
       </c>
       <c r="H144" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I144" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J144" s="1">
         <v>2026</v>
       </c>
       <c r="K144" s="1" t="s">
         <v>36</v>
       </c>
@@ -14922,77 +14925,77 @@
       <c r="O144" s="1">
         <v>1000</v>
       </c>
       <c r="P144" s="1">
         <v>1050</v>
       </c>
       <c r="Q144" s="1" t="s">
         <v>276</v>
       </c>
       <c r="R144" s="1" t="s">
         <v>277</v>
       </c>
       <c r="S144" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T144" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U144" s="1" t="s">
         <v>377</v>
       </c>
       <c r="V144" s="1" t="s">
         <v>378</v>
       </c>
       <c r="W144" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="X144" s="1">
         <v>0</v>
       </c>
       <c r="Y144" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="Z144" s="1">
         <v>15</v>
       </c>
       <c r="AA144" s="1">
         <v>2</v>
       </c>
       <c r="AB144" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F145" s="1">
         <v>3</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>53</v>
       </c>
       <c r="H145" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I145" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J145" s="1">
         <v>2026</v>
       </c>
       <c r="K145" s="1" t="s">
         <v>36</v>
       </c>
@@ -15024,57 +15027,57 @@
       </c>
       <c r="V145" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W145" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X145" s="1">
         <v>0</v>
       </c>
       <c r="Y145" s="1" t="s">
         <v>43</v>
       </c>
       <c r="Z145" s="1">
         <v>15</v>
       </c>
       <c r="AA145" s="1">
         <v>0</v>
       </c>
       <c r="AB145" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E146" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F146" s="1">
         <v>3</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H146" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I146" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J146" s="1">
         <v>2026</v>
       </c>
       <c r="K146" s="1" t="s">
         <v>36</v>
       </c>
@@ -15106,57 +15109,57 @@
       </c>
       <c r="V146" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W146" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X146" s="1">
         <v>0</v>
       </c>
       <c r="Y146" s="1" t="s">
         <v>43</v>
       </c>
       <c r="Z146" s="1">
         <v>30</v>
       </c>
       <c r="AA146" s="1">
         <v>7</v>
       </c>
       <c r="AB146" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F147" s="1">
         <v>3</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H147" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I147" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J147" s="1">
         <v>2026</v>
       </c>
       <c r="K147" s="1" t="s">
         <v>36</v>
       </c>
@@ -15188,57 +15191,57 @@
       </c>
       <c r="V147" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W147" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X147" s="1">
         <v>0</v>
       </c>
       <c r="Y147" s="1" t="s">
         <v>49</v>
       </c>
       <c r="Z147" s="1">
         <v>30</v>
       </c>
       <c r="AA147" s="1">
         <v>6</v>
       </c>
       <c r="AB147" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E148" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F148" s="1">
         <v>3</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>164</v>
       </c>
       <c r="H148" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I148" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J148" s="1">
         <v>2026</v>
       </c>
       <c r="K148" s="1" t="s">
         <v>36</v>
       </c>
@@ -15256,71 +15259,71 @@
       </c>
       <c r="P148" s="1">
         <v>0</v>
       </c>
       <c r="Q148" s="1" t="s"/>
       <c r="R148" s="1" t="s"/>
       <c r="S148" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T148" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U148" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V148" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W148" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X148" s="1">
         <v>0</v>
       </c>
       <c r="Y148" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="Z148" s="1">
         <v>25</v>
       </c>
       <c r="AA148" s="1">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="AB148" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E149" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F149" s="1">
         <v>3</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H149" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I149" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J149" s="1">
         <v>2026</v>
       </c>
       <c r="K149" s="1" t="s">
         <v>36</v>
       </c>
@@ -15338,329 +15341,329 @@
       </c>
       <c r="P149" s="1">
         <v>0</v>
       </c>
       <c r="Q149" s="1" t="s"/>
       <c r="R149" s="1" t="s"/>
       <c r="S149" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T149" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U149" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V149" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W149" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X149" s="1">
         <v>0</v>
       </c>
       <c r="Y149" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="Z149" s="1">
         <v>20</v>
       </c>
       <c r="AA149" s="1">
         <v>21</v>
       </c>
       <c r="AB149" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E150" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F150" s="1">
         <v>3</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>122</v>
       </c>
       <c r="H150" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I150" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J150" s="1">
         <v>2026</v>
       </c>
       <c r="K150" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L150" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M150" s="2">
         <v>46150.25</v>
       </c>
       <c r="N150" s="1" t="s">
         <v>123</v>
       </c>
       <c r="O150" s="1">
         <v>900</v>
       </c>
       <c r="P150" s="1">
         <v>1020</v>
       </c>
       <c r="Q150" s="1" t="s">
         <v>104</v>
       </c>
       <c r="R150" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="S150" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T150" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U150" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V150" s="1" t="s">
         <v>73</v>
       </c>
       <c r="W150" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="X150" s="1">
         <v>0</v>
       </c>
       <c r="Y150" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="Z150" s="1">
         <v>30</v>
       </c>
       <c r="AA150" s="1">
         <v>27</v>
       </c>
       <c r="AB150" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E151" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F151" s="1">
         <v>3</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="H151" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I151" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J151" s="1">
         <v>2026</v>
       </c>
       <c r="K151" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L151" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M151" s="2">
         <v>46150.25</v>
       </c>
       <c r="N151" s="1" t="s">
         <v>123</v>
       </c>
       <c r="O151" s="1">
         <v>1430</v>
       </c>
       <c r="P151" s="1">
         <v>1550</v>
       </c>
       <c r="Q151" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="R151" s="1" t="s">
         <v>116</v>
       </c>
       <c r="S151" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T151" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U151" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V151" s="1" t="s">
         <v>73</v>
       </c>
       <c r="W151" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="X151" s="1">
         <v>0</v>
       </c>
       <c r="Y151" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="Z151" s="1">
         <v>30</v>
       </c>
       <c r="AA151" s="1">
         <v>28</v>
       </c>
       <c r="AB151" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E152" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F152" s="1">
         <v>3</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>140</v>
       </c>
       <c r="H152" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I152" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J152" s="1">
         <v>2026</v>
       </c>
       <c r="K152" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L152" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M152" s="2">
         <v>46150.25</v>
       </c>
       <c r="N152" s="1" t="s">
         <v>123</v>
       </c>
       <c r="O152" s="1">
         <v>1300</v>
       </c>
       <c r="P152" s="1">
         <v>1420</v>
       </c>
       <c r="Q152" s="1" t="s">
         <v>115</v>
       </c>
       <c r="R152" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="S152" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T152" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U152" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V152" s="1" t="s">
         <v>73</v>
       </c>
       <c r="W152" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="X152" s="1">
         <v>0</v>
       </c>
       <c r="Y152" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="Z152" s="1">
         <v>30</v>
       </c>
       <c r="AA152" s="1">
         <v>28</v>
       </c>
       <c r="AB152" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E153" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F153" s="1">
         <v>4</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>284</v>
       </c>
       <c r="H153" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I153" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J153" s="1">
         <v>2026</v>
       </c>
       <c r="K153" s="1" t="s">
         <v>36</v>
       </c>
@@ -15676,163 +15679,163 @@
       <c r="O153" s="1">
         <v>1100</v>
       </c>
       <c r="P153" s="1">
         <v>1150</v>
       </c>
       <c r="Q153" s="1" t="s">
         <v>285</v>
       </c>
       <c r="R153" s="1" t="s">
         <v>105</v>
       </c>
       <c r="S153" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T153" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U153" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V153" s="1" t="s">
         <v>73</v>
       </c>
       <c r="W153" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="X153" s="1">
         <v>0</v>
       </c>
       <c r="Y153" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="Z153" s="1">
         <v>30</v>
       </c>
       <c r="AA153" s="1">
         <v>28</v>
       </c>
       <c r="AB153" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E154" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F154" s="1">
         <v>4</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>122</v>
       </c>
       <c r="H154" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I154" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J154" s="1">
         <v>2026</v>
       </c>
       <c r="K154" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L154" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M154" s="2">
         <v>46150.25</v>
       </c>
       <c r="N154" s="1" t="s">
         <v>123</v>
       </c>
       <c r="O154" s="1">
         <v>1300</v>
       </c>
       <c r="P154" s="1">
         <v>1450</v>
       </c>
       <c r="Q154" s="1" t="s">
         <v>115</v>
       </c>
       <c r="R154" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="S154" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T154" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U154" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V154" s="1" t="s">
         <v>73</v>
       </c>
       <c r="W154" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="X154" s="1">
         <v>0</v>
       </c>
       <c r="Y154" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="Z154" s="1">
         <v>30</v>
       </c>
       <c r="AA154" s="1">
         <v>24</v>
       </c>
       <c r="AB154" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F155" s="1">
         <v>4</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>274</v>
       </c>
       <c r="H155" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I155" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J155" s="1">
         <v>2026</v>
       </c>
       <c r="K155" s="1" t="s">
         <v>36</v>
       </c>
@@ -15848,77 +15851,77 @@
       <c r="O155" s="1">
         <v>1000</v>
       </c>
       <c r="P155" s="1">
         <v>1050</v>
       </c>
       <c r="Q155" s="1" t="s">
         <v>276</v>
       </c>
       <c r="R155" s="1" t="s">
         <v>277</v>
       </c>
       <c r="S155" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T155" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U155" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V155" s="1" t="s">
         <v>73</v>
       </c>
       <c r="W155" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="X155" s="1">
         <v>0</v>
       </c>
       <c r="Y155" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="Z155" s="1">
         <v>30</v>
       </c>
       <c r="AA155" s="1">
         <v>23</v>
       </c>
       <c r="AB155" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E156" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F156" s="1">
         <v>2</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>284</v>
       </c>
       <c r="H156" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I156" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J156" s="1">
         <v>2026</v>
       </c>
       <c r="K156" s="1" t="s">
         <v>36</v>
       </c>
@@ -15934,77 +15937,77 @@
       <c r="O156" s="1">
         <v>1100</v>
       </c>
       <c r="P156" s="1">
         <v>1150</v>
       </c>
       <c r="Q156" s="1" t="s">
         <v>285</v>
       </c>
       <c r="R156" s="1" t="s">
         <v>105</v>
       </c>
       <c r="S156" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T156" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U156" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V156" s="1" t="s">
         <v>73</v>
       </c>
       <c r="W156" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="X156" s="1">
         <v>0</v>
       </c>
       <c r="Y156" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="Z156" s="1">
         <v>30</v>
       </c>
       <c r="AA156" s="1">
         <v>24</v>
       </c>
       <c r="AB156" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E157" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F157" s="1">
         <v>3</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H157" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I157" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J157" s="1">
         <v>2026</v>
       </c>
       <c r="K157" s="1" t="s">
         <v>36</v>
       </c>
@@ -16022,157 +16025,157 @@
       </c>
       <c r="P157" s="1">
         <v>0</v>
       </c>
       <c r="Q157" s="1" t="s"/>
       <c r="R157" s="1" t="s"/>
       <c r="S157" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T157" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U157" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V157" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W157" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X157" s="1">
         <v>0</v>
       </c>
       <c r="Y157" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="Z157" s="1">
         <v>35</v>
       </c>
       <c r="AA157" s="1">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="AB157" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E158" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F158" s="1">
         <v>1</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="H158" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I158" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J158" s="1">
         <v>2026</v>
       </c>
       <c r="K158" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L158" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M158" s="2">
         <v>46150.25</v>
       </c>
       <c r="N158" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="O158" s="1">
         <v>8</v>
       </c>
       <c r="P158" s="1">
         <v>1205</v>
       </c>
       <c r="Q158" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="R158" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="S158" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T158" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U158" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="V158" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="W158" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X158" s="1">
         <v>0</v>
       </c>
       <c r="Y158" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="Z158" s="1">
         <v>20</v>
       </c>
       <c r="AA158" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="AB158" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E159" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F159" s="1">
         <v>3</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H159" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I159" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J159" s="1">
         <v>2026</v>
       </c>
       <c r="K159" s="1" t="s">
         <v>36</v>
       </c>
@@ -16204,57 +16207,57 @@
       </c>
       <c r="V159" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W159" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X159" s="1">
         <v>0</v>
       </c>
       <c r="Y159" s="1" t="s">
         <v>95</v>
       </c>
       <c r="Z159" s="1">
         <v>15</v>
       </c>
       <c r="AA159" s="1">
         <v>7</v>
       </c>
       <c r="AB159" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E160" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F160" s="1">
         <v>1</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H160" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I160" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J160" s="1">
         <v>2026</v>
       </c>
       <c r="K160" s="1" t="s">
         <v>36</v>
       </c>
@@ -16286,57 +16289,57 @@
       </c>
       <c r="V160" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W160" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X160" s="1">
         <v>0</v>
       </c>
       <c r="Y160" s="1" t="s">
         <v>95</v>
       </c>
       <c r="Z160" s="1">
         <v>15</v>
       </c>
       <c r="AA160" s="1">
         <v>8</v>
       </c>
       <c r="AB160" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E161" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F161" s="1">
         <v>3</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>518</v>
       </c>
       <c r="H161" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I161" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J161" s="1">
         <v>2026</v>
       </c>
       <c r="K161" s="1" t="s">
         <v>36</v>
       </c>
@@ -16354,71 +16357,71 @@
       </c>
       <c r="P161" s="1">
         <v>0</v>
       </c>
       <c r="Q161" s="1" t="s"/>
       <c r="R161" s="1" t="s"/>
       <c r="S161" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T161" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U161" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V161" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W161" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X161" s="1">
         <v>0</v>
       </c>
       <c r="Y161" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="Z161" s="1">
         <v>35</v>
       </c>
       <c r="AA161" s="1">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="AB161" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E162" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F162" s="1">
         <v>3</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>164</v>
       </c>
       <c r="H162" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I162" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J162" s="1">
         <v>2026</v>
       </c>
       <c r="K162" s="1" t="s">
         <v>36</v>
       </c>
@@ -16436,71 +16439,71 @@
       </c>
       <c r="P162" s="1">
         <v>0</v>
       </c>
       <c r="Q162" s="1" t="s"/>
       <c r="R162" s="1" t="s"/>
       <c r="S162" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T162" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U162" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V162" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W162" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X162" s="1">
         <v>0</v>
       </c>
       <c r="Y162" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="Z162" s="1">
         <v>35</v>
       </c>
       <c r="AA162" s="1">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="AB162" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E163" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F163" s="1">
         <v>3</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H163" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I163" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J163" s="1">
         <v>2026</v>
       </c>
       <c r="K163" s="1" t="s">
         <v>36</v>
       </c>
@@ -16518,163 +16521,163 @@
       </c>
       <c r="P163" s="1">
         <v>0</v>
       </c>
       <c r="Q163" s="1" t="s"/>
       <c r="R163" s="1" t="s"/>
       <c r="S163" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T163" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U163" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V163" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W163" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X163" s="1">
         <v>0</v>
       </c>
       <c r="Y163" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="Z163" s="1">
         <v>35</v>
       </c>
       <c r="AA163" s="1">
         <v>22</v>
       </c>
       <c r="AB163" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>464</v>
       </c>
       <c r="E164" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F164" s="1">
         <v>3</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H164" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I164" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J164" s="1">
         <v>2026</v>
       </c>
       <c r="K164" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L164" s="2">
         <v>46097.25</v>
       </c>
       <c r="M164" s="2">
         <v>46150.25</v>
       </c>
       <c r="N164" s="1" t="s">
         <v>123</v>
       </c>
       <c r="O164" s="1">
         <v>1800</v>
       </c>
       <c r="P164" s="1">
         <v>1950</v>
       </c>
       <c r="Q164" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="R164" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="S164" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T164" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U164" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V164" s="1" t="s">
         <v>73</v>
       </c>
       <c r="W164" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="X164" s="1">
         <v>0</v>
       </c>
       <c r="Y164" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="Z164" s="1">
         <v>20</v>
       </c>
       <c r="AA164" s="1">
         <v>0</v>
       </c>
       <c r="AB164" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="F165" s="1">
         <v>3</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H165" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I165" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J165" s="1">
         <v>2026</v>
       </c>
       <c r="K165" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L165" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M165" s="2">
         <v>46088.29166666667</v>
       </c>
@@ -16686,157 +16689,157 @@
       </c>
       <c r="P165" s="1">
         <v>0</v>
       </c>
       <c r="Q165" s="1" t="s"/>
       <c r="R165" s="1" t="s"/>
       <c r="S165" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T165" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U165" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V165" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W165" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X165" s="1">
         <v>0</v>
       </c>
       <c r="Y165" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="Z165" s="1">
         <v>35</v>
       </c>
       <c r="AA165" s="1">
         <v>10</v>
       </c>
       <c r="AB165" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E166" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F166" s="1">
         <v>3</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H166" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I166" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J166" s="1">
         <v>2026</v>
       </c>
       <c r="K166" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L166" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M166" s="2">
         <v>46150.25</v>
       </c>
       <c r="N166" s="1" t="s">
         <v>123</v>
       </c>
       <c r="O166" s="1">
         <v>1800</v>
       </c>
       <c r="P166" s="1">
         <v>1920</v>
       </c>
       <c r="Q166" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="R166" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="S166" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T166" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U166" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V166" s="1" t="s">
         <v>73</v>
       </c>
       <c r="W166" s="1" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="X166" s="1">
         <v>0</v>
       </c>
       <c r="Y166" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="Z166" s="1">
         <v>24</v>
       </c>
       <c r="AA166" s="1">
         <v>7</v>
       </c>
       <c r="AB166" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E167" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F167" s="1">
         <v>3</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H167" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I167" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J167" s="1">
         <v>2026</v>
       </c>
       <c r="K167" s="1" t="s">
         <v>36</v>
       </c>
@@ -16854,157 +16857,157 @@
       </c>
       <c r="P167" s="1">
         <v>0</v>
       </c>
       <c r="Q167" s="1" t="s"/>
       <c r="R167" s="1" t="s"/>
       <c r="S167" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T167" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U167" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V167" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W167" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X167" s="1">
         <v>0</v>
       </c>
       <c r="Y167" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="Z167" s="1">
         <v>35</v>
       </c>
       <c r="AA167" s="1">
         <v>19</v>
       </c>
       <c r="AB167" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E168" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F168" s="1">
         <v>3</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H168" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I168" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J168" s="1">
         <v>2026</v>
       </c>
       <c r="K168" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L168" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M168" s="2">
         <v>46150.25</v>
       </c>
       <c r="N168" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O168" s="1">
         <v>1800</v>
       </c>
       <c r="P168" s="1">
         <v>1920</v>
       </c>
       <c r="Q168" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="R168" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="S168" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T168" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U168" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V168" s="1" t="s">
         <v>73</v>
       </c>
       <c r="W168" s="1" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="X168" s="1">
         <v>0</v>
       </c>
       <c r="Y168" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="Z168" s="1">
         <v>24</v>
       </c>
       <c r="AA168" s="1">
         <v>1</v>
       </c>
       <c r="AB168" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="C169" s="1" t="s">
         <v>687</v>
-      </c>
-[...4 lines deleted...]
-        <v>686</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F169" s="1">
         <v>3</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H169" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I169" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J169" s="1">
         <v>2026</v>
       </c>
       <c r="K169" s="1" t="s">
         <v>36</v>
       </c>
@@ -17022,71 +17025,71 @@
       </c>
       <c r="P169" s="1">
         <v>0</v>
       </c>
       <c r="Q169" s="1" t="s"/>
       <c r="R169" s="1" t="s"/>
       <c r="S169" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T169" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U169" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V169" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W169" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X169" s="1">
         <v>0</v>
       </c>
       <c r="Y169" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="Z169" s="1">
         <v>35</v>
       </c>
       <c r="AA169" s="1">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="AB169" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E170" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F170" s="1">
         <v>3</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>164</v>
       </c>
       <c r="H170" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I170" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J170" s="1">
         <v>2026</v>
       </c>
       <c r="K170" s="1" t="s">
         <v>36</v>
       </c>
@@ -17118,57 +17121,57 @@
       </c>
       <c r="V170" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W170" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X170" s="1">
         <v>0</v>
       </c>
       <c r="Y170" s="1" t="s">
         <v>289</v>
       </c>
       <c r="Z170" s="1">
         <v>35</v>
       </c>
       <c r="AA170" s="1">
         <v>37</v>
       </c>
       <c r="AB170" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F171" s="1">
         <v>3</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H171" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I171" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J171" s="1">
         <v>2026</v>
       </c>
       <c r="K171" s="1" t="s">
         <v>36</v>
       </c>
@@ -17192,65 +17195,65 @@
       <c r="S171" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T171" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U171" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V171" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W171" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X171" s="1">
         <v>0</v>
       </c>
       <c r="Y171" s="1" t="s">
         <v>289</v>
       </c>
       <c r="Z171" s="1">
         <v>35</v>
       </c>
       <c r="AA171" s="1">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="AB171" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F172" s="1">
         <v>3</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H172" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I172" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J172" s="1">
         <v>2026</v>
       </c>
       <c r="K172" s="1" t="s">
         <v>36</v>
       </c>
@@ -17282,143 +17285,143 @@
       </c>
       <c r="V172" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W172" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X172" s="1">
         <v>0</v>
       </c>
       <c r="Y172" s="1" t="s">
         <v>289</v>
       </c>
       <c r="Z172" s="1">
         <v>35</v>
       </c>
       <c r="AA172" s="1">
         <v>5</v>
       </c>
       <c r="AB172" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E173" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F173" s="1">
         <v>3</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H173" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I173" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J173" s="1">
         <v>2026</v>
       </c>
       <c r="K173" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L173" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M173" s="2">
         <v>46150.25</v>
       </c>
       <c r="N173" s="1" t="s">
         <v>123</v>
       </c>
       <c r="O173" s="1">
         <v>1800</v>
       </c>
       <c r="P173" s="1">
         <v>1920</v>
       </c>
       <c r="Q173" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="R173" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="S173" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T173" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U173" s="1" t="s">
         <v>72</v>
       </c>
       <c r="V173" s="1" t="s">
         <v>73</v>
       </c>
       <c r="W173" s="1" t="s">
         <v>439</v>
       </c>
       <c r="X173" s="1">
         <v>0</v>
       </c>
       <c r="Y173" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="Z173" s="1">
         <v>20</v>
       </c>
       <c r="AA173" s="1">
         <v>0</v>
       </c>
       <c r="AB173" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F174" s="1">
         <v>3</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H174" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I174" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J174" s="1">
         <v>2026</v>
       </c>
       <c r="K174" s="1" t="s">
         <v>36</v>
       </c>
@@ -17436,71 +17439,71 @@
       </c>
       <c r="P174" s="1">
         <v>0</v>
       </c>
       <c r="Q174" s="1" t="s"/>
       <c r="R174" s="1" t="s"/>
       <c r="S174" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T174" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U174" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V174" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W174" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X174" s="1">
         <v>0</v>
       </c>
       <c r="Y174" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="Z174" s="1">
         <v>20</v>
       </c>
       <c r="AA174" s="1">
         <v>7</v>
       </c>
       <c r="AB174" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E175" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F175" s="1">
         <v>3</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H175" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I175" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J175" s="1">
         <v>2026</v>
       </c>
       <c r="K175" s="1" t="s">
         <v>36</v>
       </c>
@@ -17518,71 +17521,71 @@
       </c>
       <c r="P175" s="1">
         <v>0</v>
       </c>
       <c r="Q175" s="1" t="s"/>
       <c r="R175" s="1" t="s"/>
       <c r="S175" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T175" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U175" s="1" t="s">
         <v>377</v>
       </c>
       <c r="V175" s="1" t="s">
         <v>378</v>
       </c>
       <c r="W175" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X175" s="1">
         <v>0</v>
       </c>
       <c r="Y175" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="Z175" s="1">
         <v>15</v>
       </c>
       <c r="AA175" s="1">
         <v>6</v>
       </c>
       <c r="AB175" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F176" s="1">
         <v>1</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H176" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I176" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J176" s="1">
         <v>2026</v>
       </c>
       <c r="K176" s="1" t="s">
         <v>36</v>
       </c>
@@ -17600,71 +17603,71 @@
       </c>
       <c r="P176" s="1">
         <v>0</v>
       </c>
       <c r="Q176" s="1" t="s"/>
       <c r="R176" s="1" t="s"/>
       <c r="S176" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T176" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U176" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V176" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W176" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X176" s="1">
         <v>0</v>
       </c>
       <c r="Y176" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="Z176" s="1">
         <v>5</v>
       </c>
       <c r="AA176" s="1">
         <v>3</v>
       </c>
       <c r="AB176" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E177" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F177" s="1">
         <v>1</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H177" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I177" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J177" s="1">
         <v>2026</v>
       </c>
       <c r="K177" s="1" t="s">
         <v>36</v>
       </c>
@@ -17682,673 +17685,673 @@
       </c>
       <c r="P177" s="1">
         <v>0</v>
       </c>
       <c r="Q177" s="1" t="s"/>
       <c r="R177" s="1" t="s"/>
       <c r="S177" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T177" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U177" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V177" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W177" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X177" s="1">
         <v>0</v>
       </c>
       <c r="Y177" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="Z177" s="1">
         <v>5</v>
       </c>
       <c r="AA177" s="1">
         <v>1</v>
       </c>
       <c r="AB177" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F178" s="1">
         <v>2</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>188</v>
       </c>
       <c r="H178" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I178" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J178" s="1">
         <v>2026</v>
       </c>
       <c r="K178" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L178" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M178" s="2">
         <v>46150.25</v>
       </c>
       <c r="N178" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O178" s="1">
         <v>1225</v>
       </c>
       <c r="P178" s="1">
         <v>1315</v>
       </c>
       <c r="Q178" s="1" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="R178" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="S178" s="1" t="s">
         <v>191</v>
       </c>
       <c r="T178" s="1" t="s">
         <v>192</v>
       </c>
       <c r="U178" s="1" t="s">
         <v>191</v>
       </c>
       <c r="V178" s="1" t="s">
         <v>193</v>
       </c>
       <c r="W178" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="X178" s="1">
         <v>0</v>
       </c>
       <c r="Y178" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="Z178" s="1">
         <v>15</v>
       </c>
       <c r="AA178" s="1">
         <v>5</v>
       </c>
       <c r="AB178" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="E179" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F179" s="1">
         <v>2</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="H179" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I179" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J179" s="1">
         <v>2026</v>
       </c>
       <c r="K179" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L179" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M179" s="2">
         <v>46150.25</v>
       </c>
       <c r="N179" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O179" s="1">
         <v>1320</v>
       </c>
       <c r="P179" s="1">
         <v>1410</v>
       </c>
       <c r="Q179" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="R179" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="S179" s="1" t="s">
         <v>191</v>
       </c>
       <c r="T179" s="1" t="s">
         <v>192</v>
       </c>
       <c r="U179" s="1" t="s">
         <v>191</v>
       </c>
       <c r="V179" s="1" t="s">
         <v>193</v>
       </c>
       <c r="W179" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="X179" s="1">
         <v>0</v>
       </c>
       <c r="Y179" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="Z179" s="1">
         <v>15</v>
       </c>
       <c r="AA179" s="1">
         <v>2</v>
       </c>
       <c r="AB179" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F180" s="1">
         <v>3</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>370</v>
       </c>
       <c r="H180" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I180" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J180" s="1">
         <v>2026</v>
       </c>
       <c r="K180" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L180" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M180" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N180" s="1" t="s">
         <v>316</v>
       </c>
       <c r="O180" s="1">
         <v>800</v>
       </c>
       <c r="P180" s="1">
         <v>950</v>
       </c>
       <c r="Q180" s="1" t="s">
         <v>317</v>
       </c>
       <c r="R180" s="1" t="s">
         <v>356</v>
       </c>
       <c r="S180" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T180" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U180" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V180" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W180" s="1" t="s">
         <v>74</v>
       </c>
       <c r="X180" s="1">
         <v>0</v>
       </c>
       <c r="Y180" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="Z180" s="1">
         <v>15</v>
       </c>
       <c r="AA180" s="1">
         <v>8</v>
       </c>
       <c r="AB180" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="E181" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F181" s="1">
         <v>1</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>188</v>
       </c>
       <c r="H181" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I181" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J181" s="1">
         <v>2026</v>
       </c>
       <c r="K181" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L181" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M181" s="2">
         <v>46150.25</v>
       </c>
       <c r="N181" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="O181" s="1">
         <v>1225</v>
       </c>
       <c r="P181" s="1">
         <v>1315</v>
       </c>
       <c r="Q181" s="1" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="R181" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="S181" s="1" t="s">
         <v>191</v>
       </c>
       <c r="T181" s="1" t="s">
         <v>192</v>
       </c>
       <c r="U181" s="1" t="s">
         <v>191</v>
       </c>
       <c r="V181" s="1" t="s">
         <v>193</v>
       </c>
       <c r="W181" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="X181" s="1">
         <v>0</v>
       </c>
       <c r="Y181" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="Z181" s="1">
         <v>15</v>
       </c>
       <c r="AA181" s="1">
         <v>5</v>
       </c>
       <c r="AB181" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="E182" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F182" s="1">
         <v>1</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="H182" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I182" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J182" s="1">
         <v>2026</v>
       </c>
       <c r="K182" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L182" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M182" s="2">
         <v>46150.25</v>
       </c>
       <c r="N182" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="O182" s="1">
         <v>1320</v>
       </c>
       <c r="P182" s="1">
         <v>1410</v>
       </c>
       <c r="Q182" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="R182" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="S182" s="1" t="s">
         <v>191</v>
       </c>
       <c r="T182" s="1" t="s">
         <v>192</v>
       </c>
       <c r="U182" s="1" t="s">
         <v>191</v>
       </c>
       <c r="V182" s="1" t="s">
         <v>193</v>
       </c>
       <c r="W182" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="X182" s="1">
         <v>0</v>
       </c>
       <c r="Y182" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="Z182" s="1">
         <v>15</v>
       </c>
       <c r="AA182" s="1">
         <v>2</v>
       </c>
       <c r="AB182" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="E183" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F183" s="1">
         <v>1</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>370</v>
       </c>
       <c r="H183" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I183" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J183" s="1">
         <v>2026</v>
       </c>
       <c r="K183" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L183" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M183" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N183" s="1" t="s">
         <v>316</v>
       </c>
       <c r="O183" s="1">
         <v>1000</v>
       </c>
       <c r="P183" s="1">
         <v>1550</v>
       </c>
       <c r="Q183" s="1" t="s">
         <v>276</v>
       </c>
       <c r="R183" s="1" t="s">
         <v>116</v>
       </c>
       <c r="S183" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T183" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U183" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V183" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W183" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="X183" s="1">
         <v>0</v>
       </c>
       <c r="Y183" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="Z183" s="1">
         <v>15</v>
       </c>
       <c r="AA183" s="1">
         <v>8</v>
       </c>
       <c r="AB183" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F184" s="1">
         <v>2</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>188</v>
       </c>
       <c r="H184" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I184" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J184" s="1">
         <v>2026</v>
       </c>
       <c r="K184" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L184" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M184" s="2">
         <v>46150.25</v>
       </c>
       <c r="N184" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O184" s="1">
         <v>1415</v>
       </c>
       <c r="P184" s="1">
         <v>1505</v>
       </c>
       <c r="Q184" s="1" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="R184" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="S184" s="1" t="s">
         <v>191</v>
       </c>
       <c r="T184" s="1" t="s">
         <v>192</v>
       </c>
       <c r="U184" s="1" t="s">
         <v>191</v>
       </c>
       <c r="V184" s="1" t="s">
         <v>193</v>
       </c>
       <c r="W184" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="X184" s="1">
         <v>0</v>
       </c>
       <c r="Y184" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="Z184" s="1">
         <v>15</v>
       </c>
       <c r="AA184" s="1">
         <v>0</v>
       </c>
       <c r="AB184" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E185" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F185" s="1">
         <v>2</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>370</v>
       </c>
       <c r="H185" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I185" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J185" s="1">
         <v>2026</v>
       </c>
       <c r="K185" s="1" t="s">
         <v>36</v>
       </c>
@@ -18358,169 +18361,169 @@
       <c r="M185" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N185" s="1" t="s">
         <v>123</v>
       </c>
       <c r="O185" s="1">
         <v>800</v>
       </c>
       <c r="P185" s="1">
         <v>950</v>
       </c>
       <c r="Q185" s="1" t="s">
         <v>317</v>
       </c>
       <c r="R185" s="1" t="s">
         <v>356</v>
       </c>
       <c r="S185" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T185" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U185" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V185" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W185" s="1" t="s">
         <v>74</v>
       </c>
       <c r="X185" s="1">
         <v>0</v>
       </c>
       <c r="Y185" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="Z185" s="1">
         <v>15</v>
       </c>
       <c r="AA185" s="1">
         <v>5</v>
       </c>
       <c r="AB185" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F186" s="1">
         <v>1</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>188</v>
       </c>
       <c r="H186" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I186" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J186" s="1">
         <v>2026</v>
       </c>
       <c r="K186" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L186" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M186" s="2">
         <v>46150.25</v>
       </c>
       <c r="N186" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="O186" s="1">
         <v>1415</v>
       </c>
       <c r="P186" s="1">
         <v>1505</v>
       </c>
       <c r="Q186" s="1" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="R186" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="S186" s="1" t="s">
         <v>191</v>
       </c>
       <c r="T186" s="1" t="s">
         <v>192</v>
       </c>
       <c r="U186" s="1" t="s">
         <v>191</v>
       </c>
       <c r="V186" s="1" t="s">
         <v>193</v>
       </c>
       <c r="W186" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="X186" s="1">
         <v>0</v>
       </c>
       <c r="Y186" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="Z186" s="1">
         <v>15</v>
       </c>
       <c r="AA186" s="1">
         <v>0</v>
       </c>
       <c r="AB186" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F187" s="1">
         <v>1</v>
       </c>
       <c r="G187" s="1" t="s">
         <v>370</v>
       </c>
       <c r="H187" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I187" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J187" s="1">
         <v>2026</v>
       </c>
       <c r="K187" s="1" t="s">
         <v>36</v>
       </c>
@@ -18530,83 +18533,83 @@
       <c r="M187" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N187" s="1" t="s">
         <v>123</v>
       </c>
       <c r="O187" s="1">
         <v>1000</v>
       </c>
       <c r="P187" s="1">
         <v>1150</v>
       </c>
       <c r="Q187" s="1" t="s">
         <v>276</v>
       </c>
       <c r="R187" s="1" t="s">
         <v>105</v>
       </c>
       <c r="S187" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T187" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U187" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V187" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W187" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="X187" s="1">
         <v>0</v>
       </c>
       <c r="Y187" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="Z187" s="1">
         <v>15</v>
       </c>
       <c r="AA187" s="1">
         <v>5</v>
       </c>
       <c r="AB187" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F188" s="1">
         <v>2</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>370</v>
       </c>
       <c r="H188" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I188" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J188" s="1">
         <v>2026</v>
       </c>
       <c r="K188" s="1" t="s">
         <v>36</v>
       </c>
@@ -18616,83 +18619,83 @@
       <c r="M188" s="2">
         <v>46150.25</v>
       </c>
       <c r="N188" s="1" t="s">
         <v>316</v>
       </c>
       <c r="O188" s="1">
         <v>800</v>
       </c>
       <c r="P188" s="1">
         <v>950</v>
       </c>
       <c r="Q188" s="1" t="s">
         <v>317</v>
       </c>
       <c r="R188" s="1" t="s">
         <v>356</v>
       </c>
       <c r="S188" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T188" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U188" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V188" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W188" s="1" t="s">
         <v>74</v>
       </c>
       <c r="X188" s="1">
         <v>0</v>
       </c>
       <c r="Y188" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="Z188" s="1">
         <v>15</v>
       </c>
       <c r="AA188" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AB188" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F189" s="1">
         <v>2</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>370</v>
       </c>
       <c r="H189" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I189" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J189" s="1">
         <v>2026</v>
       </c>
       <c r="K189" s="1" t="s">
         <v>36</v>
       </c>
@@ -18702,83 +18705,83 @@
       <c r="M189" s="2">
         <v>46150.25</v>
       </c>
       <c r="N189" s="1" t="s">
         <v>316</v>
       </c>
       <c r="O189" s="1">
         <v>1000</v>
       </c>
       <c r="P189" s="1">
         <v>1550</v>
       </c>
       <c r="Q189" s="1" t="s">
         <v>276</v>
       </c>
       <c r="R189" s="1" t="s">
         <v>116</v>
       </c>
       <c r="S189" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T189" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U189" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V189" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W189" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="X189" s="1">
         <v>0</v>
       </c>
       <c r="Y189" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="Z189" s="1">
         <v>15</v>
       </c>
       <c r="AA189" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AB189" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F190" s="1">
         <v>1</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>376</v>
       </c>
       <c r="H190" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I190" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J190" s="1">
         <v>2026</v>
       </c>
       <c r="K190" s="1" t="s">
         <v>36</v>
       </c>
@@ -18788,255 +18791,255 @@
       <c r="M190" s="2">
         <v>46150.25</v>
       </c>
       <c r="N190" s="1" t="s">
         <v>316</v>
       </c>
       <c r="O190" s="1">
         <v>800</v>
       </c>
       <c r="P190" s="1">
         <v>950</v>
       </c>
       <c r="Q190" s="1" t="s">
         <v>317</v>
       </c>
       <c r="R190" s="1" t="s">
         <v>356</v>
       </c>
       <c r="S190" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T190" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U190" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V190" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W190" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="X190" s="1">
         <v>0</v>
       </c>
       <c r="Y190" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="Z190" s="1">
         <v>15</v>
       </c>
       <c r="AA190" s="1">
         <v>7</v>
       </c>
       <c r="AB190" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="E191" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F191" s="1">
         <v>2</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>376</v>
       </c>
       <c r="H191" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I191" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J191" s="1">
         <v>2026</v>
       </c>
       <c r="K191" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L191" s="2">
         <v>46097.25</v>
       </c>
       <c r="M191" s="2">
         <v>46150.25</v>
       </c>
       <c r="N191" s="1" t="s">
         <v>316</v>
       </c>
       <c r="O191" s="1">
         <v>1000</v>
       </c>
       <c r="P191" s="1">
         <v>1550</v>
       </c>
       <c r="Q191" s="1" t="s">
         <v>276</v>
       </c>
       <c r="R191" s="1" t="s">
         <v>116</v>
       </c>
       <c r="S191" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T191" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U191" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V191" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W191" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="X191" s="1">
         <v>0</v>
       </c>
       <c r="Y191" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="Z191" s="1">
         <v>15</v>
       </c>
       <c r="AA191" s="1">
         <v>7</v>
       </c>
       <c r="AB191" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F192" s="1">
         <v>2</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>188</v>
       </c>
       <c r="H192" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I192" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J192" s="1">
         <v>2026</v>
       </c>
       <c r="K192" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L192" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M192" s="2">
         <v>46150.25</v>
       </c>
       <c r="N192" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O192" s="1">
         <v>810</v>
       </c>
       <c r="P192" s="1">
         <v>900</v>
       </c>
       <c r="Q192" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="R192" s="1" t="s">
         <v>104</v>
       </c>
       <c r="S192" s="1" t="s">
         <v>191</v>
       </c>
       <c r="T192" s="1" t="s">
         <v>192</v>
       </c>
       <c r="U192" s="1" t="s">
         <v>191</v>
       </c>
       <c r="V192" s="1" t="s">
         <v>193</v>
       </c>
       <c r="W192" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="X192" s="1">
         <v>0</v>
       </c>
       <c r="Y192" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="Z192" s="1">
         <v>15</v>
       </c>
       <c r="AA192" s="1">
         <v>9</v>
       </c>
       <c r="AB192" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F193" s="1">
         <v>2</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>376</v>
       </c>
       <c r="H193" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I193" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J193" s="1">
         <v>2026</v>
       </c>
       <c r="K193" s="1" t="s">
         <v>36</v>
       </c>
@@ -19046,169 +19049,169 @@
       <c r="M193" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N193" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O193" s="1">
         <v>800</v>
       </c>
       <c r="P193" s="1">
         <v>950</v>
       </c>
       <c r="Q193" s="1" t="s">
         <v>317</v>
       </c>
       <c r="R193" s="1" t="s">
         <v>356</v>
       </c>
       <c r="S193" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T193" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U193" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V193" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W193" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="X193" s="1">
         <v>0</v>
       </c>
       <c r="Y193" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="Z193" s="1">
         <v>15</v>
       </c>
       <c r="AA193" s="1">
         <v>10</v>
       </c>
       <c r="AB193" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E194" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F194" s="1">
         <v>1</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>188</v>
       </c>
       <c r="H194" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I194" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J194" s="1">
         <v>2026</v>
       </c>
       <c r="K194" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L194" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M194" s="2">
         <v>46150.25</v>
       </c>
       <c r="N194" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="O194" s="1">
         <v>810</v>
       </c>
       <c r="P194" s="1">
         <v>900</v>
       </c>
       <c r="Q194" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="R194" s="1" t="s">
         <v>104</v>
       </c>
       <c r="S194" s="1" t="s">
         <v>191</v>
       </c>
       <c r="T194" s="1" t="s">
         <v>192</v>
       </c>
       <c r="U194" s="1" t="s">
         <v>191</v>
       </c>
       <c r="V194" s="1" t="s">
         <v>193</v>
       </c>
       <c r="W194" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="X194" s="1">
         <v>0</v>
       </c>
       <c r="Y194" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="Z194" s="1">
         <v>15</v>
       </c>
       <c r="AA194" s="1">
         <v>9</v>
       </c>
       <c r="AB194" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F195" s="1">
         <v>1</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>376</v>
       </c>
       <c r="H195" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I195" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J195" s="1">
         <v>2026</v>
       </c>
       <c r="K195" s="1" t="s">
         <v>36</v>
       </c>
@@ -19218,83 +19221,83 @@
       <c r="M195" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N195" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O195" s="1">
         <v>1000</v>
       </c>
       <c r="P195" s="1">
         <v>1150</v>
       </c>
       <c r="Q195" s="1" t="s">
         <v>276</v>
       </c>
       <c r="R195" s="1" t="s">
         <v>105</v>
       </c>
       <c r="S195" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T195" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U195" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V195" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W195" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="X195" s="1">
         <v>0</v>
       </c>
       <c r="Y195" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="Z195" s="1">
         <v>15</v>
       </c>
       <c r="AA195" s="1">
         <v>10</v>
       </c>
       <c r="AB195" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E196" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F196" s="1">
         <v>2</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>370</v>
       </c>
       <c r="H196" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I196" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J196" s="1">
         <v>2026</v>
       </c>
       <c r="K196" s="1" t="s">
         <v>36</v>
       </c>
@@ -19304,169 +19307,169 @@
       <c r="M196" s="2">
         <v>46150.25</v>
       </c>
       <c r="N196" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O196" s="1">
         <v>800</v>
       </c>
       <c r="P196" s="1">
         <v>950</v>
       </c>
       <c r="Q196" s="1" t="s">
         <v>317</v>
       </c>
       <c r="R196" s="1" t="s">
         <v>356</v>
       </c>
       <c r="S196" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T196" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U196" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V196" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W196" s="1" t="s">
         <v>74</v>
       </c>
       <c r="X196" s="1">
         <v>0</v>
       </c>
       <c r="Y196" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="Z196" s="1">
         <v>15</v>
       </c>
       <c r="AA196" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="AB196" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="E197" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F197" s="1">
         <v>1</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>370</v>
       </c>
       <c r="H197" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I197" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J197" s="1">
         <v>2026</v>
       </c>
       <c r="K197" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L197" s="2">
         <v>46097.25</v>
       </c>
       <c r="M197" s="2">
         <v>46150.25</v>
       </c>
       <c r="N197" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O197" s="1">
         <v>1000</v>
       </c>
       <c r="P197" s="1">
         <v>1150</v>
       </c>
       <c r="Q197" s="1" t="s">
         <v>276</v>
       </c>
       <c r="R197" s="1" t="s">
         <v>105</v>
       </c>
       <c r="S197" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T197" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U197" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V197" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W197" s="1" t="s">
         <v>344</v>
       </c>
       <c r="X197" s="1">
         <v>0</v>
       </c>
       <c r="Y197" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="Z197" s="1">
         <v>15</v>
       </c>
       <c r="AA197" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="AB197" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F198" s="1">
         <v>2</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>396</v>
       </c>
       <c r="H198" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I198" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J198" s="1">
         <v>2026</v>
       </c>
       <c r="K198" s="1" t="s">
         <v>36</v>
       </c>
@@ -19476,83 +19479,83 @@
       <c r="M198" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N198" s="1" t="s">
         <v>123</v>
       </c>
       <c r="O198" s="1">
         <v>800</v>
       </c>
       <c r="P198" s="1">
         <v>950</v>
       </c>
       <c r="Q198" s="1" t="s">
         <v>317</v>
       </c>
       <c r="R198" s="1" t="s">
         <v>356</v>
       </c>
       <c r="S198" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T198" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U198" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V198" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W198" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="X198" s="1">
         <v>0</v>
       </c>
       <c r="Y198" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="Z198" s="1">
         <v>15</v>
       </c>
       <c r="AA198" s="1">
         <v>10</v>
       </c>
       <c r="AB198" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E199" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F199" s="1">
         <v>1</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>396</v>
       </c>
       <c r="H199" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I199" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J199" s="1">
         <v>2026</v>
       </c>
       <c r="K199" s="1" t="s">
         <v>36</v>
       </c>
@@ -19562,255 +19565,255 @@
       <c r="M199" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N199" s="1" t="s">
         <v>123</v>
       </c>
       <c r="O199" s="1">
         <v>1000</v>
       </c>
       <c r="P199" s="1">
         <v>1150</v>
       </c>
       <c r="Q199" s="1" t="s">
         <v>276</v>
       </c>
       <c r="R199" s="1" t="s">
         <v>105</v>
       </c>
       <c r="S199" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T199" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U199" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V199" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W199" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="X199" s="1">
         <v>0</v>
       </c>
       <c r="Y199" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="Z199" s="1">
         <v>15</v>
       </c>
       <c r="AA199" s="1">
         <v>10</v>
       </c>
       <c r="AB199" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E200" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F200" s="1">
         <v>2</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="H200" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I200" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J200" s="1">
         <v>2026</v>
       </c>
       <c r="K200" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L200" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M200" s="2">
         <v>46150.25</v>
       </c>
       <c r="N200" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O200" s="1">
         <v>953</v>
       </c>
       <c r="P200" s="1">
         <v>1137</v>
       </c>
       <c r="Q200" s="1" t="s">
         <v>322</v>
       </c>
       <c r="R200" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="S200" s="1" t="s">
         <v>191</v>
       </c>
       <c r="T200" s="1" t="s">
         <v>192</v>
       </c>
       <c r="U200" s="1" t="s">
         <v>191</v>
       </c>
       <c r="V200" s="1" t="s">
         <v>193</v>
       </c>
       <c r="W200" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="X200" s="1">
         <v>0</v>
       </c>
       <c r="Y200" s="1" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="Z200" s="1">
         <v>8</v>
       </c>
       <c r="AA200" s="1">
         <v>7</v>
       </c>
       <c r="AB200" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F201" s="1">
         <v>2</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="H201" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I201" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J201" s="1">
         <v>2026</v>
       </c>
       <c r="K201" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L201" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M201" s="2">
         <v>46150.25</v>
       </c>
       <c r="N201" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O201" s="1">
         <v>1510</v>
       </c>
       <c r="P201" s="1">
         <v>1555</v>
       </c>
       <c r="Q201" s="1" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="R201" s="1" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="S201" s="1" t="s">
         <v>191</v>
       </c>
       <c r="T201" s="1" t="s">
         <v>192</v>
       </c>
       <c r="U201" s="1" t="s">
         <v>191</v>
       </c>
       <c r="V201" s="1" t="s">
         <v>193</v>
       </c>
       <c r="W201" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="X201" s="1">
         <v>0</v>
       </c>
       <c r="Y201" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="Z201" s="1">
         <v>15</v>
       </c>
       <c r="AA201" s="1">
         <v>1</v>
       </c>
       <c r="AB201" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F202" s="1">
         <v>2</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>376</v>
       </c>
       <c r="H202" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I202" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J202" s="1">
         <v>2026</v>
       </c>
       <c r="K202" s="1" t="s">
         <v>36</v>
       </c>
@@ -19820,255 +19823,255 @@
       <c r="M202" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N202" s="1" t="s">
         <v>316</v>
       </c>
       <c r="O202" s="1">
         <v>800</v>
       </c>
       <c r="P202" s="1">
         <v>950</v>
       </c>
       <c r="Q202" s="1" t="s">
         <v>317</v>
       </c>
       <c r="R202" s="1" t="s">
         <v>356</v>
       </c>
       <c r="S202" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T202" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U202" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V202" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W202" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="X202" s="1">
         <v>0</v>
       </c>
       <c r="Y202" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="Z202" s="1">
         <v>15</v>
       </c>
       <c r="AA202" s="1">
         <v>9</v>
       </c>
       <c r="AB202" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E203" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F203" s="1">
         <v>1</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>188</v>
       </c>
       <c r="H203" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I203" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J203" s="1">
         <v>2026</v>
       </c>
       <c r="K203" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L203" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M203" s="2">
         <v>46150.25</v>
       </c>
       <c r="N203" s="1" t="s">
         <v>275</v>
       </c>
       <c r="O203" s="1">
         <v>953</v>
       </c>
       <c r="P203" s="1">
         <v>1137</v>
       </c>
       <c r="Q203" s="1" t="s">
         <v>322</v>
       </c>
       <c r="R203" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="S203" s="1" t="s">
         <v>191</v>
       </c>
       <c r="T203" s="1" t="s">
         <v>192</v>
       </c>
       <c r="U203" s="1" t="s">
         <v>191</v>
       </c>
       <c r="V203" s="1" t="s">
         <v>193</v>
       </c>
       <c r="W203" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="X203" s="1">
         <v>0</v>
       </c>
       <c r="Y203" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="Z203" s="1">
         <v>8</v>
       </c>
       <c r="AA203" s="1">
         <v>7</v>
       </c>
       <c r="AB203" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E204" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F204" s="1">
         <v>1</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="H204" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I204" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J204" s="1">
         <v>2026</v>
       </c>
       <c r="K204" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L204" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M204" s="2">
         <v>46150.25</v>
       </c>
       <c r="N204" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="O204" s="1">
         <v>1510</v>
       </c>
       <c r="P204" s="1">
         <v>1555</v>
       </c>
       <c r="Q204" s="1" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="R204" s="1" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="S204" s="1" t="s">
         <v>191</v>
       </c>
       <c r="T204" s="1" t="s">
         <v>192</v>
       </c>
       <c r="U204" s="1" t="s">
         <v>191</v>
       </c>
       <c r="V204" s="1" t="s">
         <v>193</v>
       </c>
       <c r="W204" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="X204" s="1">
         <v>0</v>
       </c>
       <c r="Y204" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="Z204" s="1">
         <v>15</v>
       </c>
       <c r="AA204" s="1">
         <v>1</v>
       </c>
       <c r="AB204" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E205" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F205" s="1">
         <v>1</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>376</v>
       </c>
       <c r="H205" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I205" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J205" s="1">
         <v>2026</v>
       </c>
       <c r="K205" s="1" t="s">
         <v>36</v>
       </c>
@@ -20078,169 +20081,169 @@
       <c r="M205" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N205" s="1" t="s">
         <v>316</v>
       </c>
       <c r="O205" s="1">
         <v>1000</v>
       </c>
       <c r="P205" s="1">
         <v>1650</v>
       </c>
       <c r="Q205" s="1" t="s">
         <v>276</v>
       </c>
       <c r="R205" s="1" t="s">
         <v>343</v>
       </c>
       <c r="S205" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T205" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U205" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V205" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W205" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="X205" s="1">
         <v>0</v>
       </c>
       <c r="Y205" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="Z205" s="1">
         <v>15</v>
       </c>
       <c r="AA205" s="1">
         <v>9</v>
       </c>
       <c r="AB205" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F206" s="1">
         <v>2</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>188</v>
       </c>
       <c r="H206" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I206" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J206" s="1">
         <v>2026</v>
       </c>
       <c r="K206" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L206" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M206" s="2">
         <v>46150.25</v>
       </c>
       <c r="N206" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O206" s="1">
         <v>1226</v>
       </c>
       <c r="P206" s="1">
         <v>1410</v>
       </c>
       <c r="Q206" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="R206" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="S206" s="1" t="s">
         <v>191</v>
       </c>
       <c r="T206" s="1" t="s">
         <v>192</v>
       </c>
       <c r="U206" s="1" t="s">
         <v>191</v>
       </c>
       <c r="V206" s="1" t="s">
         <v>193</v>
       </c>
       <c r="W206" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="X206" s="1">
         <v>0</v>
       </c>
       <c r="Y206" s="1" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="Z206" s="1">
         <v>8</v>
       </c>
       <c r="AA206" s="1">
         <v>3</v>
       </c>
       <c r="AB206" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E207" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F207" s="1">
         <v>2</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>370</v>
       </c>
       <c r="H207" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I207" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J207" s="1">
         <v>2026</v>
       </c>
       <c r="K207" s="1" t="s">
         <v>36</v>
       </c>
@@ -20250,169 +20253,169 @@
       <c r="M207" s="2">
         <v>46150.25</v>
       </c>
       <c r="N207" s="1" t="s">
         <v>123</v>
       </c>
       <c r="O207" s="1">
         <v>800</v>
       </c>
       <c r="P207" s="1">
         <v>950</v>
       </c>
       <c r="Q207" s="1" t="s">
         <v>317</v>
       </c>
       <c r="R207" s="1" t="s">
         <v>356</v>
       </c>
       <c r="S207" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T207" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U207" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V207" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W207" s="1" t="s">
         <v>74</v>
       </c>
       <c r="X207" s="1">
         <v>0</v>
       </c>
       <c r="Y207" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="Z207" s="1">
         <v>15</v>
       </c>
       <c r="AA207" s="1">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="AB207" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F208" s="1">
         <v>1</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="H208" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I208" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J208" s="1">
         <v>2026</v>
       </c>
       <c r="K208" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L208" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M208" s="2">
         <v>46150.25</v>
       </c>
       <c r="N208" s="1" t="s">
         <v>275</v>
       </c>
       <c r="O208" s="1">
         <v>1226</v>
       </c>
       <c r="P208" s="1">
         <v>1410</v>
       </c>
       <c r="Q208" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="R208" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="S208" s="1" t="s">
         <v>191</v>
       </c>
       <c r="T208" s="1" t="s">
         <v>192</v>
       </c>
       <c r="U208" s="1" t="s">
         <v>191</v>
       </c>
       <c r="V208" s="1" t="s">
         <v>193</v>
       </c>
       <c r="W208" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="X208" s="1">
         <v>0</v>
       </c>
       <c r="Y208" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="Z208" s="1">
         <v>8</v>
       </c>
       <c r="AA208" s="1">
         <v>3</v>
       </c>
       <c r="AB208" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F209" s="1">
         <v>1</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>370</v>
       </c>
       <c r="H209" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I209" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J209" s="1">
         <v>2026</v>
       </c>
       <c r="K209" s="1" t="s">
         <v>36</v>
       </c>
@@ -20422,255 +20425,255 @@
       <c r="M209" s="2">
         <v>46150.25</v>
       </c>
       <c r="N209" s="1" t="s">
         <v>123</v>
       </c>
       <c r="O209" s="1">
         <v>1000</v>
       </c>
       <c r="P209" s="1">
         <v>1150</v>
       </c>
       <c r="Q209" s="1" t="s">
         <v>276</v>
       </c>
       <c r="R209" s="1" t="s">
         <v>105</v>
       </c>
       <c r="S209" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T209" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U209" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V209" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W209" s="1" t="s">
         <v>74</v>
       </c>
       <c r="X209" s="1">
         <v>0</v>
       </c>
       <c r="Y209" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="Z209" s="1">
         <v>15</v>
       </c>
       <c r="AA209" s="1">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="AB209" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F210" s="1">
         <v>2</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>370</v>
       </c>
       <c r="H210" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I210" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J210" s="1">
         <v>2026</v>
       </c>
       <c r="K210" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L210" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M210" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N210" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O210" s="1">
         <v>800</v>
       </c>
       <c r="P210" s="1">
         <v>950</v>
       </c>
       <c r="Q210" s="1" t="s">
         <v>317</v>
       </c>
       <c r="R210" s="1" t="s">
         <v>356</v>
       </c>
       <c r="S210" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T210" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U210" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V210" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W210" s="1" t="s">
         <v>74</v>
       </c>
       <c r="X210" s="1">
         <v>0</v>
       </c>
       <c r="Y210" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="Z210" s="1">
         <v>15</v>
       </c>
       <c r="AA210" s="1">
         <v>10</v>
       </c>
       <c r="AB210" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="E211" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F211" s="1">
         <v>1</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>370</v>
       </c>
       <c r="H211" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I211" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J211" s="1">
         <v>2026</v>
       </c>
       <c r="K211" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L211" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M211" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N211" s="1" t="s">
         <v>67</v>
       </c>
       <c r="O211" s="1">
         <v>1000</v>
       </c>
       <c r="P211" s="1">
         <v>1150</v>
       </c>
       <c r="Q211" s="1" t="s">
         <v>276</v>
       </c>
       <c r="R211" s="1" t="s">
         <v>105</v>
       </c>
       <c r="S211" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T211" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U211" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V211" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W211" s="1" t="s">
         <v>74</v>
       </c>
       <c r="X211" s="1">
         <v>0</v>
       </c>
       <c r="Y211" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="Z211" s="1">
         <v>15</v>
       </c>
       <c r="AA211" s="1">
         <v>10</v>
       </c>
       <c r="AB211" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E212" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F212" s="1">
         <v>2</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>396</v>
       </c>
       <c r="H212" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I212" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J212" s="1">
         <v>2026</v>
       </c>
       <c r="K212" s="1" t="s">
         <v>36</v>
       </c>
@@ -20680,83 +20683,83 @@
       <c r="M212" s="2">
         <v>46150.25</v>
       </c>
       <c r="N212" s="1" t="s">
         <v>123</v>
       </c>
       <c r="O212" s="1">
         <v>800</v>
       </c>
       <c r="P212" s="1">
         <v>950</v>
       </c>
       <c r="Q212" s="1" t="s">
         <v>317</v>
       </c>
       <c r="R212" s="1" t="s">
         <v>356</v>
       </c>
       <c r="S212" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T212" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U212" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V212" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W212" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="X212" s="1">
         <v>0</v>
       </c>
       <c r="Y212" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="Z212" s="1">
         <v>15</v>
       </c>
       <c r="AA212" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="AB212" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F213" s="1">
         <v>1</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>396</v>
       </c>
       <c r="H213" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I213" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J213" s="1">
         <v>2026</v>
       </c>
       <c r="K213" s="1" t="s">
         <v>36</v>
       </c>
@@ -20766,83 +20769,83 @@
       <c r="M213" s="2">
         <v>46150.25</v>
       </c>
       <c r="N213" s="1" t="s">
         <v>123</v>
       </c>
       <c r="O213" s="1">
         <v>1000</v>
       </c>
       <c r="P213" s="1">
         <v>1150</v>
       </c>
       <c r="Q213" s="1" t="s">
         <v>276</v>
       </c>
       <c r="R213" s="1" t="s">
         <v>105</v>
       </c>
       <c r="S213" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T213" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U213" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V213" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W213" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="X213" s="1">
         <v>0</v>
       </c>
       <c r="Y213" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="Z213" s="1">
         <v>15</v>
       </c>
       <c r="AA213" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="AB213" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E214" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F214" s="1">
         <v>4</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>370</v>
       </c>
       <c r="H214" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I214" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J214" s="1">
         <v>2026</v>
       </c>
       <c r="K214" s="1" t="s">
         <v>36</v>
       </c>
@@ -20852,149 +20855,149 @@
       <c r="M214" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N214" s="1" t="s">
         <v>510</v>
       </c>
       <c r="O214" s="1">
         <v>1300</v>
       </c>
       <c r="P214" s="1">
         <v>1550</v>
       </c>
       <c r="Q214" s="1" t="s">
         <v>115</v>
       </c>
       <c r="R214" s="1" t="s">
         <v>116</v>
       </c>
       <c r="S214" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T214" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U214" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V214" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W214" s="1" t="s">
         <v>74</v>
       </c>
       <c r="X214" s="1">
         <v>0</v>
       </c>
       <c r="Y214" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="Z214" s="1">
         <v>15</v>
       </c>
       <c r="AA214" s="1">
         <v>5</v>
       </c>
       <c r="AB214" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E215" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F215" s="1">
         <v>4</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="H215" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I215" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J215" s="1">
         <v>2026</v>
       </c>
       <c r="K215" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L215" s="2">
         <v>46097.25</v>
       </c>
       <c r="M215" s="2">
         <v>46150.25</v>
       </c>
       <c r="N215" s="1" t="s">
         <v>510</v>
       </c>
       <c r="O215" s="1">
         <v>1300</v>
       </c>
       <c r="P215" s="1">
         <v>1550</v>
       </c>
       <c r="Q215" s="1" t="s">
         <v>115</v>
       </c>
       <c r="R215" s="1" t="s">
         <v>116</v>
       </c>
       <c r="S215" s="1" t="s">
         <v>70</v>
       </c>
       <c r="T215" s="1" t="s">
         <v>71</v>
       </c>
       <c r="U215" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="V215" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="W215" s="1" t="s">
         <v>74</v>
       </c>
       <c r="X215" s="1">
         <v>0</v>
       </c>
       <c r="Y215" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="Z215" s="1">
         <v>15</v>
       </c>
       <c r="AA215" s="1">
         <v>7</v>
       </c>
       <c r="AB215" s="1" t="s">
         <v>110</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <pageSetup paperSize="9" scale="100" firstPageNumber="1" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" usePrinterDefaults="false" blackAndWhite="false" draft="false" cellComments="none" useFirstPageNumber="true" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>