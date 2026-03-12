--- v5 (2026-02-19)
+++ v6 (2026-03-12)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Go XLSX"/>
   <workbookPr showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" tabRatio="204" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Schedule" sheetId="1" r:id="rId1" state="visible"/>
   </sheets>
   <definedNames/>
   <calcPr iterateCount="100" refMode="A1" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="810" uniqueCount="810">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1056" uniqueCount="1056">
   <si>
     <t>CourseNumber</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Title1</t>
   </si>
   <si>
     <t>Title2</t>
   </si>
   <si>
     <t>Title3</t>
   </si>
   <si>
     <t>Credits</t>
   </si>
   <si>
     <t>SectionNumber</t>
   </si>
   <si>
     <t>Session</t>
   </si>
   <si>
@@ -188,251 +188,350 @@
   <si>
     <t>S1</t>
   </si>
   <si>
     <t>Wadlington, Vanessa             </t>
   </si>
   <si>
     <t>ACCT2110E   </t>
   </si>
   <si>
     <t>Principles of Accounting I **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Principles of Accounting I      </t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>S2</t>
   </si>
   <si>
     <t>VanderPal, Geoffrey A           </t>
   </si>
   <si>
+    <t>FA  </t>
+  </si>
+  <si>
+    <t>UG26</t>
+  </si>
+  <si>
     <t>ACCT2120E   </t>
   </si>
   <si>
     <t>Principles of Accounting II **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Principles of Accounting II     </t>
   </si>
   <si>
+    <t>McKee, Amy                      </t>
+  </si>
+  <si>
     <t>Ackerman, George                </t>
   </si>
   <si>
     <t>ACCT2130E   </t>
   </si>
   <si>
     <t>Intro to Intermediate Accounting **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Intro to Intermediate Accounting</t>
   </si>
   <si>
     <t>AH105       </t>
   </si>
   <si>
     <t>Nursing Assistant Training  </t>
   </si>
   <si>
     <t>Nursing Assistant Training      </t>
   </si>
   <si>
     <t>07</t>
   </si>
   <si>
+    <t>F1</t>
+  </si>
+  <si>
     <t>--T-R--</t>
   </si>
   <si>
     <t>5:30PM</t>
   </si>
   <si>
+    <t>8:30PM</t>
+  </si>
+  <si>
+    <t>MAIN</t>
+  </si>
+  <si>
+    <t>LCC Main Campus         </t>
+  </si>
+  <si>
+    <t>GEN </t>
+  </si>
+  <si>
+    <t>General Studies Building</t>
+  </si>
+  <si>
+    <t>112 </t>
+  </si>
+  <si>
+    <t>Lujan, Laura                    </t>
+  </si>
+  <si>
+    <t>HEA </t>
+  </si>
+  <si>
     <t>9:30PM</t>
   </si>
   <si>
-    <t>MAIN</t>
-[...4 lines deleted...]
-  <si>
     <t>AHC </t>
   </si>
   <si>
     <t>Allied Health Center    </t>
   </si>
   <si>
     <t>102 </t>
   </si>
   <si>
-    <t>Lujan, Laura                    </t>
-[...4 lines deleted...]
-  <si>
     <t>08</t>
   </si>
   <si>
+    <t>AH113E      </t>
+  </si>
+  <si>
+    <t>Medical Terminology (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Medical Terminology (DL)        </t>
+  </si>
+  <si>
+    <t>Ortega-Gallegos, Dawna          </t>
+  </si>
+  <si>
+    <t>ANTH1115E   </t>
+  </si>
+  <si>
+    <t>Introduction to Anthropology **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Introduction to Anthropology    </t>
+  </si>
+  <si>
+    <t>Undetermined Instructional Staff</t>
+  </si>
+  <si>
+    <t>HUM </t>
+  </si>
+  <si>
+    <t>ARTS1120    </t>
+  </si>
+  <si>
+    <t>Introduction to Art  </t>
+  </si>
+  <si>
+    <t>Introduction to Art             </t>
+  </si>
+  <si>
+    <t>05</t>
+  </si>
+  <si>
+    <t>1:30PM</t>
+  </si>
+  <si>
+    <t>2:50PM</t>
+  </si>
+  <si>
+    <t>Business Studies Bldg.  </t>
+  </si>
+  <si>
+    <t>101 </t>
+  </si>
+  <si>
+    <t>Harriman, Leota                 </t>
+  </si>
+  <si>
+    <t>SU  </t>
+  </si>
+  <si>
+    <t>-MTWR--</t>
+  </si>
+  <si>
+    <t>1:00PM</t>
+  </si>
+  <si>
+    <t>2:30PM</t>
+  </si>
+  <si>
     <t>ARTS1610    </t>
   </si>
   <si>
     <t>Drawing I  </t>
   </si>
   <si>
     <t>Drawing I                       </t>
   </si>
   <si>
-    <t>-MTWR--</t>
+    <t>06</t>
+  </si>
+  <si>
+    <t>3:00PM</t>
+  </si>
+  <si>
+    <t>4:30PM</t>
   </si>
   <si>
     <t>3:30PM</t>
   </si>
   <si>
+    <t>4:50PM</t>
+  </si>
+  <si>
     <t>5:00PM</t>
   </si>
   <si>
-    <t>Business Studies Bldg.  </t>
-[...10 lines deleted...]
-  <si>
     <t>ARTS1630    </t>
   </si>
   <si>
     <t>Painting I  </t>
   </si>
   <si>
     <t>Painting I                      </t>
   </si>
   <si>
     <t>6:50PM</t>
   </si>
   <si>
+    <t>ARTS2610    </t>
+  </si>
+  <si>
+    <t>Drawing II  </t>
+  </si>
+  <si>
+    <t>Drawing II                      </t>
+  </si>
+  <si>
     <t>ASTR1115E   </t>
   </si>
   <si>
-    <t>Astronomy (DL)  </t>
+    <t>Astronomy (DL) **Distance Learning** </t>
   </si>
   <si>
     <t>Astronomy (DL)                  </t>
   </si>
   <si>
+    <t>**Distance Learning**           </t>
+  </si>
+  <si>
     <t>Castillo, Geno                  </t>
   </si>
   <si>
     <t>TEC </t>
   </si>
   <si>
     <t>ASTR1115LE  </t>
   </si>
   <si>
     <t>Astronomy Lab  </t>
   </si>
   <si>
     <t>Astronomy Lab                   </t>
   </si>
   <si>
     <t>AUTO100     </t>
   </si>
   <si>
     <t>Automotive Fundamentals  </t>
   </si>
   <si>
     <t>Automotive Fundamentals         </t>
   </si>
   <si>
+    <t>02</t>
+  </si>
+  <si>
+    <t>9:00AM</t>
+  </si>
+  <si>
+    <t>11:50AM</t>
+  </si>
+  <si>
+    <t>AUTO</t>
+  </si>
+  <si>
+    <t>Auto Mechanics Shop-Main</t>
+  </si>
+  <si>
+    <t>108 </t>
+  </si>
+  <si>
+    <t>Sandoval, Eugene M.             </t>
+  </si>
+  <si>
+    <t>TRD </t>
+  </si>
+  <si>
     <t>11</t>
   </si>
   <si>
-    <t>9:00AM</t>
-[...17 lines deleted...]
-    <t>TRD </t>
+    <t>80</t>
   </si>
   <si>
     <t>AUTO108     </t>
   </si>
   <si>
     <t>Manual Transmission &amp; Drivetrain  </t>
   </si>
   <si>
     <t>Manual Transmission &amp; Drivetrain</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>1:00PM</t>
-[...1 lines deleted...]
-  <si>
     <t>3:50PM</t>
   </si>
   <si>
-    <t>112 </t>
-[...1 lines deleted...]
-  <si>
     <t>Vance, Paul W                   </t>
   </si>
   <si>
+    <t>81</t>
+  </si>
+  <si>
     <t>AUTO110     </t>
   </si>
   <si>
     <t>Automotive Electrical  </t>
   </si>
   <si>
     <t>Automotive Electrical           </t>
   </si>
   <si>
-    <t>02</t>
-[...1 lines deleted...]
-  <si>
     <t>-M-W---</t>
   </si>
   <si>
     <t>AUTO120     </t>
   </si>
   <si>
     <t>Engine Repair  </t>
   </si>
   <si>
     <t>Engine Repair                   </t>
   </si>
   <si>
     <t>AUTO125     </t>
   </si>
   <si>
     <t>Engine Performance  </t>
   </si>
   <si>
     <t>Engine Performance              </t>
   </si>
   <si>
     <t>AUTO128     </t>
   </si>
   <si>
     <t>Automatic Trnsmsns &amp; Drivetrain  </t>
@@ -440,605 +539,893 @@
   <si>
     <t>Automatic Trnsmsns &amp; Drivetrain </t>
   </si>
   <si>
     <t>AUTO135     </t>
   </si>
   <si>
     <t>Brakes  </t>
   </si>
   <si>
     <t>Brakes                          </t>
   </si>
   <si>
     <t>2   </t>
   </si>
   <si>
     <t>AUTO154     </t>
   </si>
   <si>
     <t>Steering and Suspension  </t>
   </si>
   <si>
     <t>Steering and Suspension         </t>
   </si>
   <si>
-    <t>05</t>
-[...1 lines deleted...]
-  <si>
     <t>BAKE102     </t>
   </si>
   <si>
     <t>Baking Principles  </t>
   </si>
   <si>
     <t>Baking Principles               </t>
   </si>
   <si>
     <t>CAFE</t>
   </si>
   <si>
     <t>Culinary Arts Cafeteria </t>
   </si>
   <si>
     <t>CLAS</t>
   </si>
   <si>
     <t>Griego, Cristino B              </t>
   </si>
   <si>
     <t>BAKE160     </t>
   </si>
   <si>
     <t>Bread Baking  </t>
   </si>
   <si>
     <t>Bread Baking                    </t>
   </si>
   <si>
     <t>---W---</t>
   </si>
   <si>
     <t>KITC</t>
   </si>
   <si>
+    <t>BARB252     </t>
+  </si>
+  <si>
+    <t>Shaving and Beard Trimming  </t>
+  </si>
+  <si>
+    <t>Shaving and Beard Trimming      </t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>1:50PM</t>
+  </si>
+  <si>
+    <t>ADMN</t>
+  </si>
+  <si>
+    <t>Administration Building </t>
+  </si>
+  <si>
+    <t>111 </t>
+  </si>
+  <si>
+    <t>Quintana, Andrew T              </t>
+  </si>
+  <si>
     <t>BCIS1110E   </t>
   </si>
   <si>
     <t>Introduction to Information Systems **DISTANCE LEARNING**</t>
   </si>
   <si>
     <t>Introduction to Information     </t>
   </si>
   <si>
     <t>Systems                         </t>
   </si>
   <si>
+    <t>Smith, Aaron G                  </t>
+  </si>
+  <si>
     <t>Collins, Nichole A.             </t>
   </si>
   <si>
     <t>BFIN2110E   </t>
   </si>
   <si>
     <t>Introduction to Finance(DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Introduction to Finance(DL)     </t>
   </si>
   <si>
+    <t>BIOL1140    </t>
+  </si>
+  <si>
+    <t>Biology for Health Sciences  </t>
+  </si>
+  <si>
+    <t>Biology for Health Sciences     </t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>-M-W-F-</t>
+  </si>
+  <si>
+    <t>10:47AM</t>
+  </si>
+  <si>
+    <t>11:47AM</t>
+  </si>
+  <si>
+    <t>OFFS</t>
+  </si>
+  <si>
+    <t>Off-Site Campus Location</t>
+  </si>
+  <si>
+    <t>Offsite Facility        </t>
+  </si>
+  <si>
+    <t>WLV3</t>
+  </si>
+  <si>
+    <t>Lopez, William                  </t>
+  </si>
+  <si>
     <t>BIOL1140E   </t>
   </si>
   <si>
     <t>Biology for Health Sciences **DISTANCE LEARNING** </t>
   </si>
   <si>
-    <t>Biology for Health Sciences     </t>
-[...1 lines deleted...]
-  <si>
     <t>98</t>
   </si>
   <si>
+    <t>Rivera, Chantel J               </t>
+  </si>
+  <si>
     <t>Lujan, Natasha                  </t>
   </si>
   <si>
     <t>Barnes, Jakailyn                </t>
   </si>
   <si>
+    <t>BIOL1140L   </t>
+  </si>
+  <si>
+    <t>Biology for Health Sciences Lab  </t>
+  </si>
+  <si>
+    <t>Biology for Health Sciences Lab </t>
+  </si>
+  <si>
     <t>BIOL1140LE  </t>
   </si>
   <si>
     <t>Biology for Health Sciences Lab **DISTANCE LEARNING** </t>
   </si>
   <si>
-    <t>Biology for Health Sciences Lab </t>
-[...1 lines deleted...]
-  <si>
     <t>Online Course Synch     </t>
   </si>
   <si>
     <t>BIOL1140LH  </t>
   </si>
   <si>
     <t>Biology for Health Sciences Lab **Hybrid** </t>
   </si>
   <si>
     <t>**Hybrid**                      </t>
   </si>
   <si>
+    <t>13</t>
+  </si>
+  <si>
     <t>--T----</t>
   </si>
   <si>
     <t>12:00PM</t>
   </si>
   <si>
-    <t>1:50PM</t>
-[...1 lines deleted...]
-  <si>
     <t>MO5 </t>
   </si>
   <si>
     <t>BIOL2110E   </t>
   </si>
   <si>
-    <t>Princ. of Biology: Cellular and Molecular Biology (DL) **DISTANCE LEARNING**</t>
-[...5 lines deleted...]
-    <t>Molecular Biology (DL)          </t>
+    <t>Principles of Biology: Cellular and Molecular Biology **DISTANCE LEARNING**</t>
+  </si>
+  <si>
+    <t>Principles of Biology: Cellular </t>
+  </si>
+  <si>
+    <t>and Molecular Biology           </t>
   </si>
   <si>
     <t>Valencia, Faith E               </t>
   </si>
   <si>
     <t>BIOL2110LE  </t>
   </si>
   <si>
-    <t>Princ. of Biol:Cellular Lab(DL) **DISTANCE LEARNING** </t>
-[...2 lines deleted...]
-    <t>Princ. of Biol:Cellular Lab(DL) </t>
+    <t>Principles of Biology: Cellular and Molecular Biology (DL) **Distance Learning**</t>
+  </si>
+  <si>
+    <t>and Molecular Biology (DL)      </t>
+  </si>
+  <si>
+    <t>F2</t>
   </si>
   <si>
     <t>BIOL2210    </t>
   </si>
   <si>
     <t>Human Anatomy and Physiology I  </t>
   </si>
   <si>
-    <t>60</t>
-[...16 lines deleted...]
-  <si>
     <t>WLV1</t>
   </si>
   <si>
-    <t>Lopez, William                  </t>
-[...1 lines deleted...]
-  <si>
     <t>BIOL2210E   </t>
   </si>
   <si>
     <t>Human Anatomy &amp; Physiology I(DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Human Anatomy &amp; Physiology I(DL)</t>
   </si>
   <si>
     <t>BIOL2210L   </t>
   </si>
   <si>
     <t>Human Anatomy &amp; Physiology I Lab  </t>
   </si>
   <si>
     <t>Human Anatomy &amp; Physiology I Lab</t>
   </si>
   <si>
     <t>BIOL2210LE  </t>
   </si>
   <si>
     <t>Human Anatomy &amp; Physiology I Lab(DL) **DISTANCE LEARNING**</t>
   </si>
   <si>
     <t>Human Anatomy &amp; Physiology      </t>
   </si>
   <si>
     <t>I Lab(DL) **DISTANCE            </t>
   </si>
   <si>
     <t>LEARNING**                      </t>
   </si>
   <si>
+    <t>BIOL2210LH  </t>
+  </si>
+  <si>
+    <t>Human Anatomy &amp; Physiology I Lab **HYBRID** </t>
+  </si>
+  <si>
+    <t>**HYBRID**                      </t>
+  </si>
+  <si>
+    <t>8:00AM</t>
+  </si>
+  <si>
+    <t>9:50AM</t>
+  </si>
+  <si>
     <t>BIOL2225E   </t>
   </si>
   <si>
     <t>Human Anatomy &amp; Physiology II **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Human Anatomy &amp; Physiology II   </t>
   </si>
   <si>
-    <t>Rivera, Chantel J               </t>
-[...1 lines deleted...]
-  <si>
     <t>BIOL2225LE  </t>
   </si>
   <si>
     <t>Human Anatomy and Physiology II Lab **DISTANCE LEARNING**</t>
   </si>
   <si>
     <t>Human Anatomy and Physiology II </t>
   </si>
   <si>
     <t>Lab                             </t>
   </si>
   <si>
+    <t>BIOL2225LH  </t>
+  </si>
+  <si>
+    <t>Human Anatomy &amp; Physiology II Lab **HYBRID**</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>10:00AM</t>
+  </si>
+  <si>
+    <t>M05 </t>
+  </si>
+  <si>
     <t>BIOL2310E   </t>
   </si>
   <si>
     <t>Microbiology(DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Microbiology(DL)                </t>
   </si>
   <si>
     <t>BIOL2310LE  </t>
   </si>
   <si>
     <t>Microbiology Lab(DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Microbiology Lab(DL)            </t>
   </si>
   <si>
+    <t>BIOL2310LH  </t>
+  </si>
+  <si>
+    <t>Microbiology Lab **HYBRID** </t>
+  </si>
+  <si>
+    <t>Microbiology Lab                </t>
+  </si>
+  <si>
+    <t>2:00PM</t>
+  </si>
+  <si>
     <t>BIOL2505E   </t>
   </si>
   <si>
     <t>Pathophysiology (DL) **DISTANCE EDUCATION** </t>
   </si>
   <si>
     <t>Pathophysiology (DL)            </t>
   </si>
   <si>
     <t>**DISTANCE EDUCATION**          </t>
   </si>
   <si>
     <t>Davis, Mariel                   </t>
   </si>
   <si>
     <t>BIOL2610E   </t>
   </si>
   <si>
     <t>Principles of Biology Biodiversity, Ecology, and Evolution (DL)</t>
   </si>
   <si>
     <t>Principles of Biology           </t>
   </si>
   <si>
     <t>Biodiversity, Ecology, and      </t>
   </si>
   <si>
     <t>Evolution (DL)                  </t>
   </si>
   <si>
     <t>BIOL2610LE  </t>
   </si>
   <si>
     <t>Principles of Biology: Biodivers ity, Ecology, and Evolution </t>
   </si>
   <si>
     <t>Principles of Biology: Biodivers</t>
   </si>
   <si>
     <t>ity, Ecology, and Evolution     </t>
   </si>
   <si>
+    <t>BLAW2110E   </t>
+  </si>
+  <si>
+    <t>Business Law I  </t>
+  </si>
+  <si>
+    <t>Business Law I                  </t>
+  </si>
+  <si>
+    <t>Thomas, Gary M.                 </t>
+  </si>
+  <si>
     <t>BUSA1110E   </t>
   </si>
   <si>
     <t>Introduction to Business(DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Introduction to Business(DL)    </t>
   </si>
   <si>
-    <t>Smith, Aaron G                  </t>
+    <t>BUSA2180E   </t>
+  </si>
+  <si>
+    <t>Introduction to E-Commerce (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Introduction to E-Commerce (DL) </t>
+  </si>
+  <si>
+    <t>BUSA2220E   </t>
+  </si>
+  <si>
+    <t>Human Resource Management (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Human Resource Management (DL)  </t>
   </si>
   <si>
     <t>BUSA2460E   </t>
   </si>
   <si>
     <t>Business Ethics (DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Business Ethics (DL)            </t>
   </si>
   <si>
+    <t>BUSA2998E   </t>
+  </si>
+  <si>
+    <t>Business Administration Internship </t>
+  </si>
+  <si>
+    <t>Business Administration         </t>
+  </si>
+  <si>
+    <t>Internship                      </t>
+  </si>
+  <si>
     <t>BUSA2999E   </t>
   </si>
   <si>
     <t>Business Capstone (DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Business Capstone (DL)          </t>
   </si>
   <si>
-    <t>Thomas, Gary M.                 </t>
+    <t>CHEM1120E   </t>
+  </si>
+  <si>
+    <t>Introduction to Chemistry(DL) (Non-Majors) **Distance Education**</t>
+  </si>
+  <si>
+    <t>Introduction to Chemistry(DL)   </t>
+  </si>
+  <si>
+    <t>(Non-Majors)                    </t>
+  </si>
+  <si>
+    <t>**Distance Education**          </t>
+  </si>
+  <si>
+    <t>Bustos, Deanna D                </t>
+  </si>
+  <si>
+    <t>CHEM1120LE  </t>
+  </si>
+  <si>
+    <t>Intro to Chemistry Lab(DL) (Non-Majors) **DISTANCE EDUCATION**</t>
+  </si>
+  <si>
+    <t>Intro to Chemistry Lab(DL)      </t>
   </si>
   <si>
     <t>CHEM1215E   </t>
   </si>
   <si>
-    <t>General Chemistry I  </t>
-[...5 lines deleted...]
-    <t>Bustos, Deanna D                </t>
+    <t>General Chemistry I (DL) **Distance Learning** </t>
+  </si>
+  <si>
+    <t>General Chemistry I (DL)        </t>
   </si>
   <si>
     <t>CHEM1215LE  </t>
   </si>
   <si>
     <t>General Chemistry I Lab **Distance Learning** </t>
   </si>
   <si>
     <t>General Chemistry I Lab         </t>
   </si>
   <si>
-    <t>**Distance Learning**           </t>
-[...1 lines deleted...]
-  <si>
     <t>CHEM1226E   </t>
   </si>
   <si>
     <t>General Chemistry II **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>General Chemistry II            </t>
   </si>
   <si>
     <t>CHEM1226LE  </t>
   </si>
   <si>
     <t>General Chemistry II Lab(DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>General Chemistry II Lab(DL)    </t>
   </si>
   <si>
+    <t>CIST1110E   </t>
+  </si>
+  <si>
+    <t>Introduction to Operating System s (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Introduction to Operating System</t>
+  </si>
+  <si>
+    <t>s (DL) **DISTANCE LEARNING**    </t>
+  </si>
+  <si>
     <t>CIST1115E   </t>
   </si>
   <si>
     <t>Principles of Computer Science I nfomation System (DL) **Distance Learning**</t>
   </si>
   <si>
     <t>Principles of Computer Science I</t>
   </si>
   <si>
     <t>nfomation System (DL) **Distance</t>
   </si>
   <si>
     <t>Learning**                      </t>
   </si>
   <si>
+    <t>CIST1121E   </t>
+  </si>
+  <si>
+    <t>A+ Hardware &amp; Operating Systems (DL) **Distance Learning** </t>
+  </si>
+  <si>
+    <t>A+ Hardware &amp; Operating Systems </t>
+  </si>
+  <si>
+    <t>(DL) **Distance Learning**      </t>
+  </si>
+  <si>
+    <t>03</t>
+  </si>
+  <si>
+    <t>10:50AM</t>
+  </si>
+  <si>
+    <t>CIST1121LE  </t>
+  </si>
+  <si>
     <t>CIST1411E   </t>
   </si>
   <si>
     <t>Introduction to Networks  </t>
   </si>
   <si>
     <t>Introduction to Networks        </t>
   </si>
   <si>
     <t>CIST1412E   </t>
   </si>
   <si>
     <t>Network Device Configuration  </t>
   </si>
   <si>
     <t>Network Device Configuration    </t>
   </si>
   <si>
     <t>CIST1413E   </t>
   </si>
   <si>
     <t>Network Administration Concepts  </t>
   </si>
   <si>
     <t>Network Administration Concepts </t>
   </si>
   <si>
-    <t>03</t>
-[...10 lines deleted...]
-  <si>
     <t>CIST1413LE  </t>
   </si>
   <si>
     <t>Network Administration Concepts Lab </t>
   </si>
   <si>
+    <t>CIST1680E   </t>
+  </si>
+  <si>
+    <t>Linux Essentials (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Linux Essentials (DL)           </t>
+  </si>
+  <si>
+    <t>CIST2275E   </t>
+  </si>
+  <si>
+    <t>C++ Programming II (DL) **Distance Learning** </t>
+  </si>
+  <si>
+    <t>C++ Programming II (DL)         </t>
+  </si>
+  <si>
+    <t>CIST2275LE  </t>
+  </si>
+  <si>
+    <t>C++ Programming II Lab (DL) **Distance Learning** </t>
+  </si>
+  <si>
+    <t>C++ Programming II Lab (DL)     </t>
+  </si>
+  <si>
+    <t>-----F-</t>
+  </si>
+  <si>
+    <t>11:00AM</t>
+  </si>
+  <si>
+    <t>12:50PM</t>
+  </si>
+  <si>
+    <t>CIST2611E   </t>
+  </si>
+  <si>
+    <t>Windows Hybrid Server Administra tion (DL) **Distance Learning** </t>
+  </si>
+  <si>
+    <t>Windows Hybrid Server Administra</t>
+  </si>
+  <si>
+    <t>tion (DL) **Distance Learning** </t>
+  </si>
+  <si>
+    <t>CIST2621E   </t>
+  </si>
+  <si>
+    <t>Windows Hybrid Server Administra tion II (DL) **Distance Learning **</t>
+  </si>
+  <si>
+    <t>tion II (DL) **Distance Learning</t>
+  </si>
+  <si>
+    <t>**                              </t>
+  </si>
+  <si>
     <t>CIST2860E   </t>
   </si>
   <si>
     <t>Digital Forensics and Inident Re spone </t>
   </si>
   <si>
     <t>Digital Forensics and Inident Re</t>
   </si>
   <si>
     <t>spone                           </t>
   </si>
   <si>
     <t>04</t>
   </si>
   <si>
-    <t>11:00AM</t>
+    <t>CIST2881E   </t>
+  </si>
+  <si>
+    <t>Cybersecurity Fundamentals  </t>
+  </si>
+  <si>
+    <t>Cybersecurity Fundamentals      </t>
+  </si>
+  <si>
+    <t>CIST2887E   </t>
+  </si>
+  <si>
+    <t>Ethical Hacking  </t>
+  </si>
+  <si>
+    <t>Ethical Hacking                 </t>
+  </si>
+  <si>
+    <t>CIST2888E   </t>
+  </si>
+  <si>
+    <t>Cyber Security Analyst **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Cyber Security Analyst          </t>
   </si>
   <si>
     <t>CJUS1110E   </t>
   </si>
   <si>
     <t>Introduction to Criminal Justice **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Introduction to Criminal Justice</t>
   </si>
   <si>
     <t>Baca, Kimberly                  </t>
   </si>
   <si>
     <t>CJUS1120E   </t>
   </si>
   <si>
     <t>Criminal Law (DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Criminal Law (DL)               </t>
   </si>
   <si>
     <t>Medina, Crystal A.              </t>
   </si>
   <si>
     <t>CJUS1140E   </t>
   </si>
   <si>
     <t>Juvenile Justice (DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Juvenile Justice (DL)           </t>
   </si>
   <si>
+    <t>CJUS2110E   </t>
+  </si>
+  <si>
+    <t>Professional Responsibility in Criminal Justice DL **DISTANCE LEARNING**</t>
+  </si>
+  <si>
+    <t>Professional Responsibility in  </t>
+  </si>
+  <si>
+    <t>Criminal Justice DL             </t>
+  </si>
+  <si>
     <t>CJUS2120E   </t>
   </si>
   <si>
     <t>Criminal Courts &amp; Procedure(DL) **DISTANCE LEANRNING** </t>
   </si>
   <si>
     <t>Criminal Courts &amp; Procedure(DL) </t>
   </si>
   <si>
     <t>**DISTANCE LEANRNING**          </t>
   </si>
   <si>
     <t>Breakell, Jennifer              </t>
   </si>
   <si>
     <t>CJUS2130E   </t>
   </si>
   <si>
     <t>Police and Society(DL) **DISTANCE EDUCATION** </t>
   </si>
   <si>
     <t>Police and Society(DL)          </t>
   </si>
   <si>
+    <t>CJUS2140E   </t>
+  </si>
+  <si>
+    <t>Criminal Investigations(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Criminal Investigations(DL)     </t>
+  </si>
+  <si>
     <t>CJUS2150    </t>
   </si>
   <si>
     <t>Corrections System  </t>
   </si>
   <si>
     <t>Corrections System              </t>
   </si>
   <si>
+    <t>CJUS2150E   </t>
+  </si>
+  <si>
+    <t>Corrections System(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Corrections System(DL)          </t>
+  </si>
+  <si>
     <t>CJUS2153E   </t>
   </si>
   <si>
     <t>Community-Based Corrections(DL)  </t>
   </si>
   <si>
     <t>Community-Based Corrections(DL) </t>
   </si>
   <si>
     <t>CJUS2160    </t>
   </si>
   <si>
     <t>Field Experience in Criminal Justice </t>
   </si>
   <si>
     <t>Field Experience in             </t>
   </si>
   <si>
     <t>Criminal Justice                </t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>------S</t>
   </si>
   <si>
-    <t>8:00AM</t>
-[...1 lines deleted...]
-  <si>
     <t>COMM1130    </t>
   </si>
   <si>
     <t>Public Speaking  </t>
   </si>
   <si>
     <t>Public Speaking                 </t>
   </si>
   <si>
     <t>-MTWRF-</t>
   </si>
   <si>
     <t>9:53AM</t>
   </si>
   <si>
     <t>10:43AM</t>
   </si>
   <si>
     <t>Lopez, Katherine D              </t>
   </si>
   <si>
+    <t>10:30AM</t>
+  </si>
+  <si>
+    <t>11:30AM</t>
+  </si>
+  <si>
+    <t>WLV2</t>
+  </si>
+  <si>
     <t>COMM1130E   </t>
   </si>
   <si>
     <t>Public Speaking (DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Public Speaking (DL)            </t>
   </si>
   <si>
     <t>Baca, Richard                   </t>
   </si>
   <si>
     <t>COMM2120E   </t>
   </si>
   <si>
     <t>Interpersonal Communication (DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Interpersonal Communication (DL)</t>
   </si>
   <si>
     <t>CRT107      </t>
   </si>
   <si>
     <t>Introduction to Refinishing  </t>
@@ -1049,257 +1436,302 @@
   <si>
     <t>01</t>
   </si>
   <si>
     <t>CRT </t>
   </si>
   <si>
     <t>Auto CRT Shop-Main      </t>
   </si>
   <si>
     <t>CRT1</t>
   </si>
   <si>
     <t>Garcia, Dominic                 </t>
   </si>
   <si>
     <t>CRT125      </t>
   </si>
   <si>
     <t>Adv Refinish &amp; Color Match  </t>
   </si>
   <si>
     <t>Adv Refinish &amp; Color Match      </t>
   </si>
   <si>
-    <t>4:50PM</t>
-[...1 lines deleted...]
-  <si>
     <t>SHOP</t>
   </si>
   <si>
+    <t>CRT140      </t>
+  </si>
+  <si>
+    <t>Estimation for Collision Repair  </t>
+  </si>
+  <si>
+    <t>Estimation for Collision Repair </t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
     <t>CRT145      </t>
   </si>
   <si>
     <t>Metal Finishing and Body Filling  </t>
   </si>
   <si>
     <t>Metal Finishing and Body Filling</t>
   </si>
   <si>
     <t>CRT150      </t>
   </si>
   <si>
     <t>Structural Analysis and Damage Repair </t>
   </si>
   <si>
     <t>Structural Analysis and         </t>
   </si>
   <si>
     <t>Damage Repair                   </t>
   </si>
   <si>
     <t>CSCI1210E   </t>
   </si>
   <si>
     <t>Computer Programming Fundamental s </t>
   </si>
   <si>
     <t>Computer Programming Fundamental</t>
   </si>
   <si>
     <t>s                               </t>
   </si>
   <si>
-    <t>9:50AM</t>
-[...1 lines deleted...]
-  <si>
     <t>CSCI1210LE  </t>
   </si>
   <si>
     <t>Computer Programming Fundamental s Lab </t>
   </si>
   <si>
     <t>s Lab                           </t>
   </si>
   <si>
-    <t>13</t>
-[...4 lines deleted...]
-  <si>
     <t>CSCI1250E   </t>
   </si>
   <si>
     <t>Web Development: Introduction to HTML </t>
   </si>
   <si>
     <t>Web Development: Introduction to</t>
   </si>
   <si>
     <t>HTML                            </t>
   </si>
   <si>
     <t>10:40AM</t>
   </si>
   <si>
+    <t>CSMT109     </t>
+  </si>
+  <si>
+    <t>Cosmetology Theory I  </t>
+  </si>
+  <si>
+    <t>Cosmetology Theory I            </t>
+  </si>
+  <si>
+    <t>8:50AM</t>
+  </si>
+  <si>
+    <t>112A</t>
+  </si>
+  <si>
+    <t>Sandoval, Germaine V.           </t>
+  </si>
+  <si>
+    <t>CSMT118     </t>
+  </si>
+  <si>
+    <t>Shampoo, Rinses &amp; Scalp Treatments </t>
+  </si>
+  <si>
+    <t>Shampoo, Rinses &amp; Scalp         </t>
+  </si>
+  <si>
+    <t>Treatments                      </t>
+  </si>
+  <si>
+    <t>CSMT123     </t>
+  </si>
+  <si>
+    <t>Steril,Sanitation &amp; Bacteriology  </t>
+  </si>
+  <si>
+    <t>Steril,Sanitation &amp; Bacteriology</t>
+  </si>
+  <si>
+    <t>CSMT126     </t>
+  </si>
+  <si>
+    <t>Hair Cutting  </t>
+  </si>
+  <si>
+    <t>Hair Cutting                    </t>
+  </si>
+  <si>
     <t>CSMT139     </t>
   </si>
   <si>
     <t>Cosmetology Theory II  </t>
   </si>
   <si>
     <t>Cosmetology Theory II           </t>
   </si>
   <si>
-    <t>81</t>
-[...19 lines deleted...]
-  <si>
     <t>TECH</t>
   </si>
   <si>
     <t>Technologies Building   </t>
   </si>
   <si>
     <t>106 </t>
   </si>
   <si>
-    <t>Quintana, Andrew T              </t>
-[...1 lines deleted...]
-  <si>
     <t>CSMT143     </t>
   </si>
   <si>
     <t>Facials  </t>
   </si>
   <si>
     <t>Facials                         </t>
   </si>
   <si>
-    <t>111 </t>
-[...1 lines deleted...]
-  <si>
     <t>CSMT148     </t>
   </si>
   <si>
     <t>Manicuring and Pedicuring  </t>
   </si>
   <si>
     <t>Manicuring and Pedicuring       </t>
   </si>
   <si>
     <t>CSMT152     </t>
   </si>
   <si>
     <t>Chemical Rearranging  </t>
   </si>
   <si>
     <t>Chemical Rearranging            </t>
   </si>
   <si>
-    <t>2:00PM</t>
-[...2 lines deleted...]
-    <t>4:30PM</t>
+    <t>CSMT209     </t>
+  </si>
+  <si>
+    <t>Cosmetology Theory III  </t>
+  </si>
+  <si>
+    <t>Cosmetology Theory III          </t>
+  </si>
+  <si>
+    <t>112B</t>
+  </si>
+  <si>
+    <t>Bonney, Clarice                 </t>
+  </si>
+  <si>
+    <t>CSMT217     </t>
+  </si>
+  <si>
+    <t>Hair Coloring and Bleaching  </t>
+  </si>
+  <si>
+    <t>Hair Coloring and Bleaching     </t>
+  </si>
+  <si>
+    <t>111L</t>
+  </si>
+  <si>
+    <t>CSMT222     </t>
+  </si>
+  <si>
+    <t>Hairstyling  </t>
+  </si>
+  <si>
+    <t>Hairstyling                     </t>
   </si>
   <si>
     <t>CSMT229     </t>
   </si>
   <si>
     <t>Cosmetology Externship  </t>
   </si>
   <si>
     <t>Cosmetology Externship          </t>
   </si>
   <si>
-    <t>83</t>
-[...7 lines deleted...]
-  <si>
     <t>CSMT239     </t>
   </si>
   <si>
     <t>Cosmetology Theory IV  </t>
   </si>
   <si>
     <t>Cosmetology Theory IV           </t>
   </si>
   <si>
-    <t>112B</t>
-[...1 lines deleted...]
-  <si>
     <t>CSMT243     </t>
   </si>
   <si>
     <t>Salon Business and Retail Sales  </t>
   </si>
   <si>
     <t>Salon Business and Retail Sales </t>
   </si>
   <si>
     <t>CSMT254     </t>
   </si>
   <si>
     <t>Personal and Community Health  </t>
   </si>
   <si>
     <t>Personal and Community Health   </t>
   </si>
   <si>
+    <t>CSMT260     </t>
+  </si>
+  <si>
+    <t>Cosmetology Clinic Practice  </t>
+  </si>
+  <si>
+    <t>Cosmetology Clinic Practice     </t>
+  </si>
+  <si>
     <t>CSMT261     </t>
   </si>
   <si>
     <t>Cosmetology Clinic Practice Refresher </t>
   </si>
   <si>
-    <t>Cosmetology Clinic Practice     </t>
-[...1 lines deleted...]
-  <si>
     <t>Refresher                       </t>
   </si>
   <si>
     <t>CUL120      </t>
   </si>
   <si>
     <t>Intro to Vegetables and Starches  </t>
   </si>
   <si>
     <t>Intro to Vegetables and Starches</t>
   </si>
   <si>
     <t>-M-----</t>
   </si>
   <si>
     <t>CUL123      </t>
   </si>
   <si>
     <t>Intro to Stocks, Soups &amp; Sauces  </t>
   </si>
   <si>
     <t>Intro to Stocks, Soups &amp; Sauces </t>
   </si>
   <si>
     <t>DENT170     </t>
@@ -1319,266 +1751,341 @@
   <si>
     <t>DENT220     </t>
   </si>
   <si>
     <t>Dental Office Management  </t>
   </si>
   <si>
     <t>Dental Office Management        </t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>6:40PM</t>
   </si>
   <si>
     <t>DENT226     </t>
   </si>
   <si>
     <t>Dental Pharmacology  </t>
   </si>
   <si>
     <t>Dental Pharmacology             </t>
   </si>
   <si>
-    <t>12</t>
-[...1 lines deleted...]
-  <si>
     <t>11:40AM</t>
   </si>
   <si>
     <t>DENT233     </t>
   </si>
   <si>
     <t>Laboratory Procedures  </t>
   </si>
   <si>
     <t>Laboratory Procedures           </t>
   </si>
   <si>
     <t>4:20PM</t>
   </si>
   <si>
     <t>DO02</t>
   </si>
   <si>
+    <t>DENT270     </t>
+  </si>
+  <si>
+    <t>Clinical Training/Practicum II  </t>
+  </si>
+  <si>
+    <t>ECED1110E   </t>
+  </si>
+  <si>
+    <t>Child Growth, Development, and Learning **DISTANCE EDUCATION**</t>
+  </si>
+  <si>
+    <t>Child Growth, Development, and  </t>
+  </si>
+  <si>
+    <t>Learning                        </t>
+  </si>
+  <si>
+    <t>Jackson, Amy K                  </t>
+  </si>
+  <si>
+    <t>EDUC</t>
+  </si>
+  <si>
+    <t>Hill, Mari                      </t>
+  </si>
+  <si>
+    <t>ECED1115E   </t>
+  </si>
+  <si>
+    <t>Health, Safety &amp; Nutrition **DISTANCE EDUCATION** </t>
+  </si>
+  <si>
+    <t>Health, Safety &amp; Nutrition      </t>
+  </si>
+  <si>
+    <t>Williams, Kevin Lee             </t>
+  </si>
+  <si>
     <t>ECED1120E   </t>
   </si>
   <si>
     <t>Guiding Young Children(DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Guiding Young Children(DL)      </t>
   </si>
   <si>
-    <t>Hill, Mari                      </t>
-[...4 lines deleted...]
-  <si>
     <t>ECED1125H   </t>
   </si>
   <si>
     <t>Assessment of Children and Evalu ation of Programs </t>
   </si>
   <si>
     <t>Assessment of Children and Evalu</t>
   </si>
   <si>
     <t>ation of Programs               </t>
   </si>
   <si>
     <t>9:30AM</t>
   </si>
   <si>
     <t>LRC </t>
   </si>
   <si>
     <t>Learning Resource Center</t>
   </si>
   <si>
-    <t>Williams, Kevin Lee             </t>
-[...1 lines deleted...]
-  <si>
     <t>ECED1130H   </t>
   </si>
   <si>
     <t>Family and Community Collaboration(DL) **HYRBID**</t>
   </si>
   <si>
     <t>Family and Community            </t>
   </si>
   <si>
     <t>Collaboration(DL)               </t>
   </si>
   <si>
     <t>**HYRBID**                      </t>
   </si>
   <si>
     <t>4:00PM</t>
   </si>
   <si>
     <t>7:10PM</t>
   </si>
   <si>
+    <t>ECED2115H   </t>
+  </si>
+  <si>
+    <t>Introduction to Language, Literacy, and Reading **HYBRID**</t>
+  </si>
+  <si>
+    <t>Introduction to Language,       </t>
+  </si>
+  <si>
+    <t>Literacy, and Reading           </t>
+  </si>
+  <si>
+    <t>ECED2120H   </t>
+  </si>
+  <si>
+    <t>Curriculum Development through Play Birth through Age 4(PreK) **HYBRID**</t>
+  </si>
+  <si>
+    <t>Curriculum Development through  </t>
+  </si>
+  <si>
+    <t>Play Birth through Age 4(PreK)  </t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>----R--</t>
+  </si>
+  <si>
+    <t>ECED2121    </t>
+  </si>
+  <si>
+    <t>Curriculum Development through Play-Birth through age 4 (PreK) Practicum</t>
+  </si>
+  <si>
+    <t>Play-Birth through age 4 (PreK) </t>
+  </si>
+  <si>
+    <t>Practicum                       </t>
+  </si>
+  <si>
     <t>ECED2130H   </t>
   </si>
   <si>
     <t>Curricul Devel &amp; Implment:Age3 (PreK)through Grade 3(DL) **HYBRID**</t>
   </si>
   <si>
     <t>Curricul Devel &amp; Implment:Age3  </t>
   </si>
   <si>
     <t>(PreK)through Grade 3(DL)       </t>
   </si>
   <si>
-    <t>**HYBRID**                      </t>
-[...4 lines deleted...]
-  <si>
     <t>23</t>
   </si>
   <si>
     <t>ECED2131    </t>
   </si>
   <si>
     <t>Curricul Develop &amp; Implent Prac Age 3 (Pre-K) Grade 3 </t>
   </si>
   <si>
     <t>Curricul Develop &amp; Implent Prac </t>
   </si>
   <si>
     <t>Age 3 (Pre-K) Grade 3           </t>
   </si>
   <si>
+    <t>ECON2110E   </t>
+  </si>
+  <si>
+    <t>Macroeconomic Principles(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Macroeconomic Principles(DL)    </t>
+  </si>
+  <si>
     <t>ECON2120E   </t>
   </si>
   <si>
     <t>Microeconomics Principles(DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Microeconomics Principles(DL)   </t>
   </si>
   <si>
     <t>EDUC1120H   </t>
   </si>
   <si>
     <t>Introduction to Education **HYBRID** </t>
   </si>
   <si>
     <t>Introduction to Education       </t>
   </si>
   <si>
     <t>EDUC1190    </t>
   </si>
   <si>
     <t>Education Practicum  </t>
   </si>
   <si>
     <t>Education Practicum             </t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>EDUC2340H   </t>
   </si>
   <si>
     <t>Multicultural Education *Hybrid*  </t>
   </si>
   <si>
     <t>Multicultural Education *Hybrid*</t>
   </si>
   <si>
-    <t>15</t>
-[...1 lines deleted...]
-  <si>
     <t>4:45PM</t>
   </si>
   <si>
     <t>EARL</t>
   </si>
   <si>
     <t>Early Childhood Building</t>
   </si>
   <si>
     <t>117 </t>
   </si>
   <si>
     <t>EDUC2440H   </t>
   </si>
   <si>
     <t>Teaching Elementary School Math **HYBRID** </t>
   </si>
   <si>
     <t>Teaching Elementary School Math </t>
   </si>
   <si>
     <t>6:15PM</t>
   </si>
   <si>
     <t>EMT150      </t>
   </si>
   <si>
     <t>Emergency Medical Tech-Basic  </t>
   </si>
   <si>
     <t>Emergency Medical Tech-Basic    </t>
   </si>
   <si>
     <t>NO7 </t>
   </si>
   <si>
     <t>Sanchez, Allen                  </t>
   </si>
   <si>
+    <t>NO8 </t>
+  </si>
+  <si>
     <t>EMT150L     </t>
   </si>
   <si>
     <t>Emergency Medical Tech-Basic Lab  </t>
   </si>
   <si>
     <t>Emergency Medical Tech-Basic Lab</t>
   </si>
   <si>
     <t>EMT180      </t>
   </si>
   <si>
     <t>Emergency Medical Technician Basic Field/Clinical </t>
   </si>
   <si>
     <t>Emergency Medical Technician    </t>
   </si>
   <si>
     <t>Basic Field/Clinical            </t>
   </si>
   <si>
+    <t>91</t>
+  </si>
+  <si>
     <t>ENG106E     </t>
   </si>
   <si>
     <t>Reading and Writing for Inquiry **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Reading and Writing for Inquiry </t>
   </si>
   <si>
     <t>10:15AM</t>
   </si>
   <si>
     <t>Goodyear, Sherry L              </t>
   </si>
   <si>
     <t>-MTW---</t>
   </si>
   <si>
     <t>Smith, Christopher              </t>
   </si>
   <si>
     <t>ENGL1110E   </t>
   </si>
   <si>
     <t>Composition I (DL) **DISTANCE LEARNING** </t>
@@ -1598,377 +2105,515 @@
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Torres, Karen                   </t>
   </si>
   <si>
     <t>ENGL2310E   </t>
   </si>
   <si>
     <t>Introduction to Creative Writing **Distance Learning** </t>
   </si>
   <si>
     <t>Introduction to Creative Writing</t>
   </si>
   <si>
     <t>ENGL2610E   </t>
   </si>
   <si>
     <t>American Literature I **Distance Learning** </t>
   </si>
   <si>
     <t>American Literature I           </t>
   </si>
   <si>
+    <t>ENGL2620E   </t>
+  </si>
+  <si>
+    <t>American Literature II **Distance Learning** </t>
+  </si>
+  <si>
+    <t>American Literature II          </t>
+  </si>
+  <si>
     <t>ENTR1110E   </t>
   </si>
   <si>
     <t>Entrepreneurship (DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Entrepreneurship (DL)           </t>
   </si>
   <si>
-    <t>McKee, Amy                      </t>
-[...1 lines deleted...]
-  <si>
     <t>ENTR2110E   </t>
   </si>
   <si>
     <t>Small Business Management (DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Small Business Management (DL)  </t>
   </si>
   <si>
+    <t>GEOL1110E   </t>
+  </si>
+  <si>
+    <t>Physical Geology (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Physical Geology (DL)           </t>
+  </si>
+  <si>
+    <t>GEOL1110LE  </t>
+  </si>
+  <si>
+    <t>Physical Geology Lab(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Physical Geology Lab(DL)        </t>
+  </si>
+  <si>
+    <t>HD110E      </t>
+  </si>
+  <si>
+    <t>College Success (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>College Success (DL)            </t>
+  </si>
+  <si>
     <t>HD260E      </t>
   </si>
   <si>
     <t>Critcl Thinking/Prob Solvng (DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Critcl Thinking/Prob Solvng (DL)</t>
   </si>
   <si>
+    <t>HIST1110E   </t>
+  </si>
+  <si>
+    <t>United States History I(DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>United States History I(DL)     </t>
+  </si>
+  <si>
+    <t>Mathews, Billie G               </t>
+  </si>
+  <si>
     <t>HIST1120E   </t>
   </si>
   <si>
     <t>United States History II (DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>United States History II (DL)   </t>
   </si>
   <si>
-    <t>Mathews, Billie G               </t>
-[...1 lines deleted...]
-  <si>
     <t>HIST1150E   </t>
   </si>
   <si>
     <t>Western Civilization I(DL) **DISTANCE EDUCATION** </t>
   </si>
   <si>
     <t>Western Civilization I(DL)      </t>
   </si>
   <si>
     <t>HIST2110E   </t>
   </si>
   <si>
     <t>Survey of New Mexico History(DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Survey of New Mexico History(DL)</t>
   </si>
   <si>
+    <t>6:00PM</t>
+  </si>
+  <si>
+    <t>8:50PM</t>
+  </si>
+  <si>
     <t>HLED1130E   </t>
   </si>
   <si>
     <t>Concepts of Health &amp; Wellness **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Concepts of Health &amp; Wellness   </t>
   </si>
   <si>
     <t>Krutsch, Randall E              </t>
   </si>
   <si>
+    <t>HLED1310    </t>
+  </si>
+  <si>
+    <t>Introduction to Kinesiology  </t>
+  </si>
+  <si>
+    <t>Introduction to Kinesiology     </t>
+  </si>
+  <si>
+    <t>5:50PM</t>
+  </si>
+  <si>
+    <t>SRD </t>
+  </si>
+  <si>
+    <t>Substainable Resource   </t>
+  </si>
+  <si>
+    <t>Wright, Charles Erick           </t>
+  </si>
+  <si>
+    <t>HLED1510    </t>
+  </si>
+  <si>
+    <t>Medical Terminology  </t>
+  </si>
+  <si>
+    <t>Medical Terminology             </t>
+  </si>
+  <si>
     <t>HLED1510E   </t>
   </si>
   <si>
-    <t>Medical Terminology  </t>
-[...4 lines deleted...]
-  <si>
     <t>Beil, Sara Connie               </t>
   </si>
   <si>
     <t>HLED2125E   </t>
   </si>
   <si>
     <t>Officiating of Sports  </t>
   </si>
   <si>
     <t>Officiating of Sports           </t>
   </si>
   <si>
+    <t>HLED2510    </t>
+  </si>
+  <si>
+    <t>History and Philosophy of PE  </t>
+  </si>
+  <si>
+    <t>History and Philosophy of PE    </t>
+  </si>
+  <si>
+    <t>LH1 </t>
+  </si>
+  <si>
     <t>MATH095E    </t>
   </si>
   <si>
     <t>Algebra with Applications (DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Algebra with Applications (DL)  </t>
   </si>
   <si>
     <t>Sanchez, Betsy                  </t>
   </si>
   <si>
     <t>MATH095H    </t>
   </si>
   <si>
     <t>Algebra with Applications **HYBRID** </t>
   </si>
   <si>
     <t>Algebra with Applications       </t>
   </si>
   <si>
-    <t>GEN </t>
-[...4 lines deleted...]
-  <si>
     <t>MATH102H    </t>
   </si>
   <si>
     <t>Math Preparation &amp; Pre-Algebra **HYUBRID** </t>
   </si>
   <si>
     <t>Math Preparation &amp; Pre-Algebra  </t>
   </si>
   <si>
     <t>**HYUBRID**                     </t>
   </si>
   <si>
+    <t>MATH1215    </t>
+  </si>
+  <si>
+    <t>Intermediate Algebra  </t>
+  </si>
+  <si>
+    <t>Intermediate Algebra            </t>
+  </si>
+  <si>
+    <t>Trujillo, Richard B             </t>
+  </si>
+  <si>
     <t>MATH1215E   </t>
   </si>
   <si>
-    <t>Intermediate Algebra(DL) **DISTANCE LEARNING** </t>
-[...2 lines deleted...]
-    <t>Intermediate Algebra(DL)        </t>
+    <t>Intermediate Algebra (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>Intermediate Algebra (DL)       </t>
   </si>
   <si>
     <t>MATH1220    </t>
   </si>
   <si>
     <t>College Algebra  </t>
   </si>
   <si>
     <t>College Algebra                 </t>
   </si>
   <si>
     <t>1:20PM</t>
   </si>
   <si>
     <t>2:10PM</t>
   </si>
   <si>
-    <t>Trujillo, Richard B             </t>
-[...1 lines deleted...]
-  <si>
     <t>MATH1220E   </t>
   </si>
   <si>
-    <t>College Algebra(DL) **DISTANCE LEARNING** </t>
-[...2 lines deleted...]
-    <t>College Algebra(DL)             </t>
+    <t>College Algebra (DL) **DISTANCE LEARNING** </t>
+  </si>
+  <si>
+    <t>College Algebra (DL)            </t>
   </si>
   <si>
     <t>MATH1230H   </t>
   </si>
   <si>
     <t>Trigonometry **HYBRID** </t>
   </si>
   <si>
     <t>Trigonometry                    </t>
   </si>
   <si>
     <t>126A</t>
   </si>
   <si>
     <t>Surdi, Henrietta Mary           </t>
   </si>
   <si>
     <t>MATH1350E   </t>
   </si>
   <si>
     <t>Introduction to Statistics ** DISTANCE LEARNING ** </t>
   </si>
   <si>
     <t>Introduction to Statistics      </t>
   </si>
   <si>
     <t>** DISTANCE LEARNING **         </t>
   </si>
   <si>
     <t>MATH1510H   </t>
   </si>
   <si>
     <t>Calculus I **HYBRID** </t>
   </si>
   <si>
     <t>Calculus I                      </t>
   </si>
   <si>
+    <t>MATH1520H   </t>
+  </si>
+  <si>
+    <t>Calculus II **HYBRID** </t>
+  </si>
+  <si>
+    <t>Calculus II                     </t>
+  </si>
+  <si>
     <t>MATH220H    </t>
   </si>
   <si>
     <t>Differential Equations **HYBRID** </t>
   </si>
   <si>
     <t>Differential Equations          </t>
   </si>
   <si>
     <t>MGMT2110E   </t>
   </si>
   <si>
     <t>Principles of Management(DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Principles of Management(DL)    </t>
   </si>
   <si>
     <t>MKTG2110E   </t>
   </si>
   <si>
     <t>Principles of Marketing **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Principles of Marketing         </t>
   </si>
   <si>
     <t>MUSC1130E   </t>
   </si>
   <si>
     <t>Music Appreciation: Western (DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Music Appreciation: Western (DL)</t>
   </si>
   <si>
+    <t>NMNC1110    </t>
+  </si>
+  <si>
+    <t>Introduction to Nursing Concepts  </t>
+  </si>
+  <si>
+    <t>Introduction to Nursing Concepts</t>
+  </si>
+  <si>
+    <t>10:20AM</t>
+  </si>
+  <si>
+    <t>NO9 </t>
+  </si>
+  <si>
+    <t>Ortiz, Angela G.                </t>
+  </si>
+  <si>
+    <t>NRSG</t>
+  </si>
+  <si>
+    <t>NMNC1135    </t>
+  </si>
+  <si>
+    <t>Principles of Nursing Practice  </t>
+  </si>
+  <si>
+    <t>NO1 </t>
+  </si>
+  <si>
+    <t>Yee, Andrea I                   </t>
+  </si>
+  <si>
     <t>NMNC1210    </t>
   </si>
   <si>
     <t>Health and Illness Concepts 1  </t>
   </si>
   <si>
     <t>Health and Illness Concepts 1   </t>
   </si>
   <si>
-    <t>10:20AM</t>
-[...4 lines deleted...]
-  <si>
     <t>Rivera, Maggie J                </t>
   </si>
   <si>
-    <t>NRSG</t>
-[...1 lines deleted...]
-  <si>
     <t>NMNC1220    </t>
   </si>
   <si>
     <t>Health Care Participant  </t>
   </si>
   <si>
     <t>Health Care Participant         </t>
   </si>
   <si>
-    <t>06</t>
-[...7 lines deleted...]
-  <si>
     <t>NMNC1230    </t>
   </si>
   <si>
     <t>Nursing Pharmacology  </t>
   </si>
   <si>
     <t>Nursing Pharmacology            </t>
   </si>
   <si>
     <t>2:20PM</t>
   </si>
   <si>
-    <t>NO1 </t>
-[...1 lines deleted...]
-  <si>
     <t>Gomez-Vaughan, Lucia A          </t>
   </si>
   <si>
     <t>NMNC1235    </t>
   </si>
   <si>
     <t>Assessment and Health Promotion  </t>
   </si>
   <si>
     <t>Assessment and Health Promotion </t>
   </si>
   <si>
-    <t>Yee, Andrea I                   </t>
+    <t>NMNC2310    </t>
+  </si>
+  <si>
+    <t>Health &amp; Illness Concepts 2  </t>
+  </si>
+  <si>
+    <t>Health &amp; Illness Concepts 2     </t>
+  </si>
+  <si>
+    <t>Brotherton, Marian K            </t>
+  </si>
+  <si>
+    <t>NMNC2320    </t>
+  </si>
+  <si>
+    <t>Professional Nursing Concepts 1  </t>
+  </si>
+  <si>
+    <t>Professional Nursing Concepts 1 </t>
+  </si>
+  <si>
+    <t>NO11</t>
+  </si>
+  <si>
+    <t>NMNC2335    </t>
+  </si>
+  <si>
+    <t>Care of Patients w/Chronic Conditions </t>
+  </si>
+  <si>
+    <t>Care of Patients w/Chronic      </t>
+  </si>
+  <si>
+    <t>Conditions                      </t>
+  </si>
+  <si>
+    <t>NO16</t>
   </si>
   <si>
     <t>NMNC2410    </t>
   </si>
   <si>
     <t>Health &amp; Illness Concepts 3  </t>
   </si>
   <si>
     <t>Health &amp; Illness Concepts 3     </t>
   </si>
   <si>
-    <t>2:50PM</t>
-[...1 lines deleted...]
-  <si>
     <t>NO15</t>
   </si>
   <si>
-    <t>Brotherton, Marian K            </t>
-[...1 lines deleted...]
-  <si>
     <t>NMNC2435    </t>
   </si>
   <si>
     <t>Clinical Intensive 1  </t>
   </si>
   <si>
     <t>Clinical Intensive 1            </t>
   </si>
   <si>
     <t>NMNC2445    </t>
   </si>
   <si>
     <t>ADN Capstone  </t>
   </si>
   <si>
     <t>ADN Capstone                    </t>
   </si>
   <si>
     <t>NUTR2110E   </t>
   </si>
   <si>
     <t>Human Nutrition **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Human Nutrition                 </t>
@@ -1982,227 +2627,299 @@
   <si>
     <t>Physical Fitness                </t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>-M---F-</t>
   </si>
   <si>
     <t>12:00AM</t>
   </si>
   <si>
     <t>12:05PM</t>
   </si>
   <si>
     <t>WELL</t>
   </si>
   <si>
     <t>LCC Wellness Center     </t>
   </si>
   <si>
     <t>Garcia-Najar, Dawnette R        </t>
   </si>
   <si>
+    <t>PHIL1115E   </t>
+  </si>
+  <si>
+    <t>Introduction to Philosophy **Distance Education** </t>
+  </si>
+  <si>
+    <t>Introduction to Philosophy      </t>
+  </si>
+  <si>
     <t>PHYS1230E   </t>
   </si>
   <si>
     <t>Algebra-based Physics I  </t>
   </si>
   <si>
     <t>Algebra-based Physics I         </t>
   </si>
   <si>
     <t>PHYS1230LE  </t>
   </si>
   <si>
     <t>Algebra-based Physics I Lab  </t>
   </si>
   <si>
     <t>Algebra-based Physics I Lab     </t>
   </si>
   <si>
+    <t>PRPE2150    </t>
+  </si>
+  <si>
+    <t>Motor Learning and Performance  </t>
+  </si>
+  <si>
+    <t>3:20PM</t>
+  </si>
+  <si>
+    <t>PSYC1110    </t>
+  </si>
+  <si>
+    <t>Introduction to Psychology  </t>
+  </si>
+  <si>
+    <t>Introduction to Psychology      </t>
+  </si>
+  <si>
+    <t>7:20PM</t>
+  </si>
+  <si>
+    <t>Pacheco, Luisa C.               </t>
+  </si>
+  <si>
     <t>PSYC1110E   </t>
   </si>
   <si>
     <t>Introduction to Psychology(DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Introduction to Psychology(DL)  </t>
   </si>
   <si>
-    <t>Pacheco, Luisa C.               </t>
-[...1 lines deleted...]
-  <si>
     <t>Lucero, Kevin Lyle              </t>
   </si>
   <si>
     <t>PSYC1110H   </t>
   </si>
   <si>
     <t>Introduction to Psychology **HYBRID** </t>
   </si>
   <si>
-    <t>Introduction to Psychology      </t>
-[...4 lines deleted...]
-  <si>
     <t>7:50PM</t>
   </si>
   <si>
     <t>Fernandez, Sierra V             </t>
   </si>
   <si>
     <t>PSYC1140E   </t>
   </si>
   <si>
     <t>Psychology of Drug and Alcohol Abuse (DL) ***Distance Learning***</t>
   </si>
   <si>
     <t>Psychology of Drug and Alcohol  </t>
   </si>
   <si>
     <t>Abuse (DL)                      </t>
   </si>
   <si>
     <t>***Distance Learning***         </t>
   </si>
   <si>
     <t>Lucero, Chelsea                 </t>
   </si>
   <si>
     <t>PSYC2120    </t>
   </si>
   <si>
     <t>Developmental Psychology  </t>
   </si>
   <si>
     <t>Developmental Psychology        </t>
   </si>
   <si>
-    <t>7:20PM</t>
-[...4 lines deleted...]
-  <si>
     <t>PSYC2120E   </t>
   </si>
   <si>
     <t>Developmental Psychology(DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Developmental Psychology(DL)    </t>
   </si>
   <si>
     <t>PSYC2210    </t>
   </si>
   <si>
     <t>Abnormal Psychology  </t>
   </si>
   <si>
     <t>Abnormal Psychology             </t>
   </si>
   <si>
     <t>PSYC2210E   </t>
   </si>
   <si>
     <t>Abnormal Psychology **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>SOCI1110E   </t>
   </si>
   <si>
     <t>Introduction to Sociology (DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Introduction to Sociology (DL)  </t>
   </si>
   <si>
     <t>SOCI2210E   </t>
   </si>
   <si>
     <t>Sociology of Deviance  </t>
   </si>
   <si>
     <t>Sociology of Deviance           </t>
   </si>
   <si>
+    <t>SPAN1110E   </t>
+  </si>
+  <si>
+    <t>Spanish I **Distance Learning** </t>
+  </si>
+  <si>
+    <t>Spanish I                       </t>
+  </si>
+  <si>
+    <t>SPAN1120E   </t>
+  </si>
+  <si>
+    <t>Spanish II **Distance Learning** </t>
+  </si>
+  <si>
+    <t>Spanish II                      </t>
+  </si>
+  <si>
     <t>SPAN1410E   </t>
   </si>
   <si>
     <t>Spanish for Health Care Professions **DISTANCE LEARNING**</t>
   </si>
   <si>
     <t>Spanish for Health Care         </t>
   </si>
   <si>
     <t>Professions                     </t>
   </si>
   <si>
-    <t>Ortega-Gallegos, Dawna          </t>
+    <t>SPED2110H   </t>
+  </si>
+  <si>
+    <t>Intro Students W/ Exceptionality  </t>
+  </si>
+  <si>
+    <t>Intro Students W/ Exceptionality</t>
+  </si>
+  <si>
+    <t>STEM105     </t>
+  </si>
+  <si>
+    <t>Computer Use-Scientific Research  </t>
+  </si>
+  <si>
+    <t>Computer Use-Scientific Research</t>
   </si>
   <si>
     <t>STEM105E    </t>
   </si>
   <si>
     <t>Computer Use-Sci Research(DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Computer Use-Sci Research(DL)   </t>
   </si>
   <si>
+    <t>STEM117     </t>
+  </si>
+  <si>
+    <t>Introduction to Engineering  </t>
+  </si>
+  <si>
+    <t>Introduction to Engineering     </t>
+  </si>
+  <si>
     <t>STEM117E    </t>
   </si>
   <si>
     <t>Introduction to Engineering (DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>Introduction to Engineering (DL)</t>
   </si>
   <si>
     <t>STEM251E    </t>
   </si>
   <si>
     <t>STEM Capstone-General Sci(DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>STEM Capstone-General Sci(DL)   </t>
   </si>
   <si>
     <t>STEM252E    </t>
   </si>
   <si>
     <t>STEM Capstone-Pre-Engr (DL) **DISTANCE LEARNING** </t>
   </si>
   <si>
     <t>STEM Capstone-Pre-Engr (DL)     </t>
   </si>
   <si>
+    <t>THEA1110E   </t>
+  </si>
+  <si>
+    <t>Introduction to Theater ** Distance Learning** </t>
+  </si>
+  <si>
+    <t>Introduction to Theater         </t>
+  </si>
+  <si>
+    <t>** Distance Learning**          </t>
+  </si>
+  <si>
     <t>WELD1110    </t>
   </si>
   <si>
     <t>Introduction to Welding Fundamen tals </t>
   </si>
   <si>
     <t>Introduction to Welding Fundamen</t>
   </si>
   <si>
     <t>tals                            </t>
   </si>
   <si>
     <t>12:25PM</t>
   </si>
   <si>
     <t>1:15PM</t>
   </si>
   <si>
     <t>CHS </t>
   </si>
   <si>
     <t>Murphy, Sean Patrick            </t>
   </si>
   <si>
     <t>61</t>
@@ -2306,98 +3023,98 @@
   <si>
     <t>Metal Fabrication I             </t>
   </si>
   <si>
     <t>8:10AM</t>
   </si>
   <si>
     <t>WELD1150L   </t>
   </si>
   <si>
     <t>Metal Fabrication I Lab  </t>
   </si>
   <si>
     <t>Metal Fabrication I Lab         </t>
   </si>
   <si>
     <t>WELD1155    </t>
   </si>
   <si>
     <t>Gas Tungsten Arc Welding (GTAW)  </t>
   </si>
   <si>
     <t>Gas Tungsten Arc Welding (GTAW) </t>
   </si>
   <si>
+    <t>104 </t>
+  </si>
+  <si>
+    <t>Rains, Rico Fabian              </t>
+  </si>
+  <si>
     <t>WELD1155L   </t>
   </si>
   <si>
     <t>Gas Tungsten Arc Welding I Lab (GTAWIL) </t>
   </si>
   <si>
     <t>Gas Tungsten Arc Welding I Lab  </t>
   </si>
   <si>
     <t>(GTAWIL)                        </t>
   </si>
   <si>
     <t>WELD1171    </t>
   </si>
   <si>
     <t>Layout and Fabrication  </t>
   </si>
   <si>
     <t>Layout and Fabrication          </t>
   </si>
   <si>
-    <t>Rains, Rico Fabian              </t>
-[...1 lines deleted...]
-  <si>
     <t>WELD1171L   </t>
   </si>
   <si>
     <t>Layout and Fabrication Lab  </t>
   </si>
   <si>
     <t>Layout and Fabrication Lab      </t>
   </si>
   <si>
     <t>WELD1191    </t>
   </si>
   <si>
     <t>Weld Art  </t>
   </si>
   <si>
     <t>Weld Art                        </t>
   </si>
   <si>
     <t>11:37AM</t>
   </si>
   <si>
-    <t>WLV2</t>
-[...1 lines deleted...]
-  <si>
     <t>Rael, Jacobo                    </t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>3:10PM</t>
   </si>
   <si>
     <t>3:55PM</t>
   </si>
   <si>
     <t>WELD1191L   </t>
   </si>
   <si>
     <t>Weld Art Lab  </t>
   </si>
   <si>
     <t>Weld Art Lab                    </t>
   </si>
   <si>
     <t>WELD1220    </t>
   </si>
   <si>
     <t>Flux Core Arc Welding  </t>
@@ -2438,57 +3155,78 @@
   <si>
     <t>Shielded Metal ARC Welding II La</t>
   </si>
   <si>
     <t>b (SMAW II Lab)                 </t>
   </si>
   <si>
     <t>WELD2150    </t>
   </si>
   <si>
     <t>Metal Fabrication II  </t>
   </si>
   <si>
     <t>Metal Fabrication II            </t>
   </si>
   <si>
     <t>WELD2150L   </t>
   </si>
   <si>
     <t>Metal Fabrication II Lab  </t>
   </si>
   <si>
     <t>Metal Fabrication II Lab        </t>
   </si>
   <si>
+    <t>WELD2191    </t>
+  </si>
+  <si>
+    <t>Weld Art II  </t>
+  </si>
+  <si>
+    <t>Weld Art II                     </t>
+  </si>
+  <si>
+    <t>WELD2191L   </t>
+  </si>
+  <si>
+    <t>Weld Art II Lab  </t>
+  </si>
+  <si>
+    <t>Weld Art II Lab                 </t>
+  </si>
+  <si>
     <t>WELD2290L   </t>
   </si>
   <si>
     <t>Welder Qualification  </t>
   </si>
   <si>
     <t>Welder Qualification            </t>
+  </si>
+  <si>
+    <t>-M-WR--</t>
   </si>
   <si>
     <t>84</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="12"/>
       <name val="Verdana"/>
       <family val="0"/>
       <charset val="0"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="lightGray"/>
     </fill>
   </fills>
@@ -2821,51 +3559,51 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AB215"/>
+  <dimension ref="A1:AB460"/>
   <sheetViews>
     <sheetView windowProtection="false" showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
       <selection pane="topLeft" activeCell="A1" activeCellId="0" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.85"/>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="1" width="9.5"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="1" width="9.5"/>
@@ -3103,51 +3841,51 @@
       <c r="S3" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T3" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U3" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V3" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W3" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X3" s="1">
         <v>0</v>
       </c>
       <c r="Y3" s="1" t="s">
         <v>49</v>
       </c>
       <c r="Z3" s="1">
         <v>30</v>
       </c>
       <c r="AA3" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="AB3" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F4" s="1">
         <v>4</v>
       </c>
       <c r="G4" s="1" t="s">
@@ -3185,147 +3923,147 @@
       <c r="S4" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T4" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U4" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V4" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W4" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X4" s="1">
         <v>0</v>
       </c>
       <c r="Y4" s="1" t="s">
         <v>55</v>
       </c>
       <c r="Z4" s="1">
         <v>15</v>
       </c>
       <c r="AA4" s="1">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="AB4" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="1">
         <v>4</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="1">
         <v>2026</v>
       </c>
       <c r="K5" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L5" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M5" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N5" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O5" s="1">
         <v>0</v>
       </c>
       <c r="P5" s="1">
         <v>0</v>
       </c>
       <c r="Q5" s="1" t="s"/>
       <c r="R5" s="1" t="s"/>
       <c r="S5" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W5" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="1">
         <v>0</v>
       </c>
       <c r="Y5" s="1" t="s">
         <v>55</v>
       </c>
       <c r="Z5" s="1">
         <v>30</v>
       </c>
       <c r="AA5" s="1">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="AB5" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="1">
         <v>4</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J6" s="1">
         <v>2026</v>
       </c>
       <c r="K6" s="1" t="s">
         <v>36</v>
       </c>
@@ -3343,1776 +4081,1760 @@
       </c>
       <c r="P6" s="1">
         <v>0</v>
       </c>
       <c r="Q6" s="1" t="s"/>
       <c r="R6" s="1" t="s"/>
       <c r="S6" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T6" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U6" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V6" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W6" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="1">
         <v>0</v>
       </c>
       <c r="Y6" s="1" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="Z6" s="1">
         <v>30</v>
       </c>
       <c r="AA6" s="1">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="AB6" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F7" s="1">
         <v>4</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J7" s="1">
         <v>2026</v>
       </c>
       <c r="K7" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L7" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M7" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N7" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O7" s="1">
         <v>0</v>
       </c>
       <c r="P7" s="1">
         <v>0</v>
       </c>
       <c r="Q7" s="1" t="s"/>
       <c r="R7" s="1" t="s"/>
       <c r="S7" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T7" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U7" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V7" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W7" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="1">
         <v>0</v>
       </c>
       <c r="Y7" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="Z7" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="AA7" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB7" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F8" s="1">
         <v>4</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>66</v>
+        <v>33</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J8" s="1">
         <v>2026</v>
       </c>
       <c r="K8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L8" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M8" s="2">
         <v>46150.25</v>
       </c>
       <c r="N8" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O8" s="1">
-        <v>1730</v>
+        <v>0</v>
       </c>
       <c r="P8" s="1">
-        <v>2130</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q8" s="1" t="s"/>
+      <c r="R8" s="1" t="s"/>
       <c r="S8" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T8" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U8" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V8" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W8" s="1" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="X8" s="1">
         <v>0</v>
       </c>
       <c r="Y8" s="1" t="s">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="Z8" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="AA8" s="1">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="AB8" s="1" t="s">
-        <v>76</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F9" s="1">
         <v>4</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>77</v>
+        <v>33</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J9" s="1">
         <v>2026</v>
       </c>
       <c r="K9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L9" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M9" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N9" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O9" s="1">
-        <v>1730</v>
+        <v>0</v>
       </c>
       <c r="P9" s="1">
-        <v>2130</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q9" s="1" t="s"/>
+      <c r="R9" s="1" t="s"/>
       <c r="S9" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T9" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U9" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V9" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W9" s="1" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="X9" s="1">
         <v>0</v>
       </c>
       <c r="Y9" s="1" t="s">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="Z9" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="AA9" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="AB9" s="1" t="s">
-        <v>76</v>
+        <v>44</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F10" s="1">
+        <v>2</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J10" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K10" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L10" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M10" s="2">
+        <v>46305.25</v>
+      </c>
+      <c r="N10" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O10" s="1">
+        <v>1730</v>
+      </c>
+      <c r="P10" s="1">
+        <v>2030</v>
+      </c>
+      <c r="Q10" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="R10" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="S10" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T10" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U10" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="V10" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="W10" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="X10" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y10" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="Z10" s="1">
+        <v>12</v>
+      </c>
+      <c r="AA10" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB10" s="1" t="s">
         <v>80</v>
-      </c>
-[...73 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="s">
-        <v>88</v>
+        <v>66</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>89</v>
+        <v>67</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>90</v>
+        <v>68</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F11" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J11" s="1">
         <v>2026</v>
       </c>
       <c r="K11" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L11" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M11" s="2">
         <v>46150.25</v>
       </c>
       <c r="N11" s="1" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="O11" s="1">
         <v>1730</v>
       </c>
       <c r="P11" s="1">
-        <v>1850</v>
+        <v>2130</v>
       </c>
       <c r="Q11" s="1" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="R11" s="1" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="S11" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T11" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U11" s="1" t="s">
-        <v>44</v>
+        <v>82</v>
       </c>
       <c r="V11" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W11" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="W11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X11" s="1">
         <v>0</v>
       </c>
       <c r="Y11" s="1" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="Z11" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="AA11" s="1">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="AB11" s="1" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="s">
-        <v>92</v>
+        <v>66</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>93</v>
+        <v>67</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>94</v>
+        <v>68</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F12" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>33</v>
+        <v>85</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J12" s="1">
         <v>2026</v>
       </c>
       <c r="K12" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L12" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M12" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N12" s="1" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="O12" s="1">
-        <v>0</v>
+        <v>1730</v>
       </c>
       <c r="P12" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R12" s="1" t="s"/>
+        <v>2130</v>
+      </c>
+      <c r="Q12" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="R12" s="1" t="s">
+        <v>81</v>
+      </c>
       <c r="S12" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T12" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U12" s="1" t="s">
-        <v>40</v>
+        <v>82</v>
       </c>
       <c r="V12" s="1" t="s">
-        <v>41</v>
+        <v>83</v>
       </c>
       <c r="W12" s="1" t="s">
-        <v>42</v>
+        <v>84</v>
       </c>
       <c r="X12" s="1">
         <v>0</v>
       </c>
       <c r="Y12" s="1" t="s">
-        <v>95</v>
+        <v>79</v>
       </c>
       <c r="Z12" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="AA12" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="AB12" s="1" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>98</v>
+        <v>87</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>99</v>
+        <v>88</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F13" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J13" s="1">
         <v>2026</v>
       </c>
       <c r="K13" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L13" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M13" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N13" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O13" s="1">
         <v>0</v>
       </c>
       <c r="P13" s="1">
         <v>0</v>
       </c>
       <c r="Q13" s="1" t="s"/>
       <c r="R13" s="1" t="s"/>
       <c r="S13" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T13" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U13" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V13" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W13" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X13" s="1">
         <v>0</v>
       </c>
       <c r="Y13" s="1" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="Z13" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="AA13" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="AB13" s="1" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F14" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>103</v>
+        <v>33</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J14" s="1">
         <v>2026</v>
       </c>
       <c r="K14" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L14" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M14" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N14" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O14" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P14" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q14" s="1" t="s"/>
+      <c r="R14" s="1" t="s"/>
       <c r="S14" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T14" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U14" s="1" t="s">
-        <v>106</v>
+        <v>40</v>
       </c>
       <c r="V14" s="1" t="s">
-        <v>107</v>
+        <v>41</v>
       </c>
       <c r="W14" s="1" t="s">
-        <v>108</v>
+        <v>42</v>
       </c>
       <c r="X14" s="1">
         <v>0</v>
       </c>
       <c r="Y14" s="1" t="s">
-        <v>109</v>
+        <v>93</v>
       </c>
       <c r="Z14" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA14" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="AB14" s="1" t="s">
-        <v>110</v>
+        <v>94</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>111</v>
+        <v>95</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J15" s="1">
         <v>2026</v>
       </c>
       <c r="K15" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L15" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M15" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N15" s="1" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="O15" s="1">
-        <v>1300</v>
+        <v>1330</v>
       </c>
       <c r="P15" s="1">
-        <v>1550</v>
+        <v>1450</v>
       </c>
       <c r="Q15" s="1" t="s">
-        <v>115</v>
+        <v>99</v>
       </c>
       <c r="R15" s="1" t="s">
-        <v>116</v>
+        <v>100</v>
       </c>
       <c r="S15" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T15" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U15" s="1" t="s">
-        <v>106</v>
+        <v>44</v>
       </c>
       <c r="V15" s="1" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="W15" s="1" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
       <c r="X15" s="1">
         <v>0</v>
       </c>
       <c r="Y15" s="1" t="s">
-        <v>118</v>
+        <v>103</v>
       </c>
       <c r="Z15" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA15" s="1">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="AB15" s="1" t="s">
-        <v>110</v>
+        <v>94</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="s">
-        <v>119</v>
+        <v>95</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F16" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J16" s="1">
         <v>2026</v>
       </c>
       <c r="K16" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L16" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M16" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N16" s="1" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="O16" s="1">
-        <v>900</v>
+        <v>1300</v>
       </c>
       <c r="P16" s="1">
-        <v>1150</v>
+        <v>1430</v>
       </c>
       <c r="Q16" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="R16" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="S16" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T16" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U16" s="1" t="s">
-        <v>106</v>
+        <v>44</v>
       </c>
       <c r="V16" s="1" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="W16" s="1" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
       <c r="X16" s="1">
         <v>0</v>
       </c>
       <c r="Y16" s="1" t="s">
-        <v>118</v>
+        <v>103</v>
       </c>
       <c r="Z16" s="1">
         <v>15</v>
       </c>
       <c r="AA16" s="1">
         <v>0</v>
       </c>
       <c r="AB16" s="1" t="s">
-        <v>110</v>
+        <v>94</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="s">
-        <v>124</v>
+        <v>108</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>125</v>
+        <v>109</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>126</v>
+        <v>110</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F17" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J17" s="1">
         <v>2026</v>
       </c>
       <c r="K17" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L17" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M17" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N17" s="1" t="s">
-        <v>67</v>
+        <v>105</v>
       </c>
       <c r="O17" s="1">
-        <v>1300</v>
+        <v>1500</v>
       </c>
       <c r="P17" s="1">
-        <v>1550</v>
+        <v>1630</v>
       </c>
       <c r="Q17" s="1" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="R17" s="1" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="S17" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T17" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U17" s="1" t="s">
-        <v>106</v>
+        <v>44</v>
       </c>
       <c r="V17" s="1" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="W17" s="1" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="X17" s="1">
         <v>0</v>
       </c>
       <c r="Y17" s="1" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="Z17" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA17" s="1">
         <v>0</v>
       </c>
       <c r="AB17" s="1" t="s">
-        <v>110</v>
+        <v>94</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="s">
-        <v>127</v>
+        <v>108</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>128</v>
+        <v>109</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>129</v>
+        <v>110</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F18" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J18" s="1">
         <v>2026</v>
       </c>
       <c r="K18" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L18" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M18" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N18" s="1" t="s">
-        <v>123</v>
+        <v>71</v>
       </c>
       <c r="O18" s="1">
-        <v>1300</v>
+        <v>1530</v>
       </c>
       <c r="P18" s="1">
-        <v>1550</v>
+        <v>1650</v>
       </c>
       <c r="Q18" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="R18" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="R18" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S18" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T18" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U18" s="1" t="s">
-        <v>106</v>
+        <v>44</v>
       </c>
       <c r="V18" s="1" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="W18" s="1" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
       <c r="X18" s="1">
         <v>0</v>
       </c>
       <c r="Y18" s="1" t="s">
-        <v>118</v>
+        <v>103</v>
       </c>
       <c r="Z18" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA18" s="1">
         <v>0</v>
       </c>
       <c r="AB18" s="1" t="s">
-        <v>110</v>
+        <v>94</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="s">
-        <v>130</v>
+        <v>108</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>131</v>
+        <v>109</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>132</v>
+        <v>110</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F19" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>103</v>
+        <v>69</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J19" s="1">
         <v>2026</v>
       </c>
       <c r="K19" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L19" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M19" s="2">
         <v>46150.25</v>
       </c>
       <c r="N19" s="1" t="s">
-        <v>67</v>
+        <v>105</v>
       </c>
       <c r="O19" s="1">
-        <v>900</v>
+        <v>1530</v>
       </c>
       <c r="P19" s="1">
-        <v>1150</v>
+        <v>1700</v>
       </c>
       <c r="Q19" s="1" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="R19" s="1" t="s">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="S19" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T19" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U19" s="1" t="s">
-        <v>106</v>
+        <v>44</v>
       </c>
       <c r="V19" s="1" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="W19" s="1" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
       <c r="X19" s="1">
         <v>0</v>
       </c>
       <c r="Y19" s="1" t="s">
-        <v>118</v>
+        <v>103</v>
       </c>
       <c r="Z19" s="1">
         <v>15</v>
       </c>
       <c r="AA19" s="1">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="AB19" s="1" t="s">
-        <v>110</v>
+        <v>94</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="s">
-        <v>133</v>
+        <v>117</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>134</v>
+        <v>118</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>135</v>
+        <v>119</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F20" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>122</v>
+        <v>85</v>
       </c>
       <c r="H20" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J20" s="1">
         <v>2026</v>
       </c>
       <c r="K20" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L20" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M20" s="2">
         <v>46150.25</v>
       </c>
       <c r="N20" s="1" t="s">
-        <v>123</v>
+        <v>71</v>
       </c>
       <c r="O20" s="1">
-        <v>900</v>
+        <v>1730</v>
       </c>
       <c r="P20" s="1">
-        <v>1150</v>
+        <v>1850</v>
       </c>
       <c r="Q20" s="1" t="s">
-        <v>104</v>
+        <v>72</v>
       </c>
       <c r="R20" s="1" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
       <c r="S20" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T20" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U20" s="1" t="s">
-        <v>106</v>
+        <v>44</v>
       </c>
       <c r="V20" s="1" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="W20" s="1" t="s">
-        <v>136</v>
+        <v>102</v>
       </c>
       <c r="X20" s="1">
         <v>0</v>
       </c>
       <c r="Y20" s="1" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="Z20" s="1">
         <v>15</v>
       </c>
       <c r="AA20" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="AB20" s="1" t="s">
-        <v>110</v>
+        <v>94</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="s">
-        <v>137</v>
+        <v>121</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>139</v>
+        <v>123</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F21" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>140</v>
+        <v>69</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J21" s="1">
         <v>2026</v>
       </c>
       <c r="K21" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L21" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M21" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N21" s="1" t="s">
-        <v>123</v>
+        <v>71</v>
       </c>
       <c r="O21" s="1">
-        <v>1300</v>
+        <v>1730</v>
       </c>
       <c r="P21" s="1">
-        <v>1550</v>
+        <v>1850</v>
       </c>
       <c r="Q21" s="1" t="s">
-        <v>115</v>
+        <v>72</v>
       </c>
       <c r="R21" s="1" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="S21" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T21" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U21" s="1" t="s">
-        <v>106</v>
+        <v>44</v>
       </c>
       <c r="V21" s="1" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="W21" s="1" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="X21" s="1">
         <v>0</v>
       </c>
       <c r="Y21" s="1" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="Z21" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA21" s="1">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="AB21" s="1" t="s">
-        <v>110</v>
+        <v>94</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="s">
-        <v>141</v>
+        <v>124</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>142</v>
+        <v>125</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>143</v>
+        <v>126</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>32</v>
+        <v>127</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F22" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>103</v>
+        <v>33</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J22" s="1">
         <v>2026</v>
       </c>
       <c r="K22" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L22" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M22" s="2">
         <v>46150.25</v>
       </c>
       <c r="N22" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O22" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P22" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q22" s="1" t="s"/>
+      <c r="R22" s="1" t="s"/>
       <c r="S22" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T22" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U22" s="1" t="s">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="V22" s="1" t="s">
-        <v>145</v>
+        <v>41</v>
       </c>
       <c r="W22" s="1" t="s">
-        <v>146</v>
+        <v>42</v>
       </c>
       <c r="X22" s="1">
         <v>0</v>
       </c>
       <c r="Y22" s="1" t="s">
-        <v>147</v>
+        <v>128</v>
       </c>
       <c r="Z22" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="AA22" s="1">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="AB22" s="1" t="s">
-        <v>110</v>
+        <v>129</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="s">
-        <v>148</v>
+        <v>124</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>150</v>
+        <v>126</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>32</v>
+        <v>127</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F23" s="1">
         <v>3</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>114</v>
+        <v>33</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J23" s="1">
         <v>2026</v>
       </c>
       <c r="K23" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L23" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M23" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N23" s="1" t="s">
-        <v>151</v>
+        <v>37</v>
       </c>
       <c r="O23" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P23" s="1">
-        <v>1550</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q23" s="1" t="s"/>
+      <c r="R23" s="1" t="s"/>
       <c r="S23" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T23" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U23" s="1" t="s">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="V23" s="1" t="s">
-        <v>145</v>
+        <v>41</v>
       </c>
       <c r="W23" s="1" t="s">
-        <v>152</v>
+        <v>42</v>
       </c>
       <c r="X23" s="1">
         <v>0</v>
       </c>
       <c r="Y23" s="1" t="s">
-        <v>147</v>
+        <v>128</v>
       </c>
       <c r="Z23" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="AA23" s="1">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="AB23" s="1" t="s">
-        <v>110</v>
+        <v>129</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="s">
-        <v>153</v>
+        <v>124</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>154</v>
+        <v>125</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>155</v>
+        <v>126</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>156</v>
+        <v>127</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F24" s="1">
         <v>3</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J24" s="1">
         <v>2026</v>
       </c>
       <c r="K24" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L24" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M24" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N24" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O24" s="1">
         <v>0</v>
       </c>
       <c r="P24" s="1">
         <v>0</v>
       </c>
       <c r="Q24" s="1" t="s"/>
       <c r="R24" s="1" t="s"/>
       <c r="S24" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T24" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U24" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V24" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W24" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X24" s="1">
         <v>0</v>
       </c>
       <c r="Y24" s="1" t="s">
-        <v>157</v>
+        <v>128</v>
       </c>
       <c r="Z24" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="AA24" s="1">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="AB24" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="s">
-        <v>158</v>
+        <v>130</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>159</v>
+        <v>131</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>160</v>
+        <v>132</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F25" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J25" s="1">
         <v>2026</v>
       </c>
       <c r="K25" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L25" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M25" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N25" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O25" s="1">
         <v>0</v>
       </c>
       <c r="P25" s="1">
         <v>0</v>
       </c>
       <c r="Q25" s="1" t="s"/>
       <c r="R25" s="1" t="s"/>
       <c r="S25" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T25" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U25" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V25" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W25" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X25" s="1">
         <v>0</v>
       </c>
       <c r="Y25" s="1" t="s">
-        <v>55</v>
+        <v>128</v>
       </c>
       <c r="Z25" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="AA25" s="1">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="AB25" s="1" t="s">
-        <v>44</v>
+        <v>129</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="s">
-        <v>161</v>
+        <v>130</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>162</v>
+        <v>131</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>163</v>
+        <v>132</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F26" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>164</v>
+        <v>33</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J26" s="1">
         <v>2026</v>
       </c>
       <c r="K26" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L26" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M26" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N26" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O26" s="1">
         <v>0</v>
       </c>
       <c r="P26" s="1">
         <v>0</v>
       </c>
       <c r="Q26" s="1" t="s"/>
       <c r="R26" s="1" t="s"/>
       <c r="S26" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T26" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U26" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V26" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W26" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X26" s="1">
         <v>0</v>
       </c>
       <c r="Y26" s="1" t="s">
-        <v>165</v>
+        <v>128</v>
       </c>
       <c r="Z26" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="AA26" s="1">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="AB26" s="1" t="s">
-        <v>76</v>
+        <v>129</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="s">
-        <v>161</v>
+        <v>130</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>162</v>
+        <v>131</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>163</v>
+        <v>132</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F27" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J27" s="1">
         <v>2026</v>
       </c>
       <c r="K27" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L27" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M27" s="2">
         <v>46150.25</v>
       </c>
       <c r="N27" s="1" t="s">
         <v>37</v>
       </c>
@@ -5121,3380 +5843,3456 @@
       </c>
       <c r="P27" s="1">
         <v>0</v>
       </c>
       <c r="Q27" s="1" t="s"/>
       <c r="R27" s="1" t="s"/>
       <c r="S27" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T27" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U27" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V27" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W27" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X27" s="1">
         <v>0</v>
       </c>
       <c r="Y27" s="1" t="s">
-        <v>166</v>
+        <v>128</v>
       </c>
       <c r="Z27" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="AA27" s="1">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="AB27" s="1" t="s">
-        <v>76</v>
+        <v>129</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="s">
-        <v>167</v>
+        <v>133</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>168</v>
+        <v>134</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>169</v>
+        <v>135</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F28" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>164</v>
+        <v>136</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J28" s="1">
         <v>2026</v>
       </c>
       <c r="K28" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L28" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M28" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N28" s="1" t="s">
-        <v>37</v>
+        <v>105</v>
       </c>
       <c r="O28" s="1">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="P28" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R28" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q28" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="R28" s="1" t="s">
+        <v>138</v>
+      </c>
       <c r="S28" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T28" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U28" s="1" t="s">
-        <v>38</v>
+        <v>139</v>
       </c>
       <c r="V28" s="1" t="s">
-        <v>170</v>
+        <v>140</v>
       </c>
       <c r="W28" s="1" t="s">
-        <v>42</v>
+        <v>141</v>
       </c>
       <c r="X28" s="1">
         <v>0</v>
       </c>
       <c r="Y28" s="1" t="s">
-        <v>166</v>
+        <v>142</v>
       </c>
       <c r="Z28" s="1">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="AA28" s="1">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="AB28" s="1" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="s">
-        <v>167</v>
+        <v>133</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>168</v>
+        <v>134</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>169</v>
+        <v>135</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F29" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>33</v>
+        <v>144</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J29" s="1">
         <v>2026</v>
       </c>
       <c r="K29" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L29" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M29" s="2">
         <v>46150.25</v>
       </c>
       <c r="N29" s="1" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="O29" s="1">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="P29" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R29" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q29" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="R29" s="1" t="s">
+        <v>138</v>
+      </c>
       <c r="S29" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T29" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U29" s="1" t="s">
-        <v>72</v>
+        <v>139</v>
       </c>
       <c r="V29" s="1" t="s">
-        <v>73</v>
+        <v>140</v>
       </c>
       <c r="W29" s="1" t="s">
-        <v>42</v>
+        <v>141</v>
       </c>
       <c r="X29" s="1">
         <v>0</v>
       </c>
       <c r="Y29" s="1" t="s">
-        <v>165</v>
+        <v>142</v>
       </c>
       <c r="Z29" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="AA29" s="1">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="AB29" s="1" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="s">
-        <v>171</v>
+        <v>133</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>172</v>
+        <v>134</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>169</v>
+        <v>135</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>173</v>
+        <v>32</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F30" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>33</v>
+        <v>145</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J30" s="1">
         <v>2026</v>
       </c>
       <c r="K30" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L30" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M30" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N30" s="1" t="s">
-        <v>174</v>
+        <v>71</v>
       </c>
       <c r="O30" s="1">
-        <v>1200</v>
+        <v>900</v>
       </c>
       <c r="P30" s="1">
-        <v>1350</v>
+        <v>1150</v>
       </c>
       <c r="Q30" s="1" t="s">
-        <v>175</v>
+        <v>137</v>
       </c>
       <c r="R30" s="1" t="s">
-        <v>176</v>
+        <v>138</v>
       </c>
       <c r="S30" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T30" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U30" s="1" t="s">
-        <v>72</v>
+        <v>139</v>
       </c>
       <c r="V30" s="1" t="s">
-        <v>73</v>
+        <v>140</v>
       </c>
       <c r="W30" s="1" t="s">
-        <v>177</v>
+        <v>141</v>
       </c>
       <c r="X30" s="1">
         <v>0</v>
       </c>
       <c r="Y30" s="1" t="s">
-        <v>165</v>
+        <v>142</v>
       </c>
       <c r="Z30" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="AA30" s="1">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="AB30" s="1" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="s">
-        <v>178</v>
+        <v>146</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>179</v>
+        <v>147</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>180</v>
+        <v>148</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>181</v>
+        <v>32</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F31" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>33</v>
+        <v>149</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J31" s="1">
         <v>2026</v>
       </c>
       <c r="K31" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L31" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M31" s="2">
         <v>46150.25</v>
       </c>
       <c r="N31" s="1" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="O31" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="P31" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R31" s="1" t="s"/>
+        <v>1550</v>
+      </c>
+      <c r="Q31" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R31" s="1" t="s">
+        <v>150</v>
+      </c>
       <c r="S31" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T31" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U31" s="1" t="s">
-        <v>40</v>
+        <v>139</v>
       </c>
       <c r="V31" s="1" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="W31" s="1" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="X31" s="1">
         <v>0</v>
       </c>
       <c r="Y31" s="1" t="s">
-        <v>182</v>
+        <v>151</v>
       </c>
       <c r="Z31" s="1">
         <v>15</v>
       </c>
       <c r="AA31" s="1">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="AB31" s="1" t="s">
-        <v>96</v>
+        <v>143</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="s">
-        <v>183</v>
+        <v>146</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>184</v>
+        <v>147</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>185</v>
+        <v>148</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F32" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>33</v>
+        <v>152</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J32" s="1">
         <v>2026</v>
       </c>
       <c r="K32" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L32" s="2">
-        <v>46097.25</v>
+        <v>46251.25</v>
       </c>
       <c r="M32" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N32" s="1" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="O32" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="P32" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R32" s="1" t="s"/>
+        <v>1550</v>
+      </c>
+      <c r="Q32" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R32" s="1" t="s">
+        <v>150</v>
+      </c>
       <c r="S32" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T32" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U32" s="1" t="s">
-        <v>40</v>
+        <v>139</v>
       </c>
       <c r="V32" s="1" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="W32" s="1" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="X32" s="1">
         <v>0</v>
       </c>
       <c r="Y32" s="1" t="s">
-        <v>182</v>
+        <v>151</v>
       </c>
       <c r="Z32" s="1">
         <v>15</v>
       </c>
       <c r="AA32" s="1">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="AB32" s="1" t="s">
-        <v>96</v>
+        <v>143</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="s">
-        <v>186</v>
+        <v>153</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>187</v>
+        <v>154</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>187</v>
+        <v>155</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F33" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>188</v>
+        <v>136</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J33" s="1">
         <v>2026</v>
       </c>
       <c r="K33" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L33" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M33" s="2">
         <v>46150.25</v>
       </c>
       <c r="N33" s="1" t="s">
-        <v>123</v>
+        <v>156</v>
       </c>
       <c r="O33" s="1">
-        <v>1047</v>
+        <v>900</v>
       </c>
       <c r="P33" s="1">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="Q33" s="1" t="s">
-        <v>189</v>
+        <v>137</v>
       </c>
       <c r="R33" s="1" t="s">
-        <v>190</v>
+        <v>138</v>
       </c>
       <c r="S33" s="1" t="s">
-        <v>191</v>
+        <v>74</v>
       </c>
       <c r="T33" s="1" t="s">
-        <v>192</v>
+        <v>75</v>
       </c>
       <c r="U33" s="1" t="s">
-        <v>191</v>
+        <v>139</v>
       </c>
       <c r="V33" s="1" t="s">
-        <v>193</v>
+        <v>140</v>
       </c>
       <c r="W33" s="1" t="s">
-        <v>194</v>
+        <v>78</v>
       </c>
       <c r="X33" s="1">
         <v>0</v>
       </c>
       <c r="Y33" s="1" t="s">
-        <v>195</v>
+        <v>151</v>
       </c>
       <c r="Z33" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA33" s="1">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="AB33" s="1" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="s">
-        <v>196</v>
+        <v>153</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>197</v>
+        <v>154</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>198</v>
+        <v>155</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F34" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>164</v>
+        <v>152</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J34" s="1">
         <v>2026</v>
       </c>
       <c r="K34" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L34" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M34" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N34" s="1" t="s">
-        <v>37</v>
+        <v>156</v>
       </c>
       <c r="O34" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="P34" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R34" s="1" t="s"/>
+        <v>1550</v>
+      </c>
+      <c r="Q34" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R34" s="1" t="s">
+        <v>150</v>
+      </c>
       <c r="S34" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T34" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U34" s="1" t="s">
-        <v>40</v>
+        <v>139</v>
       </c>
       <c r="V34" s="1" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="W34" s="1" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="X34" s="1">
         <v>0</v>
       </c>
       <c r="Y34" s="1" t="s">
-        <v>166</v>
+        <v>151</v>
       </c>
       <c r="Z34" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA34" s="1">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="AB34" s="1" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="s">
-        <v>196</v>
+        <v>157</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>197</v>
+        <v>158</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F35" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>33</v>
+        <v>149</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J35" s="1">
         <v>2026</v>
       </c>
       <c r="K35" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L35" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M35" s="2">
         <v>46150.25</v>
       </c>
       <c r="N35" s="1" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="O35" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="P35" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R35" s="1" t="s"/>
+        <v>1550</v>
+      </c>
+      <c r="Q35" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R35" s="1" t="s">
+        <v>150</v>
+      </c>
       <c r="S35" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T35" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U35" s="1" t="s">
-        <v>40</v>
+        <v>139</v>
       </c>
       <c r="V35" s="1" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="W35" s="1" t="s">
-        <v>42</v>
+        <v>141</v>
       </c>
       <c r="X35" s="1">
         <v>0</v>
       </c>
       <c r="Y35" s="1" t="s">
-        <v>165</v>
+        <v>142</v>
       </c>
       <c r="Z35" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="AA35" s="1">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="AB35" s="1" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="s">
-        <v>199</v>
+        <v>157</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>200</v>
+        <v>158</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>201</v>
+        <v>159</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F36" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>188</v>
+        <v>145</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J36" s="1">
         <v>2026</v>
       </c>
       <c r="K36" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L36" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M36" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N36" s="1" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="O36" s="1">
-        <v>1047</v>
+        <v>1300</v>
       </c>
       <c r="P36" s="1">
-        <v>1147</v>
+        <v>1550</v>
       </c>
       <c r="Q36" s="1" t="s">
-        <v>189</v>
+        <v>106</v>
       </c>
       <c r="R36" s="1" t="s">
-        <v>190</v>
+        <v>150</v>
       </c>
       <c r="S36" s="1" t="s">
-        <v>191</v>
+        <v>74</v>
       </c>
       <c r="T36" s="1" t="s">
-        <v>192</v>
+        <v>75</v>
       </c>
       <c r="U36" s="1" t="s">
-        <v>191</v>
+        <v>139</v>
       </c>
       <c r="V36" s="1" t="s">
-        <v>193</v>
+        <v>140</v>
       </c>
       <c r="W36" s="1" t="s">
-        <v>194</v>
+        <v>141</v>
       </c>
       <c r="X36" s="1">
         <v>0</v>
       </c>
       <c r="Y36" s="1" t="s">
-        <v>195</v>
+        <v>142</v>
       </c>
       <c r="Z36" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA36" s="1">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="AB36" s="1" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="s">
-        <v>202</v>
+        <v>160</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>203</v>
+        <v>161</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>204</v>
+        <v>162</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>205</v>
+        <v>32</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>206</v>
+        <v>32</v>
       </c>
       <c r="F37" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>164</v>
+        <v>149</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J37" s="1">
         <v>2026</v>
       </c>
       <c r="K37" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L37" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M37" s="2">
         <v>46150.25</v>
       </c>
       <c r="N37" s="1" t="s">
-        <v>37</v>
+        <v>156</v>
       </c>
       <c r="O37" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="P37" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R37" s="1" t="s"/>
+        <v>1550</v>
+      </c>
+      <c r="Q37" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R37" s="1" t="s">
+        <v>150</v>
+      </c>
       <c r="S37" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T37" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U37" s="1" t="s">
-        <v>40</v>
+        <v>139</v>
       </c>
       <c r="V37" s="1" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="W37" s="1" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="X37" s="1">
         <v>0</v>
       </c>
       <c r="Y37" s="1" t="s">
-        <v>165</v>
+        <v>151</v>
       </c>
       <c r="Z37" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="AA37" s="1">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="AB37" s="1" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="s">
-        <v>202</v>
+        <v>160</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>203</v>
+        <v>161</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>204</v>
+        <v>162</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>205</v>
+        <v>32</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>206</v>
+        <v>32</v>
       </c>
       <c r="F38" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>33</v>
+        <v>152</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J38" s="1">
         <v>2026</v>
       </c>
       <c r="K38" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L38" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M38" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N38" s="1" t="s">
-        <v>37</v>
+        <v>156</v>
       </c>
       <c r="O38" s="1">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="P38" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R38" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q38" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="R38" s="1" t="s">
+        <v>138</v>
+      </c>
       <c r="S38" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T38" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U38" s="1" t="s">
-        <v>40</v>
+        <v>139</v>
       </c>
       <c r="V38" s="1" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="W38" s="1" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="X38" s="1">
         <v>0</v>
       </c>
       <c r="Y38" s="1" t="s">
-        <v>166</v>
+        <v>151</v>
       </c>
       <c r="Z38" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="AA38" s="1">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="AB38" s="1" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="s">
-        <v>207</v>
+        <v>163</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>208</v>
+        <v>164</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>209</v>
+        <v>165</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F39" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>164</v>
+        <v>144</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J39" s="1">
         <v>2026</v>
       </c>
       <c r="K39" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L39" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M39" s="2">
         <v>46150.25</v>
       </c>
       <c r="N39" s="1" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="O39" s="1">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="P39" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R39" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q39" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="R39" s="1" t="s">
+        <v>138</v>
+      </c>
       <c r="S39" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T39" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U39" s="1" t="s">
-        <v>40</v>
+        <v>139</v>
       </c>
       <c r="V39" s="1" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="W39" s="1" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="X39" s="1">
         <v>0</v>
       </c>
       <c r="Y39" s="1" t="s">
-        <v>165</v>
+        <v>151</v>
       </c>
       <c r="Z39" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="AA39" s="1">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="AB39" s="1" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="s">
-        <v>207</v>
+        <v>163</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>208</v>
+        <v>164</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>209</v>
+        <v>165</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F40" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>33</v>
+        <v>152</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J40" s="1">
         <v>2026</v>
       </c>
       <c r="K40" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L40" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M40" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N40" s="1" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="O40" s="1">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="P40" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R40" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q40" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="R40" s="1" t="s">
+        <v>138</v>
+      </c>
       <c r="S40" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T40" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U40" s="1" t="s">
-        <v>40</v>
+        <v>139</v>
       </c>
       <c r="V40" s="1" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="W40" s="1" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="X40" s="1">
         <v>0</v>
       </c>
       <c r="Y40" s="1" t="s">
-        <v>210</v>
+        <v>151</v>
       </c>
       <c r="Z40" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="AA40" s="1">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="AB40" s="1" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="s">
-        <v>211</v>
+        <v>166</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>212</v>
+        <v>167</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>213</v>
+        <v>168</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>214</v>
+        <v>32</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F41" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>164</v>
+        <v>136</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J41" s="1">
         <v>2026</v>
       </c>
       <c r="K41" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L41" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M41" s="2">
         <v>46150.25</v>
       </c>
       <c r="N41" s="1" t="s">
-        <v>37</v>
+        <v>156</v>
       </c>
       <c r="O41" s="1">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="P41" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R41" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q41" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="R41" s="1" t="s">
+        <v>138</v>
+      </c>
       <c r="S41" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T41" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U41" s="1" t="s">
-        <v>40</v>
+        <v>139</v>
       </c>
       <c r="V41" s="1" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="W41" s="1" t="s">
-        <v>42</v>
+        <v>169</v>
       </c>
       <c r="X41" s="1">
         <v>0</v>
       </c>
       <c r="Y41" s="1" t="s">
-        <v>210</v>
+        <v>142</v>
       </c>
       <c r="Z41" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="AA41" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="AB41" s="1" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="s">
-        <v>211</v>
+        <v>166</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>212</v>
+        <v>167</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>213</v>
+        <v>168</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>214</v>
+        <v>32</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F42" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>33</v>
+        <v>145</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J42" s="1">
         <v>2026</v>
       </c>
       <c r="K42" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L42" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M42" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N42" s="1" t="s">
-        <v>37</v>
+        <v>156</v>
       </c>
       <c r="O42" s="1">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="P42" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R42" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q42" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="R42" s="1" t="s">
+        <v>138</v>
+      </c>
       <c r="S42" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T42" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U42" s="1" t="s">
-        <v>40</v>
+        <v>139</v>
       </c>
       <c r="V42" s="1" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="W42" s="1" t="s">
-        <v>42</v>
+        <v>141</v>
       </c>
       <c r="X42" s="1">
         <v>0</v>
       </c>
       <c r="Y42" s="1" t="s">
-        <v>165</v>
+        <v>142</v>
       </c>
       <c r="Z42" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="AA42" s="1">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="AB42" s="1" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="s">
-        <v>215</v>
+        <v>170</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>216</v>
+        <v>171</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>217</v>
+        <v>172</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F43" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>33</v>
+        <v>98</v>
       </c>
       <c r="H43" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J43" s="1">
         <v>2026</v>
       </c>
       <c r="K43" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L43" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M43" s="2">
         <v>46150.25</v>
       </c>
       <c r="N43" s="1" t="s">
-        <v>37</v>
+        <v>156</v>
       </c>
       <c r="O43" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="P43" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R43" s="1" t="s"/>
+        <v>1550</v>
+      </c>
+      <c r="Q43" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R43" s="1" t="s">
+        <v>150</v>
+      </c>
       <c r="S43" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T43" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U43" s="1" t="s">
-        <v>40</v>
+        <v>139</v>
       </c>
       <c r="V43" s="1" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="W43" s="1" t="s">
-        <v>42</v>
+        <v>141</v>
       </c>
       <c r="X43" s="1">
         <v>0</v>
       </c>
       <c r="Y43" s="1" t="s">
-        <v>165</v>
+        <v>142</v>
       </c>
       <c r="Z43" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="AA43" s="1">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="AB43" s="1" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="s">
-        <v>218</v>
+        <v>170</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>219</v>
+        <v>171</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>220</v>
+        <v>172</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F44" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>33</v>
+        <v>145</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J44" s="1">
         <v>2026</v>
       </c>
       <c r="K44" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L44" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M44" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N44" s="1" t="s">
-        <v>37</v>
+        <v>156</v>
       </c>
       <c r="O44" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="P44" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R44" s="1" t="s"/>
+        <v>1550</v>
+      </c>
+      <c r="Q44" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R44" s="1" t="s">
+        <v>150</v>
+      </c>
       <c r="S44" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T44" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U44" s="1" t="s">
-        <v>40</v>
+        <v>139</v>
       </c>
       <c r="V44" s="1" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="W44" s="1" t="s">
-        <v>42</v>
+        <v>141</v>
       </c>
       <c r="X44" s="1">
         <v>0</v>
       </c>
       <c r="Y44" s="1" t="s">
-        <v>165</v>
+        <v>142</v>
       </c>
       <c r="Z44" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="AA44" s="1">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="AB44" s="1" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="s">
-        <v>221</v>
+        <v>173</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>222</v>
+        <v>174</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>223</v>
+        <v>175</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>224</v>
+        <v>32</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F45" s="1">
         <v>4</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>33</v>
+        <v>144</v>
       </c>
       <c r="H45" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J45" s="1">
         <v>2026</v>
       </c>
       <c r="K45" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L45" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M45" s="2">
         <v>46150.25</v>
       </c>
       <c r="N45" s="1" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="O45" s="1">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="P45" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R45" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q45" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="R45" s="1" t="s">
+        <v>138</v>
+      </c>
       <c r="S45" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T45" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U45" s="1" t="s">
-        <v>72</v>
+        <v>176</v>
       </c>
       <c r="V45" s="1" t="s">
-        <v>73</v>
+        <v>177</v>
       </c>
       <c r="W45" s="1" t="s">
-        <v>42</v>
+        <v>178</v>
       </c>
       <c r="X45" s="1">
         <v>0</v>
       </c>
       <c r="Y45" s="1" t="s">
-        <v>225</v>
+        <v>179</v>
       </c>
       <c r="Z45" s="1">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="AA45" s="1">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="AB45" s="1" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="s">
-        <v>226</v>
+        <v>180</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>227</v>
+        <v>181</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>228</v>
+        <v>182</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>229</v>
+        <v>32</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>230</v>
+        <v>32</v>
       </c>
       <c r="F46" s="1">
         <v>3</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>33</v>
+        <v>149</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J46" s="1">
         <v>2026</v>
       </c>
       <c r="K46" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L46" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M46" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N46" s="1" t="s">
-        <v>37</v>
+        <v>183</v>
       </c>
       <c r="O46" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="P46" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R46" s="1" t="s"/>
+        <v>1550</v>
+      </c>
+      <c r="Q46" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R46" s="1" t="s">
+        <v>150</v>
+      </c>
       <c r="S46" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T46" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U46" s="1" t="s">
-        <v>40</v>
+        <v>176</v>
       </c>
       <c r="V46" s="1" t="s">
-        <v>41</v>
+        <v>177</v>
       </c>
       <c r="W46" s="1" t="s">
-        <v>42</v>
+        <v>184</v>
       </c>
       <c r="X46" s="1">
         <v>0</v>
       </c>
       <c r="Y46" s="1" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="Z46" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="AA46" s="1">
         <v>11</v>
       </c>
       <c r="AB46" s="1" t="s">
-        <v>96</v>
+        <v>143</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="s">
-        <v>231</v>
+        <v>185</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>232</v>
+        <v>186</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>233</v>
+        <v>187</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>234</v>
+        <v>32</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F47" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>33</v>
+        <v>188</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J47" s="1">
         <v>2026</v>
       </c>
       <c r="K47" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L47" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M47" s="2">
-        <v>46088.29166666667</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N47" s="1" t="s">
-        <v>37</v>
+        <v>105</v>
       </c>
       <c r="O47" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="P47" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R47" s="1" t="s"/>
+        <v>1350</v>
+      </c>
+      <c r="Q47" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R47" s="1" t="s">
+        <v>189</v>
+      </c>
       <c r="S47" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T47" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U47" s="1" t="s">
-        <v>40</v>
+        <v>190</v>
       </c>
       <c r="V47" s="1" t="s">
-        <v>41</v>
+        <v>191</v>
       </c>
       <c r="W47" s="1" t="s">
-        <v>42</v>
+        <v>192</v>
       </c>
       <c r="X47" s="1">
         <v>0</v>
       </c>
       <c r="Y47" s="1" t="s">
-        <v>182</v>
+        <v>193</v>
       </c>
       <c r="Z47" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA47" s="1">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="AB47" s="1" t="s">
-        <v>96</v>
+        <v>143</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="s">
-        <v>235</v>
+        <v>194</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>236</v>
+        <v>195</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>237</v>
+        <v>196</v>
       </c>
       <c r="D48" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="E48" s="1" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F48" s="1">
         <v>3</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>53</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J48" s="1">
         <v>2026</v>
       </c>
       <c r="K48" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L48" s="2">
-        <v>46097.25</v>
+        <v>46174.25</v>
       </c>
       <c r="M48" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N48" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O48" s="1">
         <v>0</v>
       </c>
       <c r="P48" s="1">
         <v>0</v>
       </c>
       <c r="Q48" s="1" t="s"/>
       <c r="R48" s="1" t="s"/>
       <c r="S48" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T48" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U48" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V48" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W48" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X48" s="1">
         <v>0</v>
       </c>
       <c r="Y48" s="1" t="s">
-        <v>238</v>
+        <v>198</v>
       </c>
       <c r="Z48" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA48" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB48" s="1" t="s">
-        <v>44</v>
+        <v>129</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="s">
-        <v>235</v>
+        <v>194</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>236</v>
+        <v>195</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>237</v>
+        <v>196</v>
       </c>
       <c r="D49" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="E49" s="1" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F49" s="1">
         <v>3</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J49" s="1">
         <v>2026</v>
       </c>
       <c r="K49" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L49" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M49" s="2">
-        <v>46088.29166666667</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N49" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O49" s="1">
         <v>0</v>
       </c>
       <c r="P49" s="1">
         <v>0</v>
       </c>
       <c r="Q49" s="1" t="s"/>
       <c r="R49" s="1" t="s"/>
       <c r="S49" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T49" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U49" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V49" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W49" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X49" s="1">
         <v>0</v>
       </c>
       <c r="Y49" s="1" t="s">
-        <v>238</v>
+        <v>199</v>
       </c>
       <c r="Z49" s="1">
         <v>30</v>
       </c>
       <c r="AA49" s="1">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="AB49" s="1" t="s">
-        <v>44</v>
+        <v>129</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="s">
-        <v>239</v>
+        <v>194</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>240</v>
+        <v>195</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>241</v>
+        <v>196</v>
       </c>
       <c r="D50" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="E50" s="1" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F50" s="1">
         <v>3</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J50" s="1">
         <v>2026</v>
       </c>
       <c r="K50" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L50" s="2">
-        <v>46097.25</v>
+        <v>46174.25</v>
       </c>
       <c r="M50" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N50" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O50" s="1">
         <v>0</v>
       </c>
       <c r="P50" s="1">
         <v>0</v>
       </c>
       <c r="Q50" s="1" t="s"/>
       <c r="R50" s="1" t="s"/>
       <c r="S50" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T50" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U50" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V50" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W50" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X50" s="1">
         <v>0</v>
       </c>
       <c r="Y50" s="1" t="s">
-        <v>238</v>
+        <v>199</v>
       </c>
       <c r="Z50" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="AA50" s="1">
         <v>0</v>
       </c>
       <c r="AB50" s="1" t="s">
-        <v>44</v>
+        <v>129</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="s">
-        <v>242</v>
+        <v>194</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="D51" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="E51" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="E51" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F51" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J51" s="1">
         <v>2026</v>
       </c>
       <c r="K51" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L51" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M51" s="2">
         <v>46150.25</v>
       </c>
       <c r="N51" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O51" s="1">
         <v>0</v>
       </c>
       <c r="P51" s="1">
         <v>0</v>
       </c>
       <c r="Q51" s="1" t="s"/>
       <c r="R51" s="1" t="s"/>
       <c r="S51" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T51" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U51" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V51" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W51" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X51" s="1">
         <v>0</v>
       </c>
       <c r="Y51" s="1" t="s">
-        <v>245</v>
+        <v>199</v>
       </c>
       <c r="Z51" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="AA51" s="1">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="AB51" s="1" t="s">
-        <v>44</v>
+        <v>129</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="s">
-        <v>246</v>
+        <v>200</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>247</v>
+        <v>201</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>248</v>
+        <v>202</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F52" s="1">
         <v>3</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J52" s="1">
         <v>2026</v>
       </c>
       <c r="K52" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L52" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M52" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N52" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O52" s="1">
         <v>0</v>
       </c>
       <c r="P52" s="1">
         <v>0</v>
       </c>
       <c r="Q52" s="1" t="s"/>
       <c r="R52" s="1" t="s"/>
       <c r="S52" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T52" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U52" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V52" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W52" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X52" s="1">
         <v>0</v>
       </c>
       <c r="Y52" s="1" t="s">
-        <v>249</v>
+        <v>55</v>
       </c>
       <c r="Z52" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="AA52" s="1">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="AB52" s="1" t="s">
-        <v>96</v>
+        <v>44</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="s">
-        <v>250</v>
+        <v>203</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>251</v>
+        <v>204</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>252</v>
+        <v>205</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>253</v>
+        <v>32</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F53" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>33</v>
+        <v>206</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J53" s="1">
         <v>2026</v>
       </c>
       <c r="K53" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L53" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M53" s="2">
-        <v>46088.29166666667</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N53" s="1" t="s">
-        <v>37</v>
+        <v>207</v>
       </c>
       <c r="O53" s="1">
-        <v>0</v>
+        <v>1047</v>
       </c>
       <c r="P53" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R53" s="1" t="s"/>
+        <v>1147</v>
+      </c>
+      <c r="Q53" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="R53" s="1" t="s">
+        <v>209</v>
+      </c>
       <c r="S53" s="1" t="s">
-        <v>38</v>
+        <v>210</v>
       </c>
       <c r="T53" s="1" t="s">
-        <v>39</v>
+        <v>211</v>
       </c>
       <c r="U53" s="1" t="s">
-        <v>40</v>
+        <v>210</v>
       </c>
       <c r="V53" s="1" t="s">
-        <v>41</v>
+        <v>212</v>
       </c>
       <c r="W53" s="1" t="s">
-        <v>42</v>
+        <v>213</v>
       </c>
       <c r="X53" s="1">
         <v>0</v>
       </c>
       <c r="Y53" s="1" t="s">
-        <v>249</v>
+        <v>214</v>
       </c>
       <c r="Z53" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="AA53" s="1">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="AB53" s="1" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="s">
-        <v>254</v>
+        <v>215</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>255</v>
+        <v>216</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>256</v>
+        <v>205</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F54" s="1">
         <v>3</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>33</v>
+        <v>217</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J54" s="1">
         <v>2026</v>
       </c>
       <c r="K54" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L54" s="2">
-        <v>46097.25</v>
+        <v>46251.25</v>
       </c>
       <c r="M54" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N54" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O54" s="1">
         <v>0</v>
       </c>
       <c r="P54" s="1">
         <v>0</v>
       </c>
       <c r="Q54" s="1" t="s"/>
       <c r="R54" s="1" t="s"/>
       <c r="S54" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T54" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U54" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V54" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W54" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X54" s="1">
         <v>0</v>
       </c>
       <c r="Y54" s="1" t="s">
-        <v>249</v>
+        <v>218</v>
       </c>
       <c r="Z54" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="AA54" s="1">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="AB54" s="1" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="s">
-        <v>257</v>
+        <v>215</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>258</v>
+        <v>216</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>259</v>
+        <v>205</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F55" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>33</v>
+        <v>217</v>
       </c>
       <c r="H55" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J55" s="1">
         <v>2026</v>
       </c>
       <c r="K55" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L55" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M55" s="2">
         <v>46150.25</v>
       </c>
       <c r="N55" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O55" s="1">
         <v>0</v>
       </c>
       <c r="P55" s="1">
         <v>0</v>
       </c>
       <c r="Q55" s="1" t="s"/>
       <c r="R55" s="1" t="s"/>
       <c r="S55" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T55" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U55" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V55" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W55" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X55" s="1">
         <v>0</v>
       </c>
       <c r="Y55" s="1" t="s">
-        <v>249</v>
+        <v>219</v>
       </c>
       <c r="Z55" s="1">
+        <v>16</v>
+      </c>
+      <c r="AA55" s="1">
         <v>15</v>
       </c>
-      <c r="AA55" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="AB55" s="1" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="s">
-        <v>260</v>
+        <v>215</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>261</v>
+        <v>216</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>262</v>
+        <v>205</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>263</v>
+        <v>31</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>264</v>
+        <v>32</v>
       </c>
       <c r="F56" s="1">
         <v>3</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J56" s="1">
         <v>2026</v>
       </c>
       <c r="K56" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L56" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M56" s="2">
-        <v>46088.29166666667</v>
+        <v>46227.25</v>
       </c>
       <c r="N56" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O56" s="1">
         <v>0</v>
       </c>
       <c r="P56" s="1">
         <v>0</v>
       </c>
       <c r="Q56" s="1" t="s"/>
       <c r="R56" s="1" t="s"/>
       <c r="S56" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T56" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U56" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V56" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W56" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X56" s="1">
         <v>0</v>
       </c>
       <c r="Y56" s="1" t="s">
-        <v>157</v>
+        <v>219</v>
       </c>
       <c r="Z56" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA56" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="AB56" s="1" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="s">
-        <v>265</v>
+        <v>215</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>266</v>
+        <v>216</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>267</v>
+        <v>205</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F57" s="1">
         <v>3</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J57" s="1">
         <v>2026</v>
       </c>
       <c r="K57" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L57" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M57" s="2">
-        <v>46088.29166666667</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N57" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O57" s="1">
         <v>0</v>
       </c>
       <c r="P57" s="1">
         <v>0</v>
       </c>
       <c r="Q57" s="1" t="s"/>
       <c r="R57" s="1" t="s"/>
       <c r="S57" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T57" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U57" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V57" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W57" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X57" s="1">
         <v>0</v>
       </c>
       <c r="Y57" s="1" t="s">
-        <v>157</v>
+        <v>219</v>
       </c>
       <c r="Z57" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="AA57" s="1">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="AB57" s="1" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="s">
-        <v>268</v>
+        <v>215</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>269</v>
+        <v>216</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>270</v>
+        <v>205</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F58" s="1">
         <v>3</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J58" s="1">
         <v>2026</v>
       </c>
       <c r="K58" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L58" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M58" s="2">
         <v>46150.25</v>
       </c>
       <c r="N58" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O58" s="1">
         <v>0</v>
       </c>
       <c r="P58" s="1">
         <v>0</v>
       </c>
       <c r="Q58" s="1" t="s"/>
       <c r="R58" s="1" t="s"/>
       <c r="S58" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T58" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U58" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V58" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W58" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X58" s="1">
         <v>0</v>
       </c>
       <c r="Y58" s="1" t="s">
-        <v>157</v>
+        <v>220</v>
       </c>
       <c r="Z58" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="AA58" s="1">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="AB58" s="1" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="s">
-        <v>271</v>
+        <v>221</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>272</v>
+        <v>222</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>273</v>
+        <v>223</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F59" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>274</v>
+        <v>206</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J59" s="1">
         <v>2026</v>
       </c>
       <c r="K59" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L59" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M59" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N59" s="1" t="s">
-        <v>275</v>
+        <v>71</v>
       </c>
       <c r="O59" s="1">
-        <v>1000</v>
+        <v>1047</v>
       </c>
       <c r="P59" s="1">
-        <v>1050</v>
+        <v>1147</v>
       </c>
       <c r="Q59" s="1" t="s">
-        <v>276</v>
+        <v>208</v>
       </c>
       <c r="R59" s="1" t="s">
-        <v>277</v>
+        <v>209</v>
       </c>
       <c r="S59" s="1" t="s">
-        <v>38</v>
+        <v>210</v>
       </c>
       <c r="T59" s="1" t="s">
-        <v>39</v>
+        <v>211</v>
       </c>
       <c r="U59" s="1" t="s">
-        <v>38</v>
+        <v>210</v>
       </c>
       <c r="V59" s="1" t="s">
-        <v>170</v>
+        <v>212</v>
       </c>
       <c r="W59" s="1" t="s">
-        <v>42</v>
+        <v>213</v>
       </c>
       <c r="X59" s="1">
         <v>0</v>
       </c>
       <c r="Y59" s="1" t="s">
-        <v>157</v>
+        <v>214</v>
       </c>
       <c r="Z59" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="AA59" s="1">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="AB59" s="1" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="s">
-        <v>278</v>
+        <v>224</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>279</v>
+        <v>225</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>273</v>
+        <v>223</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>214</v>
+        <v>31</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F60" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>33</v>
+        <v>217</v>
       </c>
       <c r="H60" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J60" s="1">
         <v>2026</v>
       </c>
       <c r="K60" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L60" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M60" s="2">
         <v>46150.25</v>
       </c>
       <c r="N60" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O60" s="1">
         <v>0</v>
       </c>
       <c r="P60" s="1">
         <v>0</v>
       </c>
       <c r="Q60" s="1" t="s"/>
       <c r="R60" s="1" t="s"/>
       <c r="S60" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T60" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U60" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="V60" s="1" t="s">
-        <v>41</v>
+        <v>226</v>
       </c>
       <c r="W60" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X60" s="1">
         <v>0</v>
       </c>
       <c r="Y60" s="1" t="s">
-        <v>157</v>
+        <v>220</v>
       </c>
       <c r="Z60" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="AA60" s="1">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="AB60" s="1" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="s">
-        <v>280</v>
+        <v>224</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>281</v>
+        <v>225</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>282</v>
+        <v>223</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>283</v>
+        <v>31</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F61" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>284</v>
+        <v>33</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J61" s="1">
         <v>2026</v>
       </c>
       <c r="K61" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L61" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M61" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N61" s="1" t="s">
-        <v>275</v>
+        <v>37</v>
       </c>
       <c r="O61" s="1">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="P61" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q61" s="1" t="s"/>
+      <c r="R61" s="1" t="s"/>
       <c r="S61" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T61" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U61" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V61" s="1" t="s">
-        <v>170</v>
+        <v>41</v>
       </c>
       <c r="W61" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X61" s="1">
         <v>0</v>
       </c>
       <c r="Y61" s="1" t="s">
-        <v>157</v>
+        <v>218</v>
       </c>
       <c r="Z61" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="AA61" s="1">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="AB61" s="1" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="s">
-        <v>286</v>
+        <v>224</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>287</v>
+        <v>225</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>288</v>
+        <v>223</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F62" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H62" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J62" s="1">
         <v>2026</v>
       </c>
       <c r="K62" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L62" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M62" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N62" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O62" s="1">
         <v>0</v>
       </c>
       <c r="P62" s="1">
         <v>0</v>
       </c>
       <c r="Q62" s="1" t="s"/>
       <c r="R62" s="1" t="s"/>
       <c r="S62" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T62" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U62" s="1" t="s">
-        <v>38</v>
+        <v>82</v>
       </c>
       <c r="V62" s="1" t="s">
-        <v>170</v>
+        <v>83</v>
       </c>
       <c r="W62" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X62" s="1">
         <v>0</v>
       </c>
       <c r="Y62" s="1" t="s">
-        <v>289</v>
+        <v>219</v>
       </c>
       <c r="Z62" s="1">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="AA62" s="1">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="AB62" s="1" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="s">
-        <v>290</v>
+        <v>224</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>291</v>
+        <v>225</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>292</v>
+        <v>223</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F63" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J63" s="1">
         <v>2026</v>
       </c>
       <c r="K63" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L63" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M63" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N63" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O63" s="1">
         <v>0</v>
       </c>
       <c r="P63" s="1">
         <v>0</v>
       </c>
       <c r="Q63" s="1" t="s"/>
       <c r="R63" s="1" t="s"/>
       <c r="S63" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T63" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U63" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V63" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W63" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X63" s="1">
         <v>0</v>
       </c>
       <c r="Y63" s="1" t="s">
-        <v>293</v>
+        <v>219</v>
       </c>
       <c r="Z63" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="AA63" s="1">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="AB63" s="1" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="s">
-        <v>294</v>
+        <v>227</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>295</v>
+        <v>228</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>296</v>
+        <v>223</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>31</v>
+        <v>229</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F64" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>33</v>
+        <v>230</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J64" s="1">
         <v>2026</v>
       </c>
       <c r="K64" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L64" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M64" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N64" s="1" t="s">
-        <v>37</v>
+        <v>231</v>
       </c>
       <c r="O64" s="1">
-        <v>0</v>
+        <v>1200</v>
       </c>
       <c r="P64" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R64" s="1" t="s"/>
+        <v>1350</v>
+      </c>
+      <c r="Q64" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="R64" s="1" t="s">
+        <v>189</v>
+      </c>
       <c r="S64" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T64" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U64" s="1" t="s">
-        <v>40</v>
+        <v>82</v>
       </c>
       <c r="V64" s="1" t="s">
-        <v>41</v>
+        <v>83</v>
       </c>
       <c r="W64" s="1" t="s">
-        <v>42</v>
+        <v>233</v>
       </c>
       <c r="X64" s="1">
         <v>0</v>
       </c>
       <c r="Y64" s="1" t="s">
-        <v>293</v>
+        <v>219</v>
       </c>
       <c r="Z64" s="1">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="AA64" s="1">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="AB64" s="1" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="s">
-        <v>297</v>
+        <v>227</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>298</v>
+        <v>228</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>299</v>
+        <v>223</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>300</v>
+        <v>229</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F65" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H65" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J65" s="1">
         <v>2026</v>
       </c>
       <c r="K65" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L65" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M65" s="2">
         <v>46150.25</v>
       </c>
       <c r="N65" s="1" t="s">
-        <v>37</v>
+        <v>231</v>
       </c>
       <c r="O65" s="1">
-        <v>0</v>
+        <v>1200</v>
       </c>
       <c r="P65" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R65" s="1" t="s"/>
+        <v>1350</v>
+      </c>
+      <c r="Q65" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="R65" s="1" t="s">
+        <v>189</v>
+      </c>
       <c r="S65" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T65" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U65" s="1" t="s">
-        <v>40</v>
+        <v>82</v>
       </c>
       <c r="V65" s="1" t="s">
-        <v>41</v>
+        <v>83</v>
       </c>
       <c r="W65" s="1" t="s">
-        <v>42</v>
+        <v>233</v>
       </c>
       <c r="X65" s="1">
         <v>0</v>
       </c>
       <c r="Y65" s="1" t="s">
-        <v>301</v>
+        <v>219</v>
       </c>
       <c r="Z65" s="1">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="AA65" s="1">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="AB65" s="1" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="s">
-        <v>302</v>
+        <v>234</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>303</v>
+        <v>235</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>304</v>
+        <v>236</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>224</v>
+        <v>237</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F66" s="1">
         <v>3</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H66" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="J66" s="1">
         <v>2026</v>
       </c>
       <c r="K66" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L66" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M66" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N66" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O66" s="1">
         <v>0</v>
       </c>
       <c r="P66" s="1">
         <v>0</v>
       </c>
       <c r="Q66" s="1" t="s"/>
       <c r="R66" s="1" t="s"/>
       <c r="S66" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T66" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U66" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V66" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W66" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X66" s="1">
         <v>0</v>
       </c>
       <c r="Y66" s="1" t="s">
-        <v>289</v>
+        <v>238</v>
       </c>
       <c r="Z66" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="AA66" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="AB66" s="1" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="s">
-        <v>305</v>
+        <v>239</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>306</v>
+        <v>240</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>307</v>
+        <v>236</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>32</v>
+        <v>241</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>32</v>
+        <v>127</v>
       </c>
       <c r="F67" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>54</v>
+        <v>242</v>
       </c>
       <c r="J67" s="1">
         <v>2026</v>
       </c>
       <c r="K67" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L67" s="2">
-        <v>46097.25</v>
+        <v>46307.25</v>
       </c>
       <c r="M67" s="2">
-        <v>46150.25</v>
+        <v>46361.29166666667</v>
       </c>
       <c r="N67" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O67" s="1">
         <v>0</v>
       </c>
       <c r="P67" s="1">
         <v>0</v>
       </c>
       <c r="Q67" s="1" t="s"/>
       <c r="R67" s="1" t="s"/>
       <c r="S67" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T67" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U67" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V67" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W67" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X67" s="1">
         <v>0</v>
       </c>
       <c r="Y67" s="1" t="s">
-        <v>289</v>
+        <v>93</v>
       </c>
       <c r="Z67" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA67" s="1">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="AB67" s="1" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="s">
-        <v>308</v>
+        <v>239</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>309</v>
+        <v>240</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>310</v>
+        <v>236</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>32</v>
+        <v>241</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>32</v>
+        <v>127</v>
       </c>
       <c r="F68" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H68" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J68" s="1">
         <v>2026</v>
       </c>
       <c r="K68" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L68" s="2">
         <v>46097.25</v>
       </c>
       <c r="M68" s="2">
         <v>46150.25</v>
       </c>
       <c r="N68" s="1" t="s">
         <v>37</v>
       </c>
@@ -8503,4672 +9301,4528 @@
       </c>
       <c r="P68" s="1">
         <v>0</v>
       </c>
       <c r="Q68" s="1" t="s"/>
       <c r="R68" s="1" t="s"/>
       <c r="S68" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T68" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U68" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V68" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W68" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X68" s="1">
         <v>0</v>
       </c>
       <c r="Y68" s="1" t="s">
-        <v>289</v>
+        <v>238</v>
       </c>
       <c r="Z68" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA68" s="1">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="AB68" s="1" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="s">
-        <v>311</v>
+        <v>243</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>312</v>
+        <v>244</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>313</v>
+        <v>244</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>314</v>
+        <v>32</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F69" s="1">
         <v>3</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>315</v>
+        <v>206</v>
       </c>
       <c r="H69" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J69" s="1">
         <v>2026</v>
       </c>
       <c r="K69" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L69" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M69" s="2">
         <v>46150.25</v>
       </c>
       <c r="N69" s="1" t="s">
-        <v>316</v>
+        <v>156</v>
       </c>
       <c r="O69" s="1">
-        <v>800</v>
+        <v>1047</v>
       </c>
       <c r="P69" s="1">
-        <v>1700</v>
+        <v>1147</v>
       </c>
       <c r="Q69" s="1" t="s">
-        <v>317</v>
+        <v>208</v>
       </c>
       <c r="R69" s="1" t="s">
-        <v>83</v>
+        <v>209</v>
       </c>
       <c r="S69" s="1" t="s">
-        <v>191</v>
+        <v>210</v>
       </c>
       <c r="T69" s="1" t="s">
-        <v>192</v>
+        <v>211</v>
       </c>
       <c r="U69" s="1" t="s">
-        <v>191</v>
+        <v>210</v>
       </c>
       <c r="V69" s="1" t="s">
-        <v>193</v>
+        <v>212</v>
       </c>
       <c r="W69" s="1" t="s">
-        <v>42</v>
+        <v>245</v>
       </c>
       <c r="X69" s="1">
         <v>0</v>
       </c>
       <c r="Y69" s="1" t="s">
-        <v>289</v>
+        <v>214</v>
       </c>
       <c r="Z69" s="1">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="AA69" s="1">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="AB69" s="1" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="s">
-        <v>318</v>
+        <v>246</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>319</v>
+        <v>247</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>320</v>
+        <v>248</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F70" s="1">
         <v>3</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>188</v>
+        <v>217</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J70" s="1">
         <v>2026</v>
       </c>
       <c r="K70" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L70" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M70" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N70" s="1" t="s">
-        <v>321</v>
+        <v>37</v>
       </c>
       <c r="O70" s="1">
-        <v>953</v>
+        <v>0</v>
       </c>
       <c r="P70" s="1">
-        <v>1043</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q70" s="1" t="s"/>
+      <c r="R70" s="1" t="s"/>
       <c r="S70" s="1" t="s">
-        <v>191</v>
+        <v>38</v>
       </c>
       <c r="T70" s="1" t="s">
-        <v>192</v>
+        <v>39</v>
       </c>
       <c r="U70" s="1" t="s">
-        <v>191</v>
+        <v>40</v>
       </c>
       <c r="V70" s="1" t="s">
-        <v>193</v>
+        <v>41</v>
       </c>
       <c r="W70" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X70" s="1">
         <v>0</v>
       </c>
       <c r="Y70" s="1" t="s">
-        <v>324</v>
+        <v>219</v>
       </c>
       <c r="Z70" s="1">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="AA70" s="1">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="AB70" s="1" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="s">
-        <v>325</v>
+        <v>246</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>326</v>
+        <v>247</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>327</v>
+        <v>248</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F71" s="1">
         <v>3</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>33</v>
+        <v>217</v>
       </c>
       <c r="H71" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J71" s="1">
         <v>2026</v>
       </c>
       <c r="K71" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L71" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M71" s="2">
         <v>46150.25</v>
       </c>
       <c r="N71" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O71" s="1">
         <v>0</v>
       </c>
       <c r="P71" s="1">
         <v>0</v>
       </c>
       <c r="Q71" s="1" t="s"/>
       <c r="R71" s="1" t="s"/>
       <c r="S71" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T71" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U71" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V71" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W71" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X71" s="1">
         <v>0</v>
       </c>
       <c r="Y71" s="1" t="s">
-        <v>328</v>
+        <v>220</v>
       </c>
       <c r="Z71" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="AA71" s="1">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="AB71" s="1" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="s">
-        <v>329</v>
+        <v>246</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>330</v>
+        <v>247</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>331</v>
+        <v>248</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F72" s="1">
         <v>3</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J72" s="1">
         <v>2026</v>
       </c>
       <c r="K72" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L72" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M72" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N72" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O72" s="1">
         <v>0</v>
       </c>
       <c r="P72" s="1">
         <v>0</v>
       </c>
       <c r="Q72" s="1" t="s"/>
       <c r="R72" s="1" t="s"/>
       <c r="S72" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T72" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U72" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V72" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W72" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X72" s="1">
         <v>0</v>
       </c>
       <c r="Y72" s="1" t="s">
-        <v>328</v>
+        <v>218</v>
       </c>
       <c r="Z72" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="AA72" s="1">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="AB72" s="1" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="s">
-        <v>332</v>
+        <v>246</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>333</v>
+        <v>247</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>334</v>
+        <v>248</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F73" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>335</v>
+        <v>33</v>
       </c>
       <c r="H73" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J73" s="1">
         <v>2026</v>
       </c>
       <c r="K73" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L73" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M73" s="2">
         <v>46150.25</v>
       </c>
       <c r="N73" s="1" t="s">
-        <v>123</v>
+        <v>37</v>
       </c>
       <c r="O73" s="1">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="P73" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q73" s="1" t="s"/>
+      <c r="R73" s="1" t="s"/>
       <c r="S73" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T73" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U73" s="1" t="s">
-        <v>336</v>
+        <v>40</v>
       </c>
       <c r="V73" s="1" t="s">
-        <v>337</v>
+        <v>41</v>
       </c>
       <c r="W73" s="1" t="s">
-        <v>338</v>
+        <v>42</v>
       </c>
       <c r="X73" s="1">
         <v>0</v>
       </c>
       <c r="Y73" s="1" t="s">
-        <v>339</v>
+        <v>219</v>
       </c>
       <c r="Z73" s="1">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="AA73" s="1">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="AB73" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="s">
-        <v>340</v>
+        <v>246</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>341</v>
+        <v>247</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>342</v>
+        <v>248</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F74" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>114</v>
+        <v>33</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J74" s="1">
         <v>2026</v>
       </c>
       <c r="K74" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L74" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M74" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N74" s="1" t="s">
-        <v>123</v>
+        <v>37</v>
       </c>
       <c r="O74" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P74" s="1">
-        <v>1650</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q74" s="1" t="s"/>
+      <c r="R74" s="1" t="s"/>
       <c r="S74" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T74" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U74" s="1" t="s">
-        <v>106</v>
+        <v>40</v>
       </c>
       <c r="V74" s="1" t="s">
-        <v>107</v>
+        <v>41</v>
       </c>
       <c r="W74" s="1" t="s">
-        <v>344</v>
+        <v>42</v>
       </c>
       <c r="X74" s="1">
         <v>0</v>
       </c>
       <c r="Y74" s="1" t="s">
-        <v>339</v>
+        <v>220</v>
       </c>
       <c r="Z74" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="AA74" s="1">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="AB74" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="s">
-        <v>345</v>
+        <v>249</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>346</v>
+        <v>250</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>347</v>
+        <v>251</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F75" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>103</v>
+        <v>206</v>
       </c>
       <c r="H75" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J75" s="1">
         <v>2026</v>
       </c>
       <c r="K75" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L75" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M75" s="2">
         <v>46150.25</v>
       </c>
       <c r="N75" s="1" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="O75" s="1">
-        <v>800</v>
+        <v>1047</v>
       </c>
       <c r="P75" s="1">
-        <v>1150</v>
+        <v>1147</v>
       </c>
       <c r="Q75" s="1" t="s">
-        <v>317</v>
+        <v>208</v>
       </c>
       <c r="R75" s="1" t="s">
-        <v>105</v>
+        <v>209</v>
       </c>
       <c r="S75" s="1" t="s">
-        <v>70</v>
+        <v>210</v>
       </c>
       <c r="T75" s="1" t="s">
-        <v>71</v>
+        <v>211</v>
       </c>
       <c r="U75" s="1" t="s">
-        <v>336</v>
+        <v>210</v>
       </c>
       <c r="V75" s="1" t="s">
-        <v>337</v>
+        <v>212</v>
       </c>
       <c r="W75" s="1" t="s">
-        <v>344</v>
+        <v>245</v>
       </c>
       <c r="X75" s="1">
         <v>0</v>
       </c>
       <c r="Y75" s="1" t="s">
-        <v>339</v>
+        <v>214</v>
       </c>
       <c r="Z75" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="AA75" s="1">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="AB75" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="s">
-        <v>348</v>
+        <v>252</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>349</v>
+        <v>253</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>350</v>
+        <v>254</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>351</v>
+        <v>255</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>32</v>
+        <v>256</v>
       </c>
       <c r="F76" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>114</v>
+        <v>217</v>
       </c>
       <c r="H76" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J76" s="1">
         <v>2026</v>
       </c>
       <c r="K76" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L76" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M76" s="2">
         <v>46150.25</v>
       </c>
       <c r="N76" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O76" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P76" s="1">
-        <v>1650</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q76" s="1" t="s"/>
+      <c r="R76" s="1" t="s"/>
       <c r="S76" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T76" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U76" s="1" t="s">
-        <v>336</v>
+        <v>40</v>
       </c>
       <c r="V76" s="1" t="s">
-        <v>337</v>
+        <v>41</v>
       </c>
       <c r="W76" s="1" t="s">
-        <v>344</v>
+        <v>42</v>
       </c>
       <c r="X76" s="1">
         <v>0</v>
       </c>
       <c r="Y76" s="1" t="s">
-        <v>339</v>
+        <v>219</v>
       </c>
       <c r="Z76" s="1">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="AA76" s="1">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="AB76" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="s">
-        <v>352</v>
+        <v>252</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>353</v>
+        <v>253</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>354</v>
+        <v>254</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>355</v>
+        <v>255</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>32</v>
+        <v>256</v>
       </c>
       <c r="F77" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>122</v>
+        <v>33</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J77" s="1">
         <v>2026</v>
       </c>
       <c r="K77" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L77" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M77" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N77" s="1" t="s">
-        <v>275</v>
+        <v>37</v>
       </c>
       <c r="O77" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P77" s="1">
-        <v>950</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q77" s="1" t="s"/>
+      <c r="R77" s="1" t="s"/>
       <c r="S77" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T77" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U77" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V77" s="1" t="s">
-        <v>170</v>
+        <v>41</v>
       </c>
       <c r="W77" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X77" s="1">
         <v>0</v>
       </c>
       <c r="Y77" s="1" t="s">
-        <v>157</v>
+        <v>218</v>
       </c>
       <c r="Z77" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="AA77" s="1">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="AB77" s="1" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="s">
-        <v>357</v>
+        <v>252</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>358</v>
+        <v>253</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>354</v>
+        <v>254</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>359</v>
+        <v>255</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>32</v>
+        <v>256</v>
       </c>
       <c r="F78" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>360</v>
+        <v>33</v>
       </c>
       <c r="H78" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J78" s="1">
         <v>2026</v>
       </c>
       <c r="K78" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L78" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M78" s="2">
         <v>46150.25</v>
       </c>
       <c r="N78" s="1" t="s">
-        <v>174</v>
+        <v>37</v>
       </c>
       <c r="O78" s="1">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="P78" s="1">
-        <v>1250</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q78" s="1" t="s"/>
+      <c r="R78" s="1" t="s"/>
       <c r="S78" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T78" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U78" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V78" s="1" t="s">
-        <v>170</v>
+        <v>41</v>
       </c>
       <c r="W78" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X78" s="1">
         <v>0</v>
       </c>
       <c r="Y78" s="1" t="s">
-        <v>157</v>
+        <v>220</v>
       </c>
       <c r="Z78" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="AA78" s="1">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="AB78" s="1" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="s">
-        <v>362</v>
+        <v>252</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>363</v>
+        <v>253</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>364</v>
+        <v>254</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>365</v>
+        <v>255</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>32</v>
+        <v>256</v>
       </c>
       <c r="F79" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>103</v>
+        <v>33</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J79" s="1">
         <v>2026</v>
       </c>
       <c r="K79" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L79" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M79" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N79" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O79" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P79" s="1">
-        <v>1040</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q79" s="1" t="s"/>
+      <c r="R79" s="1" t="s"/>
       <c r="S79" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T79" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U79" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V79" s="1" t="s">
-        <v>170</v>
+        <v>41</v>
       </c>
       <c r="W79" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X79" s="1">
         <v>0</v>
       </c>
       <c r="Y79" s="1" t="s">
-        <v>157</v>
+        <v>220</v>
       </c>
       <c r="Z79" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA79" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="AB79" s="1" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="s">
-        <v>367</v>
+        <v>257</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>368</v>
+        <v>258</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>369</v>
+        <v>251</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>32</v>
+        <v>259</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F80" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>370</v>
+        <v>144</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J80" s="1">
         <v>2026</v>
       </c>
       <c r="K80" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L80" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M80" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N80" s="1" t="s">
-        <v>81</v>
+        <v>231</v>
       </c>
       <c r="O80" s="1">
         <v>800</v>
       </c>
       <c r="P80" s="1">
-        <v>850</v>
+        <v>950</v>
       </c>
       <c r="Q80" s="1" t="s">
-        <v>317</v>
+        <v>260</v>
       </c>
       <c r="R80" s="1" t="s">
-        <v>371</v>
+        <v>261</v>
       </c>
       <c r="S80" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T80" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U80" s="1" t="s">
-        <v>372</v>
+        <v>82</v>
       </c>
       <c r="V80" s="1" t="s">
-        <v>373</v>
+        <v>83</v>
       </c>
       <c r="W80" s="1" t="s">
-        <v>374</v>
+        <v>233</v>
       </c>
       <c r="X80" s="1">
         <v>0</v>
       </c>
       <c r="Y80" s="1" t="s">
-        <v>375</v>
+        <v>219</v>
       </c>
       <c r="Z80" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="AA80" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="AB80" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="s">
-        <v>367</v>
+        <v>262</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>368</v>
+        <v>263</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>369</v>
+        <v>264</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F81" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>376</v>
+        <v>217</v>
       </c>
       <c r="H81" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J81" s="1">
         <v>2026</v>
       </c>
       <c r="K81" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L81" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M81" s="2">
         <v>46150.25</v>
       </c>
       <c r="N81" s="1" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="O81" s="1">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="P81" s="1">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q81" s="1" t="s"/>
+      <c r="R81" s="1" t="s"/>
       <c r="S81" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T81" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U81" s="1" t="s">
-        <v>377</v>
+        <v>40</v>
       </c>
       <c r="V81" s="1" t="s">
-        <v>378</v>
+        <v>41</v>
       </c>
       <c r="W81" s="1" t="s">
-        <v>379</v>
+        <v>42</v>
       </c>
       <c r="X81" s="1">
         <v>0</v>
       </c>
       <c r="Y81" s="1" t="s">
-        <v>380</v>
+        <v>219</v>
       </c>
       <c r="Z81" s="1">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="AA81" s="1">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="AB81" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="s">
-        <v>381</v>
+        <v>262</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>382</v>
+        <v>263</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>383</v>
+        <v>264</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F82" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>370</v>
+        <v>217</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J82" s="1">
         <v>2026</v>
       </c>
       <c r="K82" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L82" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M82" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N82" s="1" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="O82" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P82" s="1">
-        <v>950</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q82" s="1" t="s"/>
+      <c r="R82" s="1" t="s"/>
       <c r="S82" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T82" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U82" s="1" t="s">
-        <v>372</v>
+        <v>40</v>
       </c>
       <c r="V82" s="1" t="s">
-        <v>373</v>
+        <v>41</v>
       </c>
       <c r="W82" s="1" t="s">
-        <v>374</v>
+        <v>42</v>
       </c>
       <c r="X82" s="1">
         <v>0</v>
       </c>
       <c r="Y82" s="1" t="s">
-        <v>375</v>
+        <v>219</v>
       </c>
       <c r="Z82" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="AA82" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="AB82" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="s">
-        <v>381</v>
+        <v>262</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>382</v>
+        <v>263</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>383</v>
+        <v>264</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F83" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>376</v>
+        <v>33</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J83" s="1">
         <v>2026</v>
       </c>
       <c r="K83" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L83" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M83" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N83" s="1" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="O83" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P83" s="1">
-        <v>950</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q83" s="1" t="s"/>
+      <c r="R83" s="1" t="s"/>
       <c r="S83" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T83" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U83" s="1" t="s">
-        <v>372</v>
+        <v>40</v>
       </c>
       <c r="V83" s="1" t="s">
-        <v>373</v>
+        <v>41</v>
       </c>
       <c r="W83" s="1" t="s">
-        <v>384</v>
+        <v>42</v>
       </c>
       <c r="X83" s="1">
         <v>0</v>
       </c>
       <c r="Y83" s="1" t="s">
-        <v>380</v>
+        <v>220</v>
       </c>
       <c r="Z83" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="AA83" s="1">
         <v>2</v>
       </c>
       <c r="AB83" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="s">
-        <v>385</v>
+        <v>262</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>386</v>
+        <v>263</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>387</v>
+        <v>264</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F84" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>370</v>
+        <v>33</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J84" s="1">
         <v>2026</v>
       </c>
       <c r="K84" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L84" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M84" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N84" s="1" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="O84" s="1">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="P84" s="1">
-        <v>1250</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q84" s="1" t="s"/>
+      <c r="R84" s="1" t="s"/>
       <c r="S84" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T84" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U84" s="1" t="s">
-        <v>372</v>
+        <v>40</v>
       </c>
       <c r="V84" s="1" t="s">
-        <v>373</v>
+        <v>41</v>
       </c>
       <c r="W84" s="1" t="s">
-        <v>374</v>
+        <v>42</v>
       </c>
       <c r="X84" s="1">
         <v>0</v>
       </c>
       <c r="Y84" s="1" t="s">
-        <v>375</v>
+        <v>220</v>
       </c>
       <c r="Z84" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="AA84" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="AB84" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="s">
-        <v>388</v>
+        <v>262</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>389</v>
+        <v>263</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>390</v>
+        <v>264</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F85" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>370</v>
+        <v>33</v>
       </c>
       <c r="H85" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J85" s="1">
         <v>2026</v>
       </c>
       <c r="K85" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L85" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M85" s="2">
         <v>46150.25</v>
       </c>
       <c r="N85" s="1" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="O85" s="1">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="P85" s="1">
-        <v>1630</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q85" s="1" t="s"/>
+      <c r="R85" s="1" t="s"/>
       <c r="S85" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T85" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U85" s="1" t="s">
-        <v>372</v>
+        <v>40</v>
       </c>
       <c r="V85" s="1" t="s">
-        <v>373</v>
+        <v>41</v>
       </c>
       <c r="W85" s="1" t="s">
-        <v>374</v>
+        <v>42</v>
       </c>
       <c r="X85" s="1">
         <v>0</v>
       </c>
       <c r="Y85" s="1" t="s">
-        <v>375</v>
+        <v>218</v>
       </c>
       <c r="Z85" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="AA85" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="AB85" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="s">
-        <v>388</v>
+        <v>265</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>389</v>
+        <v>266</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>390</v>
+        <v>267</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>32</v>
+        <v>268</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F86" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>376</v>
+        <v>217</v>
       </c>
       <c r="H86" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J86" s="1">
         <v>2026</v>
       </c>
       <c r="K86" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L86" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M86" s="2">
         <v>46150.25</v>
       </c>
       <c r="N86" s="1" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="O86" s="1">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="P86" s="1">
-        <v>1630</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q86" s="1" t="s"/>
+      <c r="R86" s="1" t="s"/>
       <c r="S86" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T86" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U86" s="1" t="s">
-        <v>372</v>
+        <v>40</v>
       </c>
       <c r="V86" s="1" t="s">
-        <v>373</v>
+        <v>41</v>
       </c>
       <c r="W86" s="1" t="s">
-        <v>384</v>
+        <v>42</v>
       </c>
       <c r="X86" s="1">
         <v>0</v>
       </c>
       <c r="Y86" s="1" t="s">
-        <v>380</v>
+        <v>218</v>
       </c>
       <c r="Z86" s="1">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="AA86" s="1">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="AB86" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="s">
-        <v>393</v>
+        <v>265</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>394</v>
+        <v>266</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>395</v>
+        <v>267</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>32</v>
+        <v>268</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F87" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>396</v>
+        <v>33</v>
       </c>
       <c r="H87" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J87" s="1">
         <v>2026</v>
       </c>
       <c r="K87" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L87" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M87" s="2">
         <v>46150.25</v>
       </c>
       <c r="N87" s="1" t="s">
-        <v>397</v>
+        <v>37</v>
       </c>
       <c r="O87" s="1">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="P87" s="1">
-        <v>1700</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q87" s="1" t="s"/>
+      <c r="R87" s="1" t="s"/>
       <c r="S87" s="1" t="s">
-        <v>191</v>
+        <v>38</v>
       </c>
       <c r="T87" s="1" t="s">
-        <v>192</v>
+        <v>39</v>
       </c>
       <c r="U87" s="1" t="s">
-        <v>191</v>
+        <v>40</v>
       </c>
       <c r="V87" s="1" t="s">
-        <v>193</v>
+        <v>41</v>
       </c>
       <c r="W87" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X87" s="1">
         <v>0</v>
       </c>
       <c r="Y87" s="1" t="s">
-        <v>398</v>
+        <v>219</v>
       </c>
       <c r="Z87" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="AA87" s="1">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="AB87" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="s">
-        <v>399</v>
+        <v>265</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>400</v>
+        <v>266</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>401</v>
+        <v>267</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>32</v>
+        <v>268</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F88" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>396</v>
+        <v>33</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J88" s="1">
         <v>2026</v>
       </c>
       <c r="K88" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L88" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M88" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N88" s="1" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="O88" s="1">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="P88" s="1">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q88" s="1" t="s"/>
+      <c r="R88" s="1" t="s"/>
       <c r="S88" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T88" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U88" s="1" t="s">
-        <v>372</v>
+        <v>40</v>
       </c>
       <c r="V88" s="1" t="s">
-        <v>373</v>
+        <v>41</v>
       </c>
       <c r="W88" s="1" t="s">
-        <v>402</v>
+        <v>42</v>
       </c>
       <c r="X88" s="1">
         <v>0</v>
       </c>
       <c r="Y88" s="1" t="s">
-        <v>398</v>
+        <v>220</v>
       </c>
       <c r="Z88" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA88" s="1">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="AB88" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="s">
-        <v>403</v>
+        <v>265</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>404</v>
+        <v>266</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>405</v>
+        <v>267</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>32</v>
+        <v>268</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F89" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>396</v>
+        <v>33</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J89" s="1">
         <v>2026</v>
       </c>
       <c r="K89" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L89" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M89" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N89" s="1" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="O89" s="1">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="P89" s="1">
-        <v>1050</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q89" s="1" t="s"/>
+      <c r="R89" s="1" t="s"/>
       <c r="S89" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T89" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U89" s="1" t="s">
-        <v>372</v>
+        <v>40</v>
       </c>
       <c r="V89" s="1" t="s">
-        <v>373</v>
+        <v>41</v>
       </c>
       <c r="W89" s="1" t="s">
-        <v>384</v>
+        <v>42</v>
       </c>
       <c r="X89" s="1">
         <v>0</v>
       </c>
       <c r="Y89" s="1" t="s">
-        <v>398</v>
+        <v>220</v>
       </c>
       <c r="Z89" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="AA89" s="1">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="AB89" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="s">
-        <v>406</v>
+        <v>269</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>407</v>
+        <v>270</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>408</v>
+        <v>264</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>32</v>
+        <v>268</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>32</v>
+        <v>259</v>
       </c>
       <c r="F90" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>396</v>
+        <v>271</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J90" s="1">
         <v>2026</v>
       </c>
       <c r="K90" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L90" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M90" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N90" s="1" t="s">
-        <v>81</v>
+        <v>231</v>
       </c>
       <c r="O90" s="1">
-        <v>1100</v>
+        <v>1000</v>
       </c>
       <c r="P90" s="1">
-        <v>1250</v>
+        <v>1150</v>
       </c>
       <c r="Q90" s="1" t="s">
-        <v>285</v>
+        <v>272</v>
       </c>
       <c r="R90" s="1" t="s">
-        <v>361</v>
+        <v>138</v>
       </c>
       <c r="S90" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T90" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U90" s="1" t="s">
-        <v>372</v>
+        <v>82</v>
       </c>
       <c r="V90" s="1" t="s">
-        <v>373</v>
+        <v>83</v>
       </c>
       <c r="W90" s="1" t="s">
-        <v>384</v>
+        <v>273</v>
       </c>
       <c r="X90" s="1">
         <v>0</v>
       </c>
       <c r="Y90" s="1" t="s">
-        <v>398</v>
+        <v>219</v>
       </c>
       <c r="Z90" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="AA90" s="1">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="AB90" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="s">
-        <v>409</v>
+        <v>274</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>410</v>
+        <v>275</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>411</v>
+        <v>276</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>412</v>
+        <v>31</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F91" s="1">
         <v>3</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>376</v>
+        <v>33</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J91" s="1">
         <v>2026</v>
       </c>
       <c r="K91" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L91" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M91" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N91" s="1" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="O91" s="1">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="P91" s="1">
-        <v>1050</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q91" s="1" t="s"/>
+      <c r="R91" s="1" t="s"/>
       <c r="S91" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T91" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U91" s="1" t="s">
-        <v>372</v>
+        <v>40</v>
       </c>
       <c r="V91" s="1" t="s">
-        <v>373</v>
+        <v>41</v>
       </c>
       <c r="W91" s="1" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="X91" s="1">
         <v>0</v>
       </c>
       <c r="Y91" s="1" t="s">
-        <v>380</v>
+        <v>219</v>
       </c>
       <c r="Z91" s="1">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="AA91" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB91" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="s">
-        <v>413</v>
+        <v>274</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>414</v>
+        <v>275</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>415</v>
+        <v>276</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F92" s="1">
         <v>3</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>122</v>
+        <v>33</v>
       </c>
       <c r="H92" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J92" s="1">
         <v>2026</v>
       </c>
       <c r="K92" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L92" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M92" s="2">
         <v>46150.25</v>
       </c>
       <c r="N92" s="1" t="s">
-        <v>416</v>
+        <v>37</v>
       </c>
       <c r="O92" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P92" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q92" s="1" t="s"/>
+      <c r="R92" s="1" t="s"/>
       <c r="S92" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T92" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U92" s="1" t="s">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="V92" s="1" t="s">
-        <v>145</v>
+        <v>41</v>
       </c>
       <c r="W92" s="1" t="s">
-        <v>152</v>
+        <v>42</v>
       </c>
       <c r="X92" s="1">
         <v>0</v>
       </c>
       <c r="Y92" s="1" t="s">
-        <v>147</v>
+        <v>219</v>
       </c>
       <c r="Z92" s="1">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="AA92" s="1">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="AB92" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="s">
-        <v>417</v>
+        <v>274</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>418</v>
+        <v>275</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>419</v>
+        <v>276</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F93" s="1">
         <v>3</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>140</v>
+        <v>33</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J93" s="1">
         <v>2026</v>
       </c>
       <c r="K93" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L93" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M93" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N93" s="1" t="s">
-        <v>416</v>
+        <v>37</v>
       </c>
       <c r="O93" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P93" s="1">
-        <v>1550</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q93" s="1" t="s"/>
+      <c r="R93" s="1" t="s"/>
       <c r="S93" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T93" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U93" s="1" t="s">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="V93" s="1" t="s">
-        <v>145</v>
+        <v>41</v>
       </c>
       <c r="W93" s="1" t="s">
-        <v>152</v>
+        <v>42</v>
       </c>
       <c r="X93" s="1">
         <v>0</v>
       </c>
       <c r="Y93" s="1" t="s">
-        <v>147</v>
+        <v>219</v>
       </c>
       <c r="Z93" s="1">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="AA93" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="AB93" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="s">
-        <v>417</v>
+        <v>277</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>418</v>
+        <v>278</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>419</v>
+        <v>279</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F94" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>188</v>
+        <v>33</v>
       </c>
       <c r="H94" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J94" s="1">
         <v>2026</v>
       </c>
       <c r="K94" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L94" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M94" s="2">
         <v>46150.25</v>
       </c>
       <c r="N94" s="1" t="s">
-        <v>397</v>
+        <v>37</v>
       </c>
       <c r="O94" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P94" s="1">
-        <v>1550</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q94" s="1" t="s"/>
+      <c r="R94" s="1" t="s"/>
       <c r="S94" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T94" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U94" s="1" t="s">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="V94" s="1" t="s">
-        <v>145</v>
+        <v>41</v>
       </c>
       <c r="W94" s="1" t="s">
-        <v>152</v>
+        <v>42</v>
       </c>
       <c r="X94" s="1">
         <v>0</v>
       </c>
       <c r="Y94" s="1" t="s">
-        <v>147</v>
+        <v>219</v>
       </c>
       <c r="Z94" s="1">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="AA94" s="1">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="AB94" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="s">
-        <v>420</v>
+        <v>277</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>421</v>
+        <v>278</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>422</v>
+        <v>279</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F95" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>103</v>
+        <v>33</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J95" s="1">
         <v>2026</v>
       </c>
       <c r="K95" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L95" s="2">
-        <v>46097.25</v>
+        <v>46174.25</v>
       </c>
       <c r="M95" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N95" s="1" t="s">
-        <v>423</v>
+        <v>37</v>
       </c>
       <c r="O95" s="1">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="P95" s="1">
-        <v>1700</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q95" s="1" t="s"/>
+      <c r="R95" s="1" t="s"/>
       <c r="S95" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T95" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U95" s="1" t="s">
-        <v>191</v>
+        <v>40</v>
       </c>
       <c r="V95" s="1" t="s">
-        <v>424</v>
+        <v>41</v>
       </c>
       <c r="W95" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X95" s="1">
         <v>0</v>
       </c>
       <c r="Y95" s="1" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="Z95" s="1">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="AA95" s="1">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="AB95" s="1" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="s">
-        <v>425</v>
+        <v>280</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>426</v>
+        <v>281</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>427</v>
+        <v>282</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>32</v>
+        <v>259</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F96" s="1">
         <v>1</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>428</v>
+        <v>149</v>
       </c>
       <c r="H96" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J96" s="1">
         <v>2026</v>
       </c>
       <c r="K96" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L96" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M96" s="2">
-        <v>46088.29166666667</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N96" s="1" t="s">
-        <v>174</v>
+        <v>231</v>
       </c>
       <c r="O96" s="1">
-        <v>1700</v>
+        <v>1400</v>
       </c>
       <c r="P96" s="1">
-        <v>1840</v>
+        <v>1550</v>
       </c>
       <c r="Q96" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="R96" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="S96" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T96" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U96" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V96" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="R96" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="W96" s="1" t="s">
-        <v>42</v>
+        <v>233</v>
       </c>
       <c r="X96" s="1">
         <v>0</v>
       </c>
       <c r="Y96" s="1" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="Z96" s="1">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="AA96" s="1">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="AB96" s="1" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="s">
-        <v>430</v>
+        <v>284</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>431</v>
+        <v>285</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>432</v>
+        <v>286</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F97" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>433</v>
+        <v>33</v>
       </c>
       <c r="H97" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J97" s="1">
         <v>2026</v>
       </c>
       <c r="K97" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L97" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M97" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N97" s="1" t="s">
-        <v>151</v>
+        <v>37</v>
       </c>
       <c r="O97" s="1">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="P97" s="1">
-        <v>1140</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q97" s="1" t="s"/>
+      <c r="R97" s="1" t="s"/>
       <c r="S97" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T97" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U97" s="1" t="s">
-        <v>38</v>
+        <v>82</v>
       </c>
       <c r="V97" s="1" t="s">
-        <v>170</v>
+        <v>83</v>
       </c>
       <c r="W97" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X97" s="1">
         <v>0</v>
       </c>
       <c r="Y97" s="1" t="s">
-        <v>210</v>
+        <v>288</v>
       </c>
       <c r="Z97" s="1">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="AA97" s="1">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="AB97" s="1" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="s">
-        <v>435</v>
+        <v>284</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>436</v>
+        <v>285</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>437</v>
+        <v>286</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F98" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>315</v>
+        <v>33</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J98" s="1">
         <v>2026</v>
       </c>
       <c r="K98" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L98" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M98" s="2">
-        <v>46088.29166666667</v>
+        <v>46227.25</v>
       </c>
       <c r="N98" s="1" t="s">
-        <v>316</v>
+        <v>37</v>
       </c>
       <c r="O98" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P98" s="1">
-        <v>1620</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q98" s="1" t="s"/>
+      <c r="R98" s="1" t="s"/>
       <c r="S98" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T98" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U98" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V98" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W98" s="1" t="s">
-        <v>439</v>
+        <v>42</v>
       </c>
       <c r="X98" s="1">
         <v>0</v>
       </c>
       <c r="Y98" s="1" t="s">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="Z98" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="AA98" s="1">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="AB98" s="1" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="s">
-        <v>440</v>
+        <v>284</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>441</v>
+        <v>285</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>442</v>
+        <v>286</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>31</v>
+        <v>287</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F99" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J99" s="1">
         <v>2026</v>
       </c>
       <c r="K99" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L99" s="2">
-        <v>46097.25</v>
+        <v>46251.25</v>
       </c>
       <c r="M99" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N99" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O99" s="1">
         <v>0</v>
       </c>
       <c r="P99" s="1">
         <v>0</v>
       </c>
       <c r="Q99" s="1" t="s"/>
       <c r="R99" s="1" t="s"/>
       <c r="S99" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T99" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U99" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V99" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W99" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X99" s="1">
         <v>0</v>
       </c>
       <c r="Y99" s="1" t="s">
-        <v>443</v>
+        <v>220</v>
       </c>
       <c r="Z99" s="1">
         <v>20</v>
       </c>
       <c r="AA99" s="1">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="AB99" s="1" t="s">
-        <v>444</v>
+        <v>80</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="s">
-        <v>445</v>
+        <v>289</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>446</v>
+        <v>290</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>447</v>
+        <v>291</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>448</v>
+        <v>292</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>32</v>
+        <v>293</v>
       </c>
       <c r="F100" s="1">
         <v>3</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>433</v>
+        <v>33</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="J100" s="1">
         <v>2026</v>
       </c>
       <c r="K100" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L100" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M100" s="2">
-        <v>46150.25</v>
+        <v>46305.25</v>
       </c>
       <c r="N100" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O100" s="1">
-        <v>930</v>
+        <v>0</v>
       </c>
       <c r="P100" s="1">
-        <v>1050</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q100" s="1" t="s"/>
+      <c r="R100" s="1" t="s"/>
       <c r="S100" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T100" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U100" s="1" t="s">
-        <v>450</v>
+        <v>40</v>
       </c>
       <c r="V100" s="1" t="s">
-        <v>451</v>
+        <v>41</v>
       </c>
       <c r="W100" s="1" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="X100" s="1">
         <v>0</v>
       </c>
       <c r="Y100" s="1" t="s">
-        <v>452</v>
+        <v>93</v>
       </c>
       <c r="Z100" s="1">
         <v>20</v>
       </c>
       <c r="AA100" s="1">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="AB100" s="1" t="s">
-        <v>444</v>
+        <v>129</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="s">
-        <v>453</v>
+        <v>289</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>454</v>
+        <v>290</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>455</v>
+        <v>291</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>456</v>
+        <v>292</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>457</v>
+        <v>293</v>
       </c>
       <c r="F101" s="1">
         <v>3</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>66</v>
+        <v>33</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J101" s="1">
         <v>2026</v>
       </c>
       <c r="K101" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L101" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M101" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N101" s="1" t="s">
-        <v>151</v>
+        <v>37</v>
       </c>
       <c r="O101" s="1">
-        <v>1600</v>
+        <v>0</v>
       </c>
       <c r="P101" s="1">
-        <v>1910</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q101" s="1" t="s"/>
+      <c r="R101" s="1" t="s"/>
       <c r="S101" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T101" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U101" s="1" t="s">
-        <v>450</v>
+        <v>40</v>
       </c>
       <c r="V101" s="1" t="s">
-        <v>451</v>
+        <v>41</v>
       </c>
       <c r="W101" s="1" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="X101" s="1">
         <v>0</v>
       </c>
       <c r="Y101" s="1" t="s">
-        <v>443</v>
+        <v>238</v>
       </c>
       <c r="Z101" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA101" s="1">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="AB101" s="1" t="s">
-        <v>444</v>
+        <v>129</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="s">
-        <v>460</v>
+        <v>289</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>461</v>
+        <v>290</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>462</v>
+        <v>291</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>463</v>
+        <v>292</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>464</v>
+        <v>293</v>
       </c>
       <c r="F102" s="1">
         <v>3</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>66</v>
+        <v>33</v>
       </c>
       <c r="H102" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J102" s="1">
         <v>2026</v>
       </c>
       <c r="K102" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L102" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M102" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N102" s="1" t="s">
-        <v>465</v>
+        <v>37</v>
       </c>
       <c r="O102" s="1">
-        <v>1600</v>
+        <v>0</v>
       </c>
       <c r="P102" s="1">
-        <v>1910</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q102" s="1" t="s"/>
+      <c r="R102" s="1" t="s"/>
       <c r="S102" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T102" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U102" s="1" t="s">
-        <v>450</v>
+        <v>40</v>
       </c>
       <c r="V102" s="1" t="s">
-        <v>451</v>
+        <v>41</v>
       </c>
       <c r="W102" s="1" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="X102" s="1">
         <v>0</v>
       </c>
       <c r="Y102" s="1" t="s">
-        <v>443</v>
+        <v>238</v>
       </c>
       <c r="Z102" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA102" s="1">
         <v>10</v>
       </c>
       <c r="AB102" s="1" t="s">
-        <v>444</v>
+        <v>129</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="s">
-        <v>460</v>
+        <v>294</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>461</v>
+        <v>295</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>462</v>
+        <v>296</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>463</v>
+        <v>297</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>464</v>
+        <v>32</v>
       </c>
       <c r="F103" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>466</v>
+        <v>33</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="J103" s="1">
         <v>2026</v>
       </c>
       <c r="K103" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L103" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M103" s="2">
-        <v>46150.25</v>
+        <v>46305.25</v>
       </c>
       <c r="N103" s="1" t="s">
-        <v>316</v>
+        <v>37</v>
       </c>
       <c r="O103" s="1">
-        <v>1600</v>
+        <v>0</v>
       </c>
       <c r="P103" s="1">
-        <v>1910</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q103" s="1" t="s"/>
+      <c r="R103" s="1" t="s"/>
       <c r="S103" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T103" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U103" s="1" t="s">
-        <v>450</v>
+        <v>40</v>
       </c>
       <c r="V103" s="1" t="s">
-        <v>451</v>
+        <v>41</v>
       </c>
       <c r="W103" s="1" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="X103" s="1">
         <v>0</v>
       </c>
       <c r="Y103" s="1" t="s">
-        <v>443</v>
+        <v>93</v>
       </c>
       <c r="Z103" s="1">
         <v>20</v>
       </c>
       <c r="AA103" s="1">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="AB103" s="1" t="s">
-        <v>444</v>
+        <v>129</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="s">
-        <v>467</v>
+        <v>294</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>468</v>
+        <v>295</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>469</v>
+        <v>296</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>470</v>
+        <v>297</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F104" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>315</v>
+        <v>33</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I104" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J104" s="1">
         <v>2026</v>
       </c>
       <c r="K104" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L104" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M104" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N104" s="1" t="s">
-        <v>316</v>
+        <v>37</v>
       </c>
       <c r="O104" s="1">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="P104" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q104" s="1" t="s"/>
+      <c r="R104" s="1" t="s"/>
       <c r="S104" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T104" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U104" s="1" t="s">
-        <v>450</v>
+        <v>40</v>
       </c>
       <c r="V104" s="1" t="s">
-        <v>451</v>
+        <v>41</v>
       </c>
       <c r="W104" s="1" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="X104" s="1">
         <v>0</v>
       </c>
       <c r="Y104" s="1" t="s">
-        <v>443</v>
+        <v>238</v>
       </c>
       <c r="Z104" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA104" s="1">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="AB104" s="1" t="s">
-        <v>444</v>
+        <v>129</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="s">
-        <v>471</v>
+        <v>294</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>472</v>
+        <v>295</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>473</v>
+        <v>296</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>31</v>
+        <v>297</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F105" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H105" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="J105" s="1">
         <v>2026</v>
       </c>
       <c r="K105" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L105" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M105" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N105" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O105" s="1">
         <v>0</v>
       </c>
       <c r="P105" s="1">
         <v>0</v>
       </c>
       <c r="Q105" s="1" t="s"/>
       <c r="R105" s="1" t="s"/>
       <c r="S105" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T105" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U105" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V105" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W105" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X105" s="1">
         <v>0</v>
       </c>
       <c r="Y105" s="1" t="s">
         <v>238</v>
       </c>
       <c r="Z105" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="AA105" s="1">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="AB105" s="1" t="s">
-        <v>44</v>
+        <v>129</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="s">
-        <v>474</v>
+        <v>298</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>475</v>
+        <v>299</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>476</v>
+        <v>300</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>464</v>
+        <v>32</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F106" s="1">
         <v>3</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>66</v>
+        <v>33</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J106" s="1">
         <v>2026</v>
       </c>
       <c r="K106" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L106" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M106" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N106" s="1" t="s">
-        <v>416</v>
+        <v>37</v>
       </c>
       <c r="O106" s="1">
-        <v>1600</v>
+        <v>0</v>
       </c>
       <c r="P106" s="1">
-        <v>1910</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q106" s="1" t="s"/>
+      <c r="R106" s="1" t="s"/>
       <c r="S106" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T106" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U106" s="1" t="s">
-        <v>450</v>
+        <v>40</v>
       </c>
       <c r="V106" s="1" t="s">
-        <v>451</v>
+        <v>41</v>
       </c>
       <c r="W106" s="1" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="X106" s="1">
         <v>0</v>
       </c>
       <c r="Y106" s="1" t="s">
-        <v>443</v>
+        <v>301</v>
       </c>
       <c r="Z106" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="AA106" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="AB106" s="1" t="s">
-        <v>444</v>
+        <v>44</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="s">
-        <v>477</v>
+        <v>302</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>478</v>
+        <v>303</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>479</v>
+        <v>304</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E107" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F107" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>480</v>
+        <v>53</v>
       </c>
       <c r="H107" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J107" s="1">
         <v>2026</v>
       </c>
       <c r="K107" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L107" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M107" s="2">
         <v>46150.25</v>
       </c>
       <c r="N107" s="1" t="s">
-        <v>397</v>
+        <v>37</v>
       </c>
       <c r="O107" s="1">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="P107" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q107" s="1" t="s"/>
+      <c r="R107" s="1" t="s"/>
       <c r="S107" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T107" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U107" s="1" t="s">
-        <v>450</v>
+        <v>40</v>
       </c>
       <c r="V107" s="1" t="s">
-        <v>451</v>
+        <v>41</v>
       </c>
       <c r="W107" s="1" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="X107" s="1">
         <v>0</v>
       </c>
       <c r="Y107" s="1" t="s">
-        <v>443</v>
+        <v>198</v>
       </c>
       <c r="Z107" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA107" s="1">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="AB107" s="1" t="s">
-        <v>444</v>
+        <v>44</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="s">
-        <v>481</v>
+        <v>302</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>482</v>
+        <v>303</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>483</v>
+        <v>304</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F108" s="1">
         <v>3</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>484</v>
+        <v>33</v>
       </c>
       <c r="H108" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="J108" s="1">
         <v>2026</v>
       </c>
       <c r="K108" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L108" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M108" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N108" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O108" s="1">
-        <v>1530</v>
+        <v>0</v>
       </c>
       <c r="P108" s="1">
-        <v>1645</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q108" s="1" t="s"/>
+      <c r="R108" s="1" t="s"/>
       <c r="S108" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T108" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U108" s="1" t="s">
-        <v>486</v>
+        <v>40</v>
       </c>
       <c r="V108" s="1" t="s">
-        <v>487</v>
+        <v>41</v>
       </c>
       <c r="W108" s="1" t="s">
-        <v>488</v>
+        <v>42</v>
       </c>
       <c r="X108" s="1">
         <v>0</v>
       </c>
       <c r="Y108" s="1" t="s">
-        <v>452</v>
+        <v>198</v>
       </c>
       <c r="Z108" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA108" s="1">
         <v>20</v>
       </c>
-      <c r="AA108" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="AB108" s="1" t="s">
-        <v>444</v>
+        <v>44</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="s">
-        <v>489</v>
+        <v>302</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>490</v>
+        <v>303</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>491</v>
+        <v>304</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>464</v>
+        <v>31</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F109" s="1">
         <v>3</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>428</v>
+        <v>33</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="J109" s="1">
         <v>2026</v>
       </c>
       <c r="K109" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L109" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M109" s="2">
-        <v>46150.25</v>
+        <v>46305.25</v>
       </c>
       <c r="N109" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O109" s="1">
-        <v>1700</v>
+        <v>0</v>
       </c>
       <c r="P109" s="1">
-        <v>1815</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q109" s="1" t="s"/>
+      <c r="R109" s="1" t="s"/>
       <c r="S109" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T109" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U109" s="1" t="s">
-        <v>486</v>
+        <v>40</v>
       </c>
       <c r="V109" s="1" t="s">
-        <v>487</v>
+        <v>41</v>
       </c>
       <c r="W109" s="1" t="s">
-        <v>488</v>
+        <v>42</v>
       </c>
       <c r="X109" s="1">
         <v>0</v>
       </c>
       <c r="Y109" s="1" t="s">
-        <v>452</v>
+        <v>198</v>
       </c>
       <c r="Z109" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="AA109" s="1">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="AB109" s="1" t="s">
-        <v>444</v>
+        <v>44</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="s">
-        <v>493</v>
+        <v>305</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>494</v>
+        <v>306</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>495</v>
+        <v>307</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F110" s="1">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>66</v>
+        <v>33</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>35</v>
+        <v>242</v>
       </c>
       <c r="J110" s="1">
         <v>2026</v>
       </c>
       <c r="K110" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L110" s="2">
-        <v>46034.29166666667</v>
+        <v>46307.25</v>
       </c>
       <c r="M110" s="2">
-        <v>46150.25</v>
+        <v>46361.29166666667</v>
       </c>
       <c r="N110" s="1" t="s">
-        <v>123</v>
+        <v>37</v>
       </c>
       <c r="O110" s="1">
-        <v>1730</v>
+        <v>0</v>
       </c>
       <c r="P110" s="1">
-        <v>2130</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q110" s="1" t="s"/>
+      <c r="R110" s="1" t="s"/>
       <c r="S110" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T110" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U110" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V110" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W110" s="1" t="s">
-        <v>496</v>
+        <v>42</v>
       </c>
       <c r="X110" s="1">
         <v>0</v>
       </c>
       <c r="Y110" s="1" t="s">
-        <v>497</v>
+        <v>49</v>
       </c>
       <c r="Z110" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="AA110" s="1">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="AB110" s="1" t="s">
-        <v>76</v>
+        <v>44</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="s">
-        <v>498</v>
+        <v>305</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>499</v>
+        <v>306</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>500</v>
+        <v>307</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F111" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>428</v>
+        <v>33</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J111" s="1">
         <v>2026</v>
       </c>
       <c r="K111" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L111" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M111" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N111" s="1" t="s">
-        <v>397</v>
+        <v>37</v>
       </c>
       <c r="O111" s="1">
-        <v>1730</v>
+        <v>0</v>
       </c>
       <c r="P111" s="1">
-        <v>2130</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q111" s="1" t="s"/>
+      <c r="R111" s="1" t="s"/>
       <c r="S111" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T111" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U111" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V111" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W111" s="1" t="s">
-        <v>496</v>
+        <v>42</v>
       </c>
       <c r="X111" s="1">
         <v>0</v>
       </c>
       <c r="Y111" s="1" t="s">
-        <v>497</v>
+        <v>55</v>
       </c>
       <c r="Z111" s="1">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="AA111" s="1">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="AB111" s="1" t="s">
-        <v>76</v>
+        <v>44</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="s">
-        <v>501</v>
+        <v>308</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>502</v>
+        <v>309</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>503</v>
+        <v>310</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>504</v>
+        <v>31</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F112" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>335</v>
+        <v>33</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>54</v>
+        <v>242</v>
       </c>
       <c r="J112" s="1">
         <v>2026</v>
       </c>
       <c r="K112" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L112" s="2">
-        <v>46097.25</v>
+        <v>46307.25</v>
       </c>
       <c r="M112" s="2">
-        <v>46150.25</v>
+        <v>46361.29166666667</v>
       </c>
       <c r="N112" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O112" s="1">
         <v>0</v>
       </c>
       <c r="P112" s="1">
         <v>0</v>
       </c>
       <c r="Q112" s="1" t="s"/>
       <c r="R112" s="1" t="s"/>
       <c r="S112" s="1" t="s">
-        <v>191</v>
+        <v>38</v>
       </c>
       <c r="T112" s="1" t="s">
-        <v>192</v>
+        <v>39</v>
       </c>
       <c r="U112" s="1" t="s">
-        <v>191</v>
+        <v>40</v>
       </c>
       <c r="V112" s="1" t="s">
-        <v>193</v>
+        <v>41</v>
       </c>
       <c r="W112" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X112" s="1">
         <v>0</v>
       </c>
       <c r="Y112" s="1" t="s">
-        <v>497</v>
+        <v>61</v>
       </c>
       <c r="Z112" s="1">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="AA112" s="1">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="AB112" s="1" t="s">
-        <v>76</v>
+        <v>44</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>506</v>
+        <v>312</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>507</v>
+        <v>313</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E113" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F113" s="1">
         <v>3</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>122</v>
+        <v>53</v>
       </c>
       <c r="H113" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J113" s="1">
         <v>2026</v>
       </c>
       <c r="K113" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L113" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M113" s="2">
         <v>46150.25</v>
       </c>
       <c r="N113" s="1" t="s">
-        <v>123</v>
+        <v>37</v>
       </c>
       <c r="O113" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P113" s="1">
-        <v>1015</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q113" s="1" t="s"/>
+      <c r="R113" s="1" t="s"/>
       <c r="S113" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T113" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U113" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V113" s="1" t="s">
-        <v>170</v>
+        <v>41</v>
       </c>
       <c r="W113" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X113" s="1">
         <v>0</v>
       </c>
       <c r="Y113" s="1" t="s">
-        <v>509</v>
+        <v>198</v>
       </c>
       <c r="Z113" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA113" s="1">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="AB113" s="1" t="s">
-        <v>87</v>
+        <v>44</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>506</v>
+        <v>312</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>507</v>
+        <v>313</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F114" s="1">
         <v>3</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>140</v>
+        <v>33</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="J114" s="1">
         <v>2026</v>
       </c>
       <c r="K114" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L114" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M114" s="2">
-        <v>46150.25</v>
+        <v>46305.25</v>
       </c>
       <c r="N114" s="1" t="s">
-        <v>510</v>
+        <v>37</v>
       </c>
       <c r="O114" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P114" s="1">
-        <v>1350</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q114" s="1" t="s"/>
+      <c r="R114" s="1" t="s"/>
       <c r="S114" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T114" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U114" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V114" s="1" t="s">
-        <v>170</v>
+        <v>41</v>
       </c>
       <c r="W114" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X114" s="1">
         <v>0</v>
       </c>
       <c r="Y114" s="1" t="s">
-        <v>511</v>
+        <v>198</v>
       </c>
       <c r="Z114" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="AA114" s="1">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="AB114" s="1" t="s">
-        <v>87</v>
+        <v>44</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="s">
-        <v>512</v>
+        <v>314</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>513</v>
+        <v>315</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>514</v>
+        <v>316</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>31</v>
+        <v>317</v>
       </c>
       <c r="E115" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F115" s="1">
         <v>3</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>164</v>
+        <v>33</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I115" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J115" s="1">
         <v>2026</v>
       </c>
       <c r="K115" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L115" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M115" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N115" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O115" s="1">
         <v>0</v>
       </c>
       <c r="P115" s="1">
         <v>0</v>
       </c>
       <c r="Q115" s="1" t="s"/>
       <c r="R115" s="1" t="s"/>
       <c r="S115" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T115" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U115" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V115" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W115" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X115" s="1">
         <v>0</v>
       </c>
       <c r="Y115" s="1" t="s">
-        <v>511</v>
+        <v>62</v>
       </c>
       <c r="Z115" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="AA115" s="1">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="AB115" s="1" t="s">
-        <v>87</v>
+        <v>44</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="s">
-        <v>512</v>
+        <v>318</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>513</v>
+        <v>319</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>514</v>
+        <v>320</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E116" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F116" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>35</v>
+        <v>242</v>
       </c>
       <c r="J116" s="1">
         <v>2026</v>
       </c>
       <c r="K116" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L116" s="2">
-        <v>46034.29166666667</v>
+        <v>46307.25</v>
       </c>
       <c r="M116" s="2">
-        <v>46150.25</v>
+        <v>46361.29166666667</v>
       </c>
       <c r="N116" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O116" s="1">
         <v>0</v>
       </c>
       <c r="P116" s="1">
         <v>0</v>
       </c>
       <c r="Q116" s="1" t="s"/>
       <c r="R116" s="1" t="s"/>
       <c r="S116" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T116" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U116" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V116" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W116" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X116" s="1">
         <v>0</v>
       </c>
       <c r="Y116" s="1" t="s">
-        <v>511</v>
+        <v>55</v>
       </c>
       <c r="Z116" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="AA116" s="1">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="AB116" s="1" t="s">
-        <v>87</v>
+        <v>44</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="s">
-        <v>515</v>
+        <v>318</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>516</v>
+        <v>319</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>517</v>
+        <v>320</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E117" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F117" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>518</v>
+        <v>33</v>
       </c>
       <c r="H117" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J117" s="1">
         <v>2026</v>
       </c>
       <c r="K117" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L117" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M117" s="2">
         <v>46150.25</v>
       </c>
       <c r="N117" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O117" s="1">
         <v>0</v>
       </c>
       <c r="P117" s="1">
         <v>0</v>
       </c>
       <c r="Q117" s="1" t="s"/>
       <c r="R117" s="1" t="s"/>
       <c r="S117" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T117" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U117" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V117" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W117" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X117" s="1">
         <v>0</v>
       </c>
       <c r="Y117" s="1" t="s">
-        <v>519</v>
+        <v>301</v>
       </c>
       <c r="Z117" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="AA117" s="1">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="AB117" s="1" t="s">
-        <v>87</v>
+        <v>44</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="s">
-        <v>515</v>
+        <v>318</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>516</v>
+        <v>319</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>517</v>
+        <v>320</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E118" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F118" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>164</v>
+        <v>33</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I118" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J118" s="1">
         <v>2026</v>
       </c>
       <c r="K118" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L118" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M118" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N118" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O118" s="1">
         <v>0</v>
       </c>
       <c r="P118" s="1">
         <v>0</v>
       </c>
       <c r="Q118" s="1" t="s"/>
       <c r="R118" s="1" t="s"/>
       <c r="S118" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T118" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U118" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V118" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W118" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X118" s="1">
         <v>0</v>
       </c>
       <c r="Y118" s="1" t="s">
-        <v>511</v>
+        <v>55</v>
       </c>
       <c r="Z118" s="1">
         <v>20</v>
       </c>
       <c r="AA118" s="1">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="AB118" s="1" t="s">
-        <v>87</v>
+        <v>44</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="s">
-        <v>515</v>
+        <v>321</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>516</v>
+        <v>322</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>517</v>
+        <v>323</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>31</v>
+        <v>324</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>32</v>
+        <v>325</v>
       </c>
       <c r="F119" s="1">
         <v>3</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J119" s="1">
         <v>2026</v>
       </c>
       <c r="K119" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L119" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M119" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N119" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O119" s="1">
         <v>0</v>
       </c>
       <c r="P119" s="1">
         <v>0</v>
       </c>
       <c r="Q119" s="1" t="s"/>
       <c r="R119" s="1" t="s"/>
       <c r="S119" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T119" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U119" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V119" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W119" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X119" s="1">
         <v>0</v>
       </c>
       <c r="Y119" s="1" t="s">
-        <v>511</v>
+        <v>326</v>
       </c>
       <c r="Z119" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA119" s="1">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="AB119" s="1" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="s">
-        <v>520</v>
+        <v>327</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>521</v>
+        <v>328</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>522</v>
+        <v>329</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>253</v>
+        <v>324</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
       <c r="F120" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I120" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J120" s="1">
         <v>2026</v>
       </c>
       <c r="K120" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L120" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M120" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N120" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O120" s="1">
         <v>0</v>
       </c>
       <c r="P120" s="1">
         <v>0</v>
       </c>
       <c r="Q120" s="1" t="s"/>
       <c r="R120" s="1" t="s"/>
       <c r="S120" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T120" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U120" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V120" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W120" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X120" s="1">
         <v>0</v>
       </c>
       <c r="Y120" s="1" t="s">
-        <v>511</v>
+        <v>326</v>
       </c>
       <c r="Z120" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA120" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="AB120" s="1" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="s">
-        <v>523</v>
+        <v>330</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>524</v>
+        <v>331</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>525</v>
+        <v>332</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>253</v>
+        <v>127</v>
       </c>
       <c r="E121" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F121" s="1">
         <v>3</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H121" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J121" s="1">
         <v>2026</v>
       </c>
       <c r="K121" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L121" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M121" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N121" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O121" s="1">
         <v>0</v>
       </c>
       <c r="P121" s="1">
         <v>0</v>
       </c>
       <c r="Q121" s="1" t="s"/>
       <c r="R121" s="1" t="s"/>
       <c r="S121" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T121" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U121" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V121" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W121" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X121" s="1">
         <v>0</v>
       </c>
       <c r="Y121" s="1" t="s">
-        <v>511</v>
+        <v>326</v>
       </c>
       <c r="Z121" s="1">
         <v>20</v>
       </c>
       <c r="AA121" s="1">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="AB121" s="1" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="s">
-        <v>526</v>
+        <v>330</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>527</v>
+        <v>331</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>528</v>
+        <v>332</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>31</v>
+        <v>127</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F122" s="1">
         <v>3</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="J122" s="1">
         <v>2026</v>
       </c>
       <c r="K122" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L122" s="2">
-        <v>46097.25</v>
+        <v>46251.25</v>
       </c>
       <c r="M122" s="2">
-        <v>46150.25</v>
+        <v>46305.25</v>
       </c>
       <c r="N122" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O122" s="1">
         <v>0</v>
       </c>
       <c r="P122" s="1">
         <v>0</v>
       </c>
       <c r="Q122" s="1" t="s"/>
       <c r="R122" s="1" t="s"/>
       <c r="S122" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T122" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U122" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V122" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W122" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X122" s="1">
         <v>0</v>
       </c>
       <c r="Y122" s="1" t="s">
-        <v>529</v>
+        <v>326</v>
       </c>
       <c r="Z122" s="1">
         <v>20</v>
       </c>
       <c r="AA122" s="1">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="AB122" s="1" t="s">
-        <v>44</v>
+        <v>129</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="s">
-        <v>530</v>
+        <v>333</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>531</v>
+        <v>334</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>532</v>
+        <v>335</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>31</v>
+        <v>127</v>
       </c>
       <c r="E123" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F123" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H123" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J123" s="1">
         <v>2026</v>
       </c>
       <c r="K123" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L123" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M123" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N123" s="1" t="s">
         <v>37</v>
       </c>
@@ -13177,7834 +13831,28424 @@
       </c>
       <c r="P123" s="1">
         <v>0</v>
       </c>
       <c r="Q123" s="1" t="s"/>
       <c r="R123" s="1" t="s"/>
       <c r="S123" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T123" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U123" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V123" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W123" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X123" s="1">
         <v>0</v>
       </c>
       <c r="Y123" s="1" t="s">
-        <v>245</v>
+        <v>326</v>
       </c>
       <c r="Z123" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="AA123" s="1">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="AB123" s="1" t="s">
-        <v>44</v>
+        <v>129</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="s">
-        <v>533</v>
+        <v>333</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>534</v>
+        <v>334</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>535</v>
+        <v>335</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>31</v>
+        <v>127</v>
       </c>
       <c r="E124" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F124" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="J124" s="1">
         <v>2026</v>
       </c>
       <c r="K124" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L124" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M124" s="2">
-        <v>46150.25</v>
+        <v>46305.25</v>
       </c>
       <c r="N124" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O124" s="1">
         <v>0</v>
       </c>
       <c r="P124" s="1">
         <v>0</v>
       </c>
       <c r="Q124" s="1" t="s"/>
       <c r="R124" s="1" t="s"/>
       <c r="S124" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T124" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U124" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V124" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W124" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X124" s="1">
         <v>0</v>
       </c>
       <c r="Y124" s="1" t="s">
-        <v>509</v>
+        <v>326</v>
       </c>
       <c r="Z124" s="1">
         <v>20</v>
       </c>
       <c r="AA124" s="1">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="AB124" s="1" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="s">
-        <v>536</v>
+        <v>336</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>537</v>
+        <v>337</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>538</v>
+        <v>338</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F125" s="1">
         <v>3</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H125" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J125" s="1">
         <v>2026</v>
       </c>
       <c r="K125" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L125" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M125" s="2">
         <v>46150.25</v>
       </c>
       <c r="N125" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O125" s="1">
         <v>0</v>
       </c>
       <c r="P125" s="1">
         <v>0</v>
       </c>
       <c r="Q125" s="1" t="s"/>
       <c r="R125" s="1" t="s"/>
       <c r="S125" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T125" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U125" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V125" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W125" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X125" s="1">
         <v>0</v>
       </c>
       <c r="Y125" s="1" t="s">
-        <v>539</v>
+        <v>326</v>
       </c>
       <c r="Z125" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA125" s="1">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="AB125" s="1" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="s">
-        <v>540</v>
+        <v>336</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>541</v>
+        <v>337</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>542</v>
+        <v>338</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>224</v>
+        <v>31</v>
       </c>
       <c r="E126" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F126" s="1">
         <v>3</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>35</v>
+        <v>242</v>
       </c>
       <c r="J126" s="1">
         <v>2026</v>
       </c>
       <c r="K126" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L126" s="2">
-        <v>46034.29166666667</v>
+        <v>46307.25</v>
       </c>
       <c r="M126" s="2">
-        <v>46150.25</v>
+        <v>46361.29166666667</v>
       </c>
       <c r="N126" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O126" s="1">
         <v>0</v>
       </c>
       <c r="P126" s="1">
         <v>0</v>
       </c>
       <c r="Q126" s="1" t="s"/>
       <c r="R126" s="1" t="s"/>
       <c r="S126" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T126" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U126" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V126" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W126" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X126" s="1">
         <v>0</v>
       </c>
       <c r="Y126" s="1" t="s">
-        <v>539</v>
+        <v>326</v>
       </c>
       <c r="Z126" s="1">
         <v>20</v>
       </c>
       <c r="AA126" s="1">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="AB126" s="1" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="s">
-        <v>543</v>
+        <v>339</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>544</v>
+        <v>340</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>545</v>
+        <v>341</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F127" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H127" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J127" s="1">
         <v>2026</v>
       </c>
       <c r="K127" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L127" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M127" s="2">
         <v>46150.25</v>
       </c>
       <c r="N127" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O127" s="1">
         <v>0</v>
       </c>
       <c r="P127" s="1">
         <v>0</v>
       </c>
       <c r="Q127" s="1" t="s"/>
       <c r="R127" s="1" t="s"/>
       <c r="S127" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T127" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U127" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V127" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W127" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X127" s="1">
         <v>0</v>
       </c>
       <c r="Y127" s="1" t="s">
-        <v>539</v>
+        <v>326</v>
       </c>
       <c r="Z127" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA127" s="1">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="AB127" s="1" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="s">
-        <v>546</v>
+        <v>339</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>547</v>
+        <v>340</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>548</v>
+        <v>341</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F128" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>35</v>
+        <v>242</v>
       </c>
       <c r="J128" s="1">
         <v>2026</v>
       </c>
       <c r="K128" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L128" s="2">
-        <v>46034.29166666667</v>
+        <v>46307.25</v>
       </c>
       <c r="M128" s="2">
-        <v>46150.25</v>
+        <v>46361.29166666667</v>
       </c>
       <c r="N128" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O128" s="1">
         <v>0</v>
       </c>
       <c r="P128" s="1">
         <v>0</v>
       </c>
       <c r="Q128" s="1" t="s"/>
       <c r="R128" s="1" t="s"/>
       <c r="S128" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T128" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U128" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V128" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W128" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X128" s="1">
         <v>0</v>
       </c>
       <c r="Y128" s="1" t="s">
-        <v>549</v>
+        <v>326</v>
       </c>
       <c r="Z128" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="AA128" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="AB128" s="1" t="s">
-        <v>76</v>
+        <v>129</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="s">
-        <v>550</v>
+        <v>342</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>551</v>
+        <v>343</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>552</v>
+        <v>344</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>32</v>
+        <v>345</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F129" s="1">
         <v>3</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I129" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J129" s="1">
         <v>2026</v>
       </c>
       <c r="K129" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L129" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M129" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N129" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O129" s="1">
         <v>0</v>
       </c>
       <c r="P129" s="1">
         <v>0</v>
       </c>
       <c r="Q129" s="1" t="s"/>
       <c r="R129" s="1" t="s"/>
       <c r="S129" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T129" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U129" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V129" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W129" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X129" s="1">
         <v>0</v>
       </c>
       <c r="Y129" s="1" t="s">
-        <v>553</v>
+        <v>199</v>
       </c>
       <c r="Z129" s="1">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="AA129" s="1">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="AB129" s="1" t="s">
-        <v>76</v>
+        <v>129</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="s">
-        <v>554</v>
+        <v>346</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>555</v>
+        <v>347</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>556</v>
+        <v>348</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>32</v>
+        <v>349</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>32</v>
+        <v>350</v>
       </c>
       <c r="F130" s="1">
         <v>3</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J130" s="1">
         <v>2026</v>
       </c>
       <c r="K130" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L130" s="2">
-        <v>46097.25</v>
+        <v>46174.25</v>
       </c>
       <c r="M130" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N130" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O130" s="1">
         <v>0</v>
       </c>
       <c r="P130" s="1">
         <v>0</v>
       </c>
       <c r="Q130" s="1" t="s"/>
       <c r="R130" s="1" t="s"/>
       <c r="S130" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T130" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U130" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V130" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W130" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X130" s="1">
         <v>0</v>
       </c>
       <c r="Y130" s="1" t="s">
-        <v>549</v>
+        <v>199</v>
       </c>
       <c r="Z130" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="AA130" s="1">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="AB130" s="1" t="s">
-        <v>76</v>
+        <v>129</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="s">
-        <v>557</v>
+        <v>346</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>558</v>
+        <v>347</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>559</v>
+        <v>348</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>31</v>
+        <v>349</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>32</v>
+        <v>350</v>
       </c>
       <c r="F131" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>274</v>
+        <v>33</v>
       </c>
       <c r="H131" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J131" s="1">
         <v>2026</v>
       </c>
       <c r="K131" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L131" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M131" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N131" s="1" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="O131" s="1">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="P131" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q131" s="1" t="s"/>
+      <c r="R131" s="1" t="s"/>
       <c r="S131" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T131" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U131" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V131" s="1" t="s">
-        <v>170</v>
+        <v>41</v>
       </c>
       <c r="W131" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X131" s="1">
         <v>0</v>
       </c>
       <c r="Y131" s="1" t="s">
-        <v>560</v>
+        <v>199</v>
       </c>
       <c r="Z131" s="1">
         <v>15</v>
       </c>
       <c r="AA131" s="1">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="AB131" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="s">
-        <v>561</v>
+        <v>346</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>562</v>
+        <v>347</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>563</v>
+        <v>348</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>464</v>
+        <v>349</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>32</v>
+        <v>350</v>
       </c>
       <c r="F132" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>122</v>
+        <v>33</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="J132" s="1">
         <v>2026</v>
       </c>
       <c r="K132" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L132" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M132" s="2">
-        <v>46150.25</v>
+        <v>46305.25</v>
       </c>
       <c r="N132" s="1" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="O132" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P132" s="1">
-        <v>950</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q132" s="1" t="s"/>
+      <c r="R132" s="1" t="s"/>
       <c r="S132" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T132" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U132" s="1" t="s">
-        <v>564</v>
+        <v>40</v>
       </c>
       <c r="V132" s="1" t="s">
-        <v>565</v>
+        <v>41</v>
       </c>
       <c r="W132" s="1" t="s">
-        <v>108</v>
+        <v>42</v>
       </c>
       <c r="X132" s="1">
         <v>0</v>
       </c>
       <c r="Y132" s="1" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="Z132" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA132" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="AB132" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="s">
-        <v>566</v>
+        <v>351</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>567</v>
+        <v>352</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>568</v>
+        <v>353</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>569</v>
+        <v>354</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F133" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>140</v>
+        <v>355</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I133" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J133" s="1">
         <v>2026</v>
       </c>
       <c r="K133" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L133" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M133" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N133" s="1" t="s">
-        <v>81</v>
+        <v>207</v>
       </c>
       <c r="O133" s="1">
-        <v>1300</v>
+        <v>1000</v>
       </c>
       <c r="P133" s="1">
-        <v>1350</v>
+        <v>1050</v>
       </c>
       <c r="Q133" s="1" t="s">
-        <v>115</v>
+        <v>272</v>
       </c>
       <c r="R133" s="1" t="s">
-        <v>176</v>
+        <v>356</v>
       </c>
       <c r="S133" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T133" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U133" s="1" t="s">
-        <v>564</v>
+        <v>38</v>
       </c>
       <c r="V133" s="1" t="s">
-        <v>565</v>
+        <v>226</v>
       </c>
       <c r="W133" s="1" t="s">
-        <v>108</v>
+        <v>42</v>
       </c>
       <c r="X133" s="1">
         <v>0</v>
       </c>
       <c r="Y133" s="1" t="s">
-        <v>95</v>
+        <v>199</v>
       </c>
       <c r="Z133" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA133" s="1">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="AB133" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="s">
-        <v>570</v>
+        <v>357</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>571</v>
+        <v>352</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>572</v>
+        <v>353</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>31</v>
+        <v>354</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F134" s="1">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>274</v>
+        <v>217</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J134" s="1">
         <v>2026</v>
       </c>
       <c r="K134" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L134" s="2">
-        <v>46097.25</v>
+        <v>46251.25</v>
       </c>
       <c r="M134" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N134" s="1" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="O134" s="1">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="P134" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q134" s="1" t="s"/>
+      <c r="R134" s="1" t="s"/>
       <c r="S134" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T134" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U134" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="V134" s="1" t="s">
-        <v>170</v>
+        <v>41</v>
       </c>
       <c r="W134" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X134" s="1">
         <v>0</v>
       </c>
       <c r="Y134" s="1" t="s">
-        <v>560</v>
+        <v>199</v>
       </c>
       <c r="Z134" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA134" s="1">
         <v>0</v>
       </c>
       <c r="AB134" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="s">
-        <v>570</v>
+        <v>358</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>571</v>
+        <v>359</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>572</v>
+        <v>360</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E135" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F135" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>164</v>
+        <v>33</v>
       </c>
       <c r="H135" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J135" s="1">
         <v>2026</v>
       </c>
       <c r="K135" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L135" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M135" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N135" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O135" s="1">
         <v>0</v>
       </c>
       <c r="P135" s="1">
         <v>0</v>
       </c>
       <c r="Q135" s="1" t="s"/>
       <c r="R135" s="1" t="s"/>
       <c r="S135" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T135" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U135" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V135" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W135" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X135" s="1">
         <v>0</v>
       </c>
       <c r="Y135" s="1" t="s">
-        <v>560</v>
+        <v>199</v>
       </c>
       <c r="Z135" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AA135" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="AB135" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="s">
-        <v>570</v>
+        <v>361</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>571</v>
+        <v>362</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>572</v>
+        <v>363</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E136" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F136" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H136" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="J136" s="1">
         <v>2026</v>
       </c>
       <c r="K136" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L136" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M136" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N136" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O136" s="1">
         <v>0</v>
       </c>
       <c r="P136" s="1">
         <v>0</v>
       </c>
       <c r="Q136" s="1" t="s"/>
       <c r="R136" s="1" t="s"/>
       <c r="S136" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T136" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U136" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V136" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W136" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X136" s="1">
         <v>0</v>
       </c>
       <c r="Y136" s="1" t="s">
-        <v>560</v>
+        <v>199</v>
       </c>
       <c r="Z136" s="1">
         <v>15</v>
       </c>
       <c r="AA136" s="1">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="AB136" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="s">
-        <v>573</v>
+        <v>364</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>574</v>
+        <v>365</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>575</v>
+        <v>366</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F137" s="1">
         <v>4</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>188</v>
+        <v>355</v>
       </c>
       <c r="H137" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J137" s="1">
         <v>2026</v>
       </c>
       <c r="K137" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L137" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M137" s="2">
         <v>46150.25</v>
       </c>
       <c r="N137" s="1" t="s">
-        <v>321</v>
+        <v>207</v>
       </c>
       <c r="O137" s="1">
-        <v>1320</v>
+        <v>1000</v>
       </c>
       <c r="P137" s="1">
-        <v>1410</v>
+        <v>1050</v>
       </c>
       <c r="Q137" s="1" t="s">
-        <v>576</v>
+        <v>272</v>
       </c>
       <c r="R137" s="1" t="s">
-        <v>577</v>
+        <v>356</v>
       </c>
       <c r="S137" s="1" t="s">
-        <v>191</v>
+        <v>38</v>
       </c>
       <c r="T137" s="1" t="s">
-        <v>192</v>
+        <v>39</v>
       </c>
       <c r="U137" s="1" t="s">
-        <v>191</v>
+        <v>38</v>
       </c>
       <c r="V137" s="1" t="s">
-        <v>193</v>
+        <v>226</v>
       </c>
       <c r="W137" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X137" s="1">
         <v>0</v>
       </c>
       <c r="Y137" s="1" t="s">
-        <v>578</v>
+        <v>199</v>
       </c>
       <c r="Z137" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="AA137" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="AB137" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="s">
-        <v>579</v>
+        <v>367</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>580</v>
+        <v>368</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>581</v>
+        <v>366</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>31</v>
+        <v>268</v>
       </c>
       <c r="E138" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F138" s="1">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>164</v>
+        <v>33</v>
       </c>
       <c r="H138" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J138" s="1">
         <v>2026</v>
       </c>
       <c r="K138" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L138" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M138" s="2">
         <v>46150.25</v>
       </c>
       <c r="N138" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O138" s="1">
         <v>0</v>
       </c>
       <c r="P138" s="1">
         <v>0</v>
       </c>
       <c r="Q138" s="1" t="s"/>
       <c r="R138" s="1" t="s"/>
       <c r="S138" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T138" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U138" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V138" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W138" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X138" s="1">
         <v>0</v>
       </c>
       <c r="Y138" s="1" t="s">
-        <v>560</v>
+        <v>199</v>
       </c>
       <c r="Z138" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA138" s="1">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="AB138" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="s">
-        <v>579</v>
+        <v>369</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>580</v>
+        <v>370</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>581</v>
+        <v>371</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F139" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I139" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J139" s="1">
         <v>2026</v>
       </c>
       <c r="K139" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L139" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M139" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N139" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O139" s="1">
         <v>0</v>
       </c>
       <c r="P139" s="1">
         <v>0</v>
       </c>
       <c r="Q139" s="1" t="s"/>
       <c r="R139" s="1" t="s"/>
       <c r="S139" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T139" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U139" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V139" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W139" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X139" s="1">
         <v>0</v>
       </c>
       <c r="Y139" s="1" t="s">
-        <v>560</v>
+        <v>199</v>
       </c>
       <c r="Z139" s="1">
         <v>20</v>
       </c>
       <c r="AA139" s="1">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="AB139" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="s">
-        <v>582</v>
+        <v>372</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>583</v>
+        <v>373</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>584</v>
+        <v>374</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>464</v>
+        <v>127</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F140" s="1">
         <v>4</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>140</v>
+        <v>217</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I140" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J140" s="1">
         <v>2026</v>
       </c>
       <c r="K140" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L140" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M140" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N140" s="1" t="s">
-        <v>81</v>
+        <v>207</v>
       </c>
       <c r="O140" s="1">
-        <v>1300</v>
+        <v>900</v>
       </c>
       <c r="P140" s="1">
-        <v>1350</v>
+        <v>950</v>
       </c>
       <c r="Q140" s="1" t="s">
-        <v>115</v>
+        <v>137</v>
       </c>
       <c r="R140" s="1" t="s">
-        <v>176</v>
+        <v>261</v>
       </c>
       <c r="S140" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T140" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U140" s="1" t="s">
-        <v>377</v>
+        <v>40</v>
       </c>
       <c r="V140" s="1" t="s">
-        <v>378</v>
+        <v>41</v>
       </c>
       <c r="W140" s="1" t="s">
-        <v>585</v>
+        <v>42</v>
       </c>
       <c r="X140" s="1">
         <v>0</v>
       </c>
       <c r="Y140" s="1" t="s">
-        <v>586</v>
+        <v>199</v>
       </c>
       <c r="Z140" s="1">
         <v>20</v>
       </c>
       <c r="AA140" s="1">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="AB140" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="s">
-        <v>587</v>
+        <v>375</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>588</v>
+        <v>376</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>589</v>
+        <v>377</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>590</v>
+        <v>127</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F141" s="1">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>164</v>
+        <v>217</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J141" s="1">
         <v>2026</v>
       </c>
       <c r="K141" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L141" s="2">
-        <v>46097.25</v>
+        <v>46251.25</v>
       </c>
       <c r="M141" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N141" s="1" t="s">
-        <v>37</v>
+        <v>378</v>
       </c>
       <c r="O141" s="1">
-        <v>0</v>
+        <v>1100</v>
       </c>
       <c r="P141" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R141" s="1" t="s"/>
+        <v>1250</v>
+      </c>
+      <c r="Q141" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="R141" s="1" t="s">
+        <v>380</v>
+      </c>
       <c r="S141" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T141" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U141" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="V141" s="1" t="s">
-        <v>41</v>
+        <v>226</v>
       </c>
       <c r="W141" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X141" s="1">
         <v>0</v>
       </c>
       <c r="Y141" s="1" t="s">
-        <v>238</v>
+        <v>199</v>
       </c>
       <c r="Z141" s="1">
         <v>20</v>
       </c>
       <c r="AA141" s="1">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="AB141" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="s">
-        <v>587</v>
+        <v>381</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>588</v>
+        <v>382</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>589</v>
+        <v>383</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>590</v>
+        <v>384</v>
       </c>
       <c r="E142" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F142" s="1">
         <v>3</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="J142" s="1">
         <v>2026</v>
       </c>
       <c r="K142" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L142" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M142" s="2">
-        <v>46150.25</v>
+        <v>46305.25</v>
       </c>
       <c r="N142" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O142" s="1">
         <v>0</v>
       </c>
       <c r="P142" s="1">
         <v>0</v>
       </c>
       <c r="Q142" s="1" t="s"/>
       <c r="R142" s="1" t="s"/>
       <c r="S142" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T142" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U142" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V142" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W142" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X142" s="1">
         <v>0</v>
       </c>
       <c r="Y142" s="1" t="s">
-        <v>560</v>
+        <v>93</v>
       </c>
       <c r="Z142" s="1">
         <v>20</v>
       </c>
       <c r="AA142" s="1">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="AB142" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="s">
-        <v>591</v>
+        <v>385</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>592</v>
+        <v>386</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>593</v>
+        <v>383</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>464</v>
+        <v>387</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>32</v>
+        <v>388</v>
       </c>
       <c r="F143" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>140</v>
+        <v>33</v>
       </c>
       <c r="H143" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>35</v>
+        <v>242</v>
       </c>
       <c r="J143" s="1">
         <v>2026</v>
       </c>
       <c r="K143" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L143" s="2">
-        <v>46034.29166666667</v>
+        <v>46307.25</v>
       </c>
       <c r="M143" s="2">
-        <v>46150.25</v>
+        <v>46361.29166666667</v>
       </c>
       <c r="N143" s="1" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="O143" s="1">
-        <v>1200</v>
+        <v>0</v>
       </c>
       <c r="P143" s="1">
-        <v>1250</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q143" s="1" t="s"/>
+      <c r="R143" s="1" t="s"/>
       <c r="S143" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T143" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U143" s="1" t="s">
-        <v>377</v>
+        <v>40</v>
       </c>
       <c r="V143" s="1" t="s">
-        <v>378</v>
+        <v>41</v>
       </c>
       <c r="W143" s="1" t="s">
-        <v>585</v>
+        <v>42</v>
       </c>
       <c r="X143" s="1">
         <v>0</v>
       </c>
       <c r="Y143" s="1" t="s">
-        <v>586</v>
+        <v>93</v>
       </c>
       <c r="Z143" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA143" s="1">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="AB143" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="s">
-        <v>594</v>
+        <v>389</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>595</v>
+        <v>390</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>596</v>
+        <v>391</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>464</v>
+        <v>392</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F144" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>274</v>
+        <v>393</v>
       </c>
       <c r="H144" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I144" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J144" s="1">
         <v>2026</v>
       </c>
       <c r="K144" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L144" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M144" s="2">
         <v>46150.25</v>
       </c>
       <c r="N144" s="1" t="s">
-        <v>81</v>
+        <v>207</v>
       </c>
       <c r="O144" s="1">
-        <v>1000</v>
+        <v>1100</v>
       </c>
       <c r="P144" s="1">
-        <v>1050</v>
+        <v>1150</v>
       </c>
       <c r="Q144" s="1" t="s">
-        <v>276</v>
+        <v>379</v>
       </c>
       <c r="R144" s="1" t="s">
-        <v>277</v>
+        <v>138</v>
       </c>
       <c r="S144" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T144" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U144" s="1" t="s">
-        <v>377</v>
+        <v>38</v>
       </c>
       <c r="V144" s="1" t="s">
-        <v>378</v>
+        <v>226</v>
       </c>
       <c r="W144" s="1" t="s">
-        <v>585</v>
+        <v>42</v>
       </c>
       <c r="X144" s="1">
         <v>0</v>
       </c>
       <c r="Y144" s="1" t="s">
-        <v>586</v>
+        <v>199</v>
       </c>
       <c r="Z144" s="1">
         <v>15</v>
       </c>
       <c r="AA144" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB144" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="s">
-        <v>597</v>
+        <v>394</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>598</v>
+        <v>395</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>599</v>
+        <v>396</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F145" s="1">
         <v>3</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J145" s="1">
         <v>2026</v>
       </c>
       <c r="K145" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L145" s="2">
-        <v>46097.25</v>
+        <v>46174.25</v>
       </c>
       <c r="M145" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N145" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O145" s="1">
         <v>0</v>
       </c>
       <c r="P145" s="1">
         <v>0</v>
       </c>
       <c r="Q145" s="1" t="s"/>
       <c r="R145" s="1" t="s"/>
       <c r="S145" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T145" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U145" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V145" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W145" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X145" s="1">
         <v>0</v>
       </c>
       <c r="Y145" s="1" t="s">
-        <v>43</v>
+        <v>199</v>
       </c>
       <c r="Z145" s="1">
         <v>15</v>
       </c>
       <c r="AA145" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB145" s="1" t="s">
-        <v>44</v>
+        <v>129</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="s">
-        <v>597</v>
+        <v>397</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>598</v>
+        <v>398</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>599</v>
+        <v>399</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E146" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F146" s="1">
         <v>3</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J146" s="1">
         <v>2026</v>
       </c>
       <c r="K146" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L146" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M146" s="2">
-        <v>46088.29166666667</v>
+        <v>46227.25</v>
       </c>
       <c r="N146" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O146" s="1">
         <v>0</v>
       </c>
       <c r="P146" s="1">
         <v>0</v>
       </c>
       <c r="Q146" s="1" t="s"/>
       <c r="R146" s="1" t="s"/>
       <c r="S146" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T146" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U146" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V146" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W146" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X146" s="1">
         <v>0</v>
       </c>
       <c r="Y146" s="1" t="s">
-        <v>43</v>
+        <v>199</v>
       </c>
       <c r="Z146" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="AA146" s="1">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="AB146" s="1" t="s">
-        <v>44</v>
+        <v>129</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="s">
-        <v>600</v>
+        <v>400</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>601</v>
+        <v>401</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>602</v>
+        <v>402</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F147" s="1">
         <v>3</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>33</v>
+        <v>144</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J147" s="1">
         <v>2026</v>
       </c>
       <c r="K147" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L147" s="2">
-        <v>46097.25</v>
+        <v>46251.25</v>
       </c>
       <c r="M147" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N147" s="1" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="O147" s="1">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="P147" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R147" s="1" t="s"/>
+        <v>950</v>
+      </c>
+      <c r="Q147" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="R147" s="1" t="s">
+        <v>261</v>
+      </c>
       <c r="S147" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T147" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U147" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="V147" s="1" t="s">
-        <v>41</v>
+        <v>226</v>
       </c>
       <c r="W147" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X147" s="1">
         <v>0</v>
       </c>
       <c r="Y147" s="1" t="s">
-        <v>49</v>
+        <v>199</v>
       </c>
       <c r="Z147" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="AA147" s="1">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="AB147" s="1" t="s">
-        <v>44</v>
+        <v>129</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="s">
-        <v>603</v>
+        <v>403</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>604</v>
+        <v>404</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>605</v>
+        <v>405</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E148" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F148" s="1">
         <v>3</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>164</v>
+        <v>33</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J148" s="1">
         <v>2026</v>
       </c>
       <c r="K148" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L148" s="2">
-        <v>46097.25</v>
+        <v>46174.25</v>
       </c>
       <c r="M148" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N148" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O148" s="1">
         <v>0</v>
       </c>
       <c r="P148" s="1">
         <v>0</v>
       </c>
       <c r="Q148" s="1" t="s"/>
       <c r="R148" s="1" t="s"/>
       <c r="S148" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T148" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U148" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V148" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W148" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X148" s="1">
         <v>0</v>
       </c>
       <c r="Y148" s="1" t="s">
-        <v>539</v>
+        <v>406</v>
       </c>
       <c r="Z148" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="AA148" s="1">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="AB148" s="1" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="s">
-        <v>603</v>
+        <v>403</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>604</v>
+        <v>404</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>605</v>
+        <v>405</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E149" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F149" s="1">
         <v>3</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I149" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J149" s="1">
         <v>2026</v>
       </c>
       <c r="K149" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L149" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M149" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N149" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O149" s="1">
         <v>0</v>
       </c>
       <c r="P149" s="1">
         <v>0</v>
       </c>
       <c r="Q149" s="1" t="s"/>
       <c r="R149" s="1" t="s"/>
       <c r="S149" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T149" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U149" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V149" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W149" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X149" s="1">
         <v>0</v>
       </c>
       <c r="Y149" s="1" t="s">
-        <v>539</v>
+        <v>406</v>
       </c>
       <c r="Z149" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="AA149" s="1">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="AB149" s="1" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="s">
-        <v>606</v>
+        <v>403</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>607</v>
+        <v>404</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>608</v>
+        <v>405</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E150" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F150" s="1">
         <v>3</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>122</v>
+        <v>33</v>
       </c>
       <c r="H150" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J150" s="1">
         <v>2026</v>
       </c>
       <c r="K150" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L150" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M150" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N150" s="1" t="s">
-        <v>123</v>
+        <v>37</v>
       </c>
       <c r="O150" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="P150" s="1">
-        <v>1020</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q150" s="1" t="s"/>
+      <c r="R150" s="1" t="s"/>
       <c r="S150" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T150" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U150" s="1" t="s">
-        <v>72</v>
+        <v>38</v>
       </c>
       <c r="V150" s="1" t="s">
-        <v>73</v>
+        <v>226</v>
       </c>
       <c r="W150" s="1" t="s">
-        <v>610</v>
+        <v>42</v>
       </c>
       <c r="X150" s="1">
         <v>0</v>
       </c>
       <c r="Y150" s="1" t="s">
-        <v>611</v>
+        <v>406</v>
       </c>
       <c r="Z150" s="1">
         <v>30</v>
       </c>
       <c r="AA150" s="1">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="AB150" s="1" t="s">
-        <v>612</v>
+        <v>94</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="s">
-        <v>613</v>
+        <v>407</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>614</v>
+        <v>408</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>615</v>
+        <v>409</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E151" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F151" s="1">
         <v>3</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>616</v>
+        <v>33</v>
       </c>
       <c r="H151" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I151" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J151" s="1">
         <v>2026</v>
       </c>
       <c r="K151" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L151" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M151" s="2">
         <v>46150.25</v>
       </c>
       <c r="N151" s="1" t="s">
-        <v>123</v>
+        <v>37</v>
       </c>
       <c r="O151" s="1">
-        <v>1430</v>
+        <v>0</v>
       </c>
       <c r="P151" s="1">
-        <v>1550</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q151" s="1" t="s"/>
+      <c r="R151" s="1" t="s"/>
       <c r="S151" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T151" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U151" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V151" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W151" s="1" t="s">
-        <v>610</v>
+        <v>42</v>
       </c>
       <c r="X151" s="1">
         <v>0</v>
       </c>
       <c r="Y151" s="1" t="s">
-        <v>618</v>
+        <v>410</v>
       </c>
       <c r="Z151" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="AA151" s="1">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="AB151" s="1" t="s">
-        <v>612</v>
+        <v>94</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="s">
-        <v>619</v>
+        <v>411</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>620</v>
+        <v>412</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>621</v>
+        <v>413</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E152" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F152" s="1">
         <v>3</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>140</v>
+        <v>33</v>
       </c>
       <c r="H152" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I152" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J152" s="1">
         <v>2026</v>
       </c>
       <c r="K152" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L152" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M152" s="2">
         <v>46150.25</v>
       </c>
       <c r="N152" s="1" t="s">
-        <v>123</v>
+        <v>37</v>
       </c>
       <c r="O152" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P152" s="1">
-        <v>1420</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q152" s="1" t="s"/>
+      <c r="R152" s="1" t="s"/>
       <c r="S152" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T152" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U152" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V152" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W152" s="1" t="s">
-        <v>623</v>
+        <v>42</v>
       </c>
       <c r="X152" s="1">
         <v>0</v>
       </c>
       <c r="Y152" s="1" t="s">
-        <v>624</v>
+        <v>410</v>
       </c>
       <c r="Z152" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="AA152" s="1">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="AB152" s="1" t="s">
-        <v>612</v>
+        <v>94</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="s">
-        <v>625</v>
+        <v>414</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>626</v>
+        <v>415</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>627</v>
+        <v>416</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>32</v>
+        <v>417</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F153" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>284</v>
+        <v>33</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I153" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J153" s="1">
         <v>2026</v>
       </c>
       <c r="K153" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L153" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M153" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N153" s="1" t="s">
-        <v>416</v>
+        <v>37</v>
       </c>
       <c r="O153" s="1">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="P153" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q153" s="1" t="s"/>
+      <c r="R153" s="1" t="s"/>
       <c r="S153" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T153" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U153" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V153" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W153" s="1" t="s">
-        <v>623</v>
+        <v>42</v>
       </c>
       <c r="X153" s="1">
         <v>0</v>
       </c>
       <c r="Y153" s="1" t="s">
-        <v>628</v>
+        <v>406</v>
       </c>
       <c r="Z153" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="AA153" s="1">
-        <v>28</v>
+        <v>2</v>
       </c>
       <c r="AB153" s="1" t="s">
-        <v>612</v>
+        <v>94</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="s">
-        <v>629</v>
+        <v>418</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>630</v>
+        <v>419</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>631</v>
+        <v>420</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>32</v>
+        <v>421</v>
       </c>
       <c r="E154" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F154" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>122</v>
+        <v>33</v>
       </c>
       <c r="H154" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I154" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J154" s="1">
         <v>2026</v>
       </c>
       <c r="K154" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L154" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M154" s="2">
         <v>46150.25</v>
       </c>
       <c r="N154" s="1" t="s">
-        <v>123</v>
+        <v>37</v>
       </c>
       <c r="O154" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P154" s="1">
-        <v>1450</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q154" s="1" t="s"/>
+      <c r="R154" s="1" t="s"/>
       <c r="S154" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T154" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U154" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V154" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W154" s="1" t="s">
-        <v>633</v>
+        <v>42</v>
       </c>
       <c r="X154" s="1">
         <v>0</v>
       </c>
       <c r="Y154" s="1" t="s">
-        <v>634</v>
+        <v>422</v>
       </c>
       <c r="Z154" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="AA154" s="1">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="AB154" s="1" t="s">
-        <v>612</v>
+        <v>94</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="s">
-        <v>635</v>
+        <v>418</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>636</v>
+        <v>419</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>637</v>
+        <v>420</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>32</v>
+        <v>421</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F155" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>274</v>
+        <v>33</v>
       </c>
       <c r="H155" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I155" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J155" s="1">
         <v>2026</v>
       </c>
       <c r="K155" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L155" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M155" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N155" s="1" t="s">
-        <v>416</v>
+        <v>37</v>
       </c>
       <c r="O155" s="1">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="P155" s="1">
-        <v>1050</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q155" s="1" t="s"/>
+      <c r="R155" s="1" t="s"/>
       <c r="S155" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T155" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U155" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V155" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W155" s="1" t="s">
-        <v>623</v>
+        <v>42</v>
       </c>
       <c r="X155" s="1">
         <v>0</v>
       </c>
       <c r="Y155" s="1" t="s">
-        <v>624</v>
+        <v>422</v>
       </c>
       <c r="Z155" s="1">
         <v>30</v>
       </c>
       <c r="AA155" s="1">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="AB155" s="1" t="s">
-        <v>612</v>
+        <v>80</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="s">
-        <v>638</v>
+        <v>423</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>639</v>
+        <v>424</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>640</v>
+        <v>425</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
       <c r="E156" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F156" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>284</v>
+        <v>33</v>
       </c>
       <c r="H156" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I156" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J156" s="1">
         <v>2026</v>
       </c>
       <c r="K156" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L156" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M156" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N156" s="1" t="s">
-        <v>151</v>
+        <v>37</v>
       </c>
       <c r="O156" s="1">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="P156" s="1">
-        <v>1150</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q156" s="1" t="s"/>
+      <c r="R156" s="1" t="s"/>
       <c r="S156" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T156" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U156" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V156" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W156" s="1" t="s">
-        <v>610</v>
+        <v>42</v>
       </c>
       <c r="X156" s="1">
         <v>0</v>
       </c>
       <c r="Y156" s="1" t="s">
-        <v>634</v>
+        <v>406</v>
       </c>
       <c r="Z156" s="1">
         <v>30</v>
       </c>
       <c r="AA156" s="1">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="AB156" s="1" t="s">
-        <v>612</v>
+        <v>80</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="s">
-        <v>641</v>
+        <v>423</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>642</v>
+        <v>424</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>643</v>
+        <v>425</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>31</v>
+        <v>287</v>
       </c>
       <c r="E157" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F157" s="1">
         <v>3</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H157" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="J157" s="1">
         <v>2026</v>
       </c>
       <c r="K157" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L157" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M157" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N157" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O157" s="1">
         <v>0</v>
       </c>
       <c r="P157" s="1">
         <v>0</v>
       </c>
       <c r="Q157" s="1" t="s"/>
       <c r="R157" s="1" t="s"/>
       <c r="S157" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T157" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U157" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V157" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W157" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X157" s="1">
         <v>0</v>
       </c>
       <c r="Y157" s="1" t="s">
-        <v>553</v>
+        <v>406</v>
       </c>
       <c r="Z157" s="1">
         <v>35</v>
       </c>
       <c r="AA157" s="1">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="AB157" s="1" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="s">
-        <v>644</v>
+        <v>426</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>645</v>
+        <v>427</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>646</v>
+        <v>428</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E158" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F158" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>647</v>
+        <v>33</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I158" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J158" s="1">
         <v>2026</v>
       </c>
       <c r="K158" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L158" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M158" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N158" s="1" t="s">
-        <v>648</v>
+        <v>37</v>
       </c>
       <c r="O158" s="1">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="P158" s="1">
-        <v>1205</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q158" s="1" t="s"/>
+      <c r="R158" s="1" t="s"/>
       <c r="S158" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T158" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U158" s="1" t="s">
-        <v>651</v>
+        <v>40</v>
       </c>
       <c r="V158" s="1" t="s">
-        <v>652</v>
+        <v>41</v>
       </c>
       <c r="W158" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X158" s="1">
         <v>0</v>
       </c>
       <c r="Y158" s="1" t="s">
-        <v>653</v>
+        <v>410</v>
       </c>
       <c r="Z158" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="AA158" s="1">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="AB158" s="1" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="s">
-        <v>654</v>
+        <v>426</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>655</v>
+        <v>427</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>656</v>
+        <v>428</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E159" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F159" s="1">
         <v>3</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H159" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I159" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J159" s="1">
         <v>2026</v>
       </c>
       <c r="K159" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L159" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M159" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N159" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O159" s="1">
         <v>0</v>
       </c>
       <c r="P159" s="1">
         <v>0</v>
       </c>
       <c r="Q159" s="1" t="s"/>
       <c r="R159" s="1" t="s"/>
       <c r="S159" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T159" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U159" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V159" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W159" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X159" s="1">
         <v>0</v>
       </c>
       <c r="Y159" s="1" t="s">
-        <v>95</v>
+        <v>406</v>
       </c>
       <c r="Z159" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA159" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="AB159" s="1" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="s">
-        <v>657</v>
+        <v>429</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>658</v>
+        <v>430</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>659</v>
+        <v>431</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E160" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F160" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H160" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="J160" s="1">
         <v>2026</v>
       </c>
       <c r="K160" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L160" s="2">
-        <v>46034.29166666667</v>
+        <v>46097.25</v>
       </c>
       <c r="M160" s="2">
         <v>46150.25</v>
       </c>
       <c r="N160" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O160" s="1">
         <v>0</v>
       </c>
       <c r="P160" s="1">
         <v>0</v>
       </c>
       <c r="Q160" s="1" t="s"/>
       <c r="R160" s="1" t="s"/>
       <c r="S160" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T160" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U160" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V160" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W160" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X160" s="1">
         <v>0</v>
       </c>
       <c r="Y160" s="1" t="s">
-        <v>95</v>
+        <v>406</v>
       </c>
       <c r="Z160" s="1">
         <v>15</v>
       </c>
       <c r="AA160" s="1">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="AB160" s="1" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="s">
-        <v>660</v>
+        <v>432</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>661</v>
+        <v>433</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>662</v>
+        <v>434</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E161" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F161" s="1">
         <v>3</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>518</v>
+        <v>33</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I161" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J161" s="1">
         <v>2026</v>
       </c>
       <c r="K161" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L161" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M161" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N161" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O161" s="1">
         <v>0</v>
       </c>
       <c r="P161" s="1">
         <v>0</v>
       </c>
       <c r="Q161" s="1" t="s"/>
       <c r="R161" s="1" t="s"/>
       <c r="S161" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T161" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U161" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V161" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W161" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X161" s="1">
         <v>0</v>
       </c>
       <c r="Y161" s="1" t="s">
-        <v>663</v>
+        <v>406</v>
       </c>
       <c r="Z161" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="AA161" s="1">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="AB161" s="1" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="s">
-        <v>660</v>
+        <v>435</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>661</v>
+        <v>436</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>662</v>
+        <v>437</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E162" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F162" s="1">
         <v>3</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>164</v>
+        <v>33</v>
       </c>
       <c r="H162" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I162" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J162" s="1">
         <v>2026</v>
       </c>
       <c r="K162" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L162" s="2">
         <v>46097.25</v>
       </c>
       <c r="M162" s="2">
         <v>46150.25</v>
       </c>
       <c r="N162" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O162" s="1">
         <v>0</v>
       </c>
       <c r="P162" s="1">
         <v>0</v>
       </c>
       <c r="Q162" s="1" t="s"/>
       <c r="R162" s="1" t="s"/>
       <c r="S162" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T162" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U162" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V162" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W162" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X162" s="1">
         <v>0</v>
       </c>
       <c r="Y162" s="1" t="s">
-        <v>664</v>
+        <v>406</v>
       </c>
       <c r="Z162" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="AA162" s="1">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="AB162" s="1" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="s">
-        <v>660</v>
+        <v>438</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>661</v>
+        <v>439</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>662</v>
+        <v>440</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>31</v>
+        <v>441</v>
       </c>
       <c r="E163" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F163" s="1">
         <v>3</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>33</v>
+        <v>442</v>
       </c>
       <c r="H163" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I163" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J163" s="1">
         <v>2026</v>
       </c>
       <c r="K163" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L163" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M163" s="2">
         <v>46150.25</v>
       </c>
       <c r="N163" s="1" t="s">
-        <v>37</v>
+        <v>443</v>
       </c>
       <c r="O163" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="P163" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R163" s="1" t="s"/>
+        <v>1700</v>
+      </c>
+      <c r="Q163" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R163" s="1" t="s">
+        <v>116</v>
+      </c>
       <c r="S163" s="1" t="s">
-        <v>38</v>
+        <v>210</v>
       </c>
       <c r="T163" s="1" t="s">
-        <v>39</v>
+        <v>211</v>
       </c>
       <c r="U163" s="1" t="s">
-        <v>40</v>
+        <v>210</v>
       </c>
       <c r="V163" s="1" t="s">
-        <v>41</v>
+        <v>212</v>
       </c>
       <c r="W163" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X163" s="1">
         <v>0</v>
       </c>
       <c r="Y163" s="1" t="s">
-        <v>664</v>
+        <v>406</v>
       </c>
       <c r="Z163" s="1">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="AA163" s="1">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="AB163" s="1" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="s">
-        <v>665</v>
+        <v>444</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>666</v>
+        <v>445</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>667</v>
+        <v>446</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>464</v>
+        <v>32</v>
       </c>
       <c r="E164" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F164" s="1">
         <v>3</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>77</v>
+        <v>206</v>
       </c>
       <c r="H164" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J164" s="1">
         <v>2026</v>
       </c>
       <c r="K164" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L164" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M164" s="2">
         <v>46150.25</v>
       </c>
       <c r="N164" s="1" t="s">
-        <v>123</v>
+        <v>447</v>
       </c>
       <c r="O164" s="1">
-        <v>1800</v>
+        <v>953</v>
       </c>
       <c r="P164" s="1">
-        <v>1950</v>
+        <v>1043</v>
       </c>
       <c r="Q164" s="1" t="s">
-        <v>668</v>
+        <v>448</v>
       </c>
       <c r="R164" s="1" t="s">
-        <v>669</v>
+        <v>449</v>
       </c>
       <c r="S164" s="1" t="s">
-        <v>70</v>
+        <v>210</v>
       </c>
       <c r="T164" s="1" t="s">
-        <v>71</v>
+        <v>211</v>
       </c>
       <c r="U164" s="1" t="s">
-        <v>72</v>
+        <v>210</v>
       </c>
       <c r="V164" s="1" t="s">
-        <v>73</v>
+        <v>212</v>
       </c>
       <c r="W164" s="1" t="s">
-        <v>610</v>
+        <v>42</v>
       </c>
       <c r="X164" s="1">
         <v>0</v>
       </c>
       <c r="Y164" s="1" t="s">
-        <v>670</v>
+        <v>450</v>
       </c>
       <c r="Z164" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="AA164" s="1">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="AB164" s="1" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="s">
-        <v>671</v>
+        <v>444</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>672</v>
+        <v>445</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>673</v>
+        <v>446</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>674</v>
+        <v>32</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>675</v>
+        <v>32</v>
       </c>
       <c r="F165" s="1">
         <v>3</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>33</v>
+        <v>206</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J165" s="1">
         <v>2026</v>
       </c>
       <c r="K165" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L165" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M165" s="2">
-        <v>46088.29166666667</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N165" s="1" t="s">
-        <v>37</v>
+        <v>447</v>
       </c>
       <c r="O165" s="1">
-        <v>0</v>
+        <v>1030</v>
       </c>
       <c r="P165" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R165" s="1" t="s"/>
+        <v>1130</v>
+      </c>
+      <c r="Q165" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="R165" s="1" t="s">
+        <v>452</v>
+      </c>
       <c r="S165" s="1" t="s">
-        <v>38</v>
+        <v>210</v>
       </c>
       <c r="T165" s="1" t="s">
-        <v>39</v>
+        <v>211</v>
       </c>
       <c r="U165" s="1" t="s">
-        <v>40</v>
+        <v>210</v>
       </c>
       <c r="V165" s="1" t="s">
-        <v>41</v>
+        <v>212</v>
       </c>
       <c r="W165" s="1" t="s">
-        <v>42</v>
+        <v>453</v>
       </c>
       <c r="X165" s="1">
         <v>0</v>
       </c>
       <c r="Y165" s="1" t="s">
-        <v>676</v>
+        <v>450</v>
       </c>
       <c r="Z165" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="AA165" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="AB165" s="1" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="s">
-        <v>677</v>
+        <v>454</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>678</v>
+        <v>455</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>679</v>
+        <v>456</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E166" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F166" s="1">
         <v>3</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>77</v>
+        <v>217</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I166" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J166" s="1">
         <v>2026</v>
       </c>
       <c r="K166" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L166" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M166" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N166" s="1" t="s">
-        <v>123</v>
+        <v>37</v>
       </c>
       <c r="O166" s="1">
-        <v>1800</v>
+        <v>0</v>
       </c>
       <c r="P166" s="1">
-        <v>1920</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q166" s="1" t="s"/>
+      <c r="R166" s="1" t="s"/>
       <c r="S166" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T166" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U166" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V166" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W166" s="1" t="s">
-        <v>681</v>
+        <v>42</v>
       </c>
       <c r="X166" s="1">
         <v>0</v>
       </c>
       <c r="Y166" s="1" t="s">
-        <v>663</v>
+        <v>457</v>
       </c>
       <c r="Z166" s="1">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="AA166" s="1">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="AB166" s="1" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="s">
-        <v>682</v>
+        <v>454</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>683</v>
+        <v>455</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>684</v>
+        <v>456</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E167" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F167" s="1">
         <v>3</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J167" s="1">
         <v>2026</v>
       </c>
       <c r="K167" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L167" s="2">
-        <v>46097.25</v>
+        <v>46251.25</v>
       </c>
       <c r="M167" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N167" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O167" s="1">
         <v>0</v>
       </c>
       <c r="P167" s="1">
         <v>0</v>
       </c>
       <c r="Q167" s="1" t="s"/>
       <c r="R167" s="1" t="s"/>
       <c r="S167" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T167" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U167" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V167" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W167" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X167" s="1">
         <v>0</v>
       </c>
       <c r="Y167" s="1" t="s">
-        <v>670</v>
+        <v>457</v>
       </c>
       <c r="Z167" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="AA167" s="1">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="AB167" s="1" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="s">
-        <v>685</v>
+        <v>454</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>686</v>
+        <v>455</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>687</v>
+        <v>456</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E168" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F168" s="1">
         <v>3</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>77</v>
+        <v>33</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I168" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J168" s="1">
         <v>2026</v>
       </c>
       <c r="K168" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L168" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M168" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N168" s="1" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="O168" s="1">
-        <v>1800</v>
+        <v>0</v>
       </c>
       <c r="P168" s="1">
-        <v>1920</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q168" s="1" t="s"/>
+      <c r="R168" s="1" t="s"/>
       <c r="S168" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T168" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U168" s="1" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="V168" s="1" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="W168" s="1" t="s">
-        <v>681</v>
+        <v>42</v>
       </c>
       <c r="X168" s="1">
         <v>0</v>
       </c>
       <c r="Y168" s="1" t="s">
-        <v>663</v>
+        <v>450</v>
       </c>
       <c r="Z168" s="1">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="AA168" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AB168" s="1" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="s">
-        <v>688</v>
+        <v>454</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>689</v>
+        <v>455</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>687</v>
+        <v>456</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F169" s="1">
         <v>3</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H169" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J169" s="1">
         <v>2026</v>
       </c>
       <c r="K169" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L169" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M169" s="2">
         <v>46150.25</v>
       </c>
       <c r="N169" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O169" s="1">
         <v>0</v>
       </c>
       <c r="P169" s="1">
         <v>0</v>
       </c>
       <c r="Q169" s="1" t="s"/>
       <c r="R169" s="1" t="s"/>
       <c r="S169" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T169" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U169" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V169" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W169" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X169" s="1">
         <v>0</v>
       </c>
       <c r="Y169" s="1" t="s">
-        <v>676</v>
+        <v>457</v>
       </c>
       <c r="Z169" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="AA169" s="1">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="AB169" s="1" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="s">
-        <v>690</v>
+        <v>458</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>691</v>
+        <v>459</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>692</v>
+        <v>460</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E170" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F170" s="1">
         <v>3</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>164</v>
+        <v>33</v>
       </c>
       <c r="H170" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I170" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J170" s="1">
         <v>2026</v>
       </c>
       <c r="K170" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L170" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M170" s="2">
         <v>46150.25</v>
       </c>
       <c r="N170" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O170" s="1">
         <v>0</v>
       </c>
       <c r="P170" s="1">
         <v>0</v>
       </c>
       <c r="Q170" s="1" t="s"/>
       <c r="R170" s="1" t="s"/>
       <c r="S170" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T170" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U170" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V170" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W170" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X170" s="1">
         <v>0</v>
       </c>
       <c r="Y170" s="1" t="s">
-        <v>289</v>
+        <v>457</v>
       </c>
       <c r="Z170" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="AA170" s="1">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="AB170" s="1" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="s">
-        <v>690</v>
+        <v>458</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>691</v>
+        <v>459</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>692</v>
+        <v>460</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F171" s="1">
         <v>3</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J171" s="1">
         <v>2026</v>
       </c>
       <c r="K171" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L171" s="2">
-        <v>46097.25</v>
+        <v>46174.25</v>
       </c>
       <c r="M171" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N171" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O171" s="1">
         <v>0</v>
       </c>
       <c r="P171" s="1">
         <v>0</v>
       </c>
       <c r="Q171" s="1" t="s"/>
       <c r="R171" s="1" t="s"/>
       <c r="S171" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T171" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U171" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V171" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W171" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X171" s="1">
         <v>0</v>
       </c>
       <c r="Y171" s="1" t="s">
-        <v>289</v>
+        <v>457</v>
       </c>
       <c r="Z171" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="AA171" s="1">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="AB171" s="1" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="s">
-        <v>693</v>
+        <v>458</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>694</v>
+        <v>459</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>695</v>
+        <v>460</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F172" s="1">
         <v>3</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J172" s="1">
         <v>2026</v>
       </c>
       <c r="K172" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L172" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M172" s="2">
-        <v>46088.29166666667</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N172" s="1" t="s">
         <v>37</v>
       </c>
       <c r="O172" s="1">
         <v>0</v>
       </c>
       <c r="P172" s="1">
         <v>0</v>
       </c>
       <c r="Q172" s="1" t="s"/>
       <c r="R172" s="1" t="s"/>
       <c r="S172" s="1" t="s">
         <v>38</v>
       </c>
       <c r="T172" s="1" t="s">
         <v>39</v>
       </c>
       <c r="U172" s="1" t="s">
         <v>40</v>
       </c>
       <c r="V172" s="1" t="s">
         <v>41</v>
       </c>
       <c r="W172" s="1" t="s">
         <v>42</v>
       </c>
       <c r="X172" s="1">
         <v>0</v>
       </c>
       <c r="Y172" s="1" t="s">
-        <v>289</v>
+        <v>457</v>
       </c>
       <c r="Z172" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="AA172" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="AB172" s="1" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="s">
-        <v>696</v>
+        <v>461</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>697</v>
+        <v>462</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>698</v>
+        <v>463</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>699</v>
+        <v>32</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F173" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>77</v>
+        <v>464</v>
       </c>
       <c r="H173" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I173" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J173" s="1">
         <v>2026</v>
       </c>
       <c r="K173" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L173" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M173" s="2">
         <v>46150.25</v>
       </c>
       <c r="N173" s="1" t="s">
-        <v>123</v>
+        <v>156</v>
       </c>
       <c r="O173" s="1">
-        <v>1800</v>
+        <v>800</v>
       </c>
       <c r="P173" s="1">
-        <v>1920</v>
+        <v>1150</v>
       </c>
       <c r="Q173" s="1" t="s">
-        <v>668</v>
+        <v>260</v>
       </c>
       <c r="R173" s="1" t="s">
-        <v>680</v>
+        <v>138</v>
       </c>
       <c r="S173" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T173" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U173" s="1" t="s">
-        <v>72</v>
+        <v>465</v>
       </c>
       <c r="V173" s="1" t="s">
-        <v>73</v>
+        <v>466</v>
       </c>
       <c r="W173" s="1" t="s">
-        <v>439</v>
+        <v>467</v>
       </c>
       <c r="X173" s="1">
         <v>0</v>
       </c>
       <c r="Y173" s="1" t="s">
-        <v>700</v>
+        <v>468</v>
       </c>
       <c r="Z173" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="AA173" s="1">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="AB173" s="1" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="s">
-        <v>701</v>
+        <v>469</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>702</v>
+        <v>470</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>703</v>
+        <v>471</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F174" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>33</v>
+        <v>149</v>
       </c>
       <c r="H174" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J174" s="1">
         <v>2026</v>
       </c>
       <c r="K174" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L174" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M174" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N174" s="1" t="s">
-        <v>37</v>
+        <v>156</v>
       </c>
       <c r="O174" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="P174" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R174" s="1" t="s"/>
+        <v>1650</v>
+      </c>
+      <c r="Q174" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R174" s="1" t="s">
+        <v>115</v>
+      </c>
       <c r="S174" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T174" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U174" s="1" t="s">
-        <v>40</v>
+        <v>139</v>
       </c>
       <c r="V174" s="1" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="W174" s="1" t="s">
-        <v>42</v>
+        <v>472</v>
       </c>
       <c r="X174" s="1">
         <v>0</v>
       </c>
       <c r="Y174" s="1" t="s">
-        <v>560</v>
+        <v>468</v>
       </c>
       <c r="Z174" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="AA174" s="1">
         <v>7</v>
       </c>
       <c r="AB174" s="1" t="s">
-        <v>96</v>
+        <v>143</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="s">
-        <v>704</v>
+        <v>473</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>705</v>
+        <v>474</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>706</v>
+        <v>475</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E175" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F175" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>33</v>
+        <v>476</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J175" s="1">
         <v>2026</v>
       </c>
       <c r="K175" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L175" s="2">
-        <v>46097.25</v>
+        <v>46251.25</v>
       </c>
       <c r="M175" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N175" s="1" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="O175" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="P175" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R175" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q175" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R175" s="1" t="s">
+        <v>138</v>
+      </c>
       <c r="S175" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T175" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U175" s="1" t="s">
-        <v>377</v>
+        <v>465</v>
       </c>
       <c r="V175" s="1" t="s">
-        <v>378</v>
+        <v>466</v>
       </c>
       <c r="W175" s="1" t="s">
-        <v>42</v>
+        <v>467</v>
       </c>
       <c r="X175" s="1">
         <v>0</v>
       </c>
       <c r="Y175" s="1" t="s">
-        <v>560</v>
+        <v>468</v>
       </c>
       <c r="Z175" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="AA175" s="1">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="AB175" s="1" t="s">
-        <v>96</v>
+        <v>143</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="s">
-        <v>707</v>
+        <v>477</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>708</v>
+        <v>478</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>709</v>
+        <v>479</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F176" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>33</v>
+        <v>144</v>
       </c>
       <c r="H176" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I176" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J176" s="1">
         <v>2026</v>
       </c>
       <c r="K176" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L176" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M176" s="2">
         <v>46150.25</v>
       </c>
       <c r="N176" s="1" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="O176" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="P176" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R176" s="1" t="s"/>
+        <v>1150</v>
+      </c>
+      <c r="Q176" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R176" s="1" t="s">
+        <v>138</v>
+      </c>
       <c r="S176" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T176" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U176" s="1" t="s">
-        <v>40</v>
+        <v>465</v>
       </c>
       <c r="V176" s="1" t="s">
-        <v>41</v>
+        <v>466</v>
       </c>
       <c r="W176" s="1" t="s">
-        <v>42</v>
+        <v>472</v>
       </c>
       <c r="X176" s="1">
         <v>0</v>
       </c>
       <c r="Y176" s="1" t="s">
-        <v>560</v>
+        <v>468</v>
       </c>
       <c r="Z176" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="AA176" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AB176" s="1" t="s">
-        <v>96</v>
+        <v>143</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="s">
-        <v>710</v>
+        <v>480</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>711</v>
+        <v>481</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>712</v>
+        <v>482</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>31</v>
+        <v>483</v>
       </c>
       <c r="E177" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F177" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>33</v>
+        <v>149</v>
       </c>
       <c r="H177" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I177" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J177" s="1">
         <v>2026</v>
       </c>
       <c r="K177" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L177" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M177" s="2">
         <v>46150.25</v>
       </c>
       <c r="N177" s="1" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="O177" s="1">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="P177" s="1">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="R177" s="1" t="s"/>
+        <v>1650</v>
+      </c>
+      <c r="Q177" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R177" s="1" t="s">
+        <v>115</v>
+      </c>
       <c r="S177" s="1" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="T177" s="1" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="U177" s="1" t="s">
-        <v>40</v>
+        <v>465</v>
       </c>
       <c r="V177" s="1" t="s">
-        <v>41</v>
+        <v>466</v>
       </c>
       <c r="W177" s="1" t="s">
-        <v>42</v>
+        <v>472</v>
       </c>
       <c r="X177" s="1">
         <v>0</v>
       </c>
       <c r="Y177" s="1" t="s">
-        <v>560</v>
+        <v>468</v>
       </c>
       <c r="Z177" s="1">
+        <v>10</v>
+      </c>
+      <c r="AA177" s="1">
         <v>5</v>
       </c>
-      <c r="AA177" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="AB177" s="1" t="s">
-        <v>96</v>
+        <v>143</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="s">
-        <v>713</v>
+        <v>484</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>714</v>
+        <v>485</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>715</v>
+        <v>486</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>716</v>
+        <v>487</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F178" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>188</v>
+        <v>136</v>
       </c>
       <c r="H178" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I178" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J178" s="1">
         <v>2026</v>
       </c>
       <c r="K178" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L178" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M178" s="2">
         <v>46150.25</v>
       </c>
       <c r="N178" s="1" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="O178" s="1">
-        <v>1225</v>
+        <v>900</v>
       </c>
       <c r="P178" s="1">
-        <v>1315</v>
+        <v>950</v>
       </c>
       <c r="Q178" s="1" t="s">
-        <v>717</v>
+        <v>137</v>
       </c>
       <c r="R178" s="1" t="s">
-        <v>718</v>
+        <v>261</v>
       </c>
       <c r="S178" s="1" t="s">
-        <v>191</v>
+        <v>38</v>
       </c>
       <c r="T178" s="1" t="s">
-        <v>192</v>
+        <v>39</v>
       </c>
       <c r="U178" s="1" t="s">
-        <v>191</v>
+        <v>38</v>
       </c>
       <c r="V178" s="1" t="s">
-        <v>193</v>
+        <v>226</v>
       </c>
       <c r="W178" s="1" t="s">
-        <v>719</v>
+        <v>42</v>
       </c>
       <c r="X178" s="1">
         <v>0</v>
       </c>
       <c r="Y178" s="1" t="s">
-        <v>720</v>
+        <v>199</v>
       </c>
       <c r="Z178" s="1">
         <v>15</v>
       </c>
       <c r="AA178" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="AB178" s="1" t="s">
-        <v>110</v>
+        <v>129</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="s">
-        <v>713</v>
+        <v>488</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>714</v>
+        <v>489</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>715</v>
+        <v>486</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>716</v>
+        <v>490</v>
       </c>
       <c r="E179" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F179" s="1">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>721</v>
+        <v>230</v>
       </c>
       <c r="H179" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I179" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J179" s="1">
         <v>2026</v>
       </c>
       <c r="K179" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L179" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M179" s="2">
         <v>46150.25</v>
       </c>
       <c r="N179" s="1" t="s">
-        <v>67</v>
+        <v>231</v>
       </c>
       <c r="O179" s="1">
-        <v>1320</v>
+        <v>1100</v>
       </c>
       <c r="P179" s="1">
-        <v>1410</v>
+        <v>1250</v>
       </c>
       <c r="Q179" s="1" t="s">
-        <v>576</v>
+        <v>379</v>
       </c>
       <c r="R179" s="1" t="s">
-        <v>577</v>
+        <v>380</v>
       </c>
       <c r="S179" s="1" t="s">
-        <v>191</v>
+        <v>38</v>
       </c>
       <c r="T179" s="1" t="s">
-        <v>192</v>
+        <v>39</v>
       </c>
       <c r="U179" s="1" t="s">
-        <v>191</v>
+        <v>38</v>
       </c>
       <c r="V179" s="1" t="s">
-        <v>193</v>
+        <v>226</v>
       </c>
       <c r="W179" s="1" t="s">
-        <v>719</v>
+        <v>42</v>
       </c>
       <c r="X179" s="1">
         <v>0</v>
       </c>
       <c r="Y179" s="1" t="s">
-        <v>720</v>
+        <v>199</v>
       </c>
       <c r="Z179" s="1">
         <v>15</v>
       </c>
       <c r="AA179" s="1">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="AB179" s="1" t="s">
-        <v>110</v>
+        <v>129</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="s">
-        <v>713</v>
+        <v>491</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>714</v>
+        <v>492</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>715</v>
+        <v>493</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>716</v>
+        <v>494</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F180" s="1">
         <v>3</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>370</v>
+        <v>144</v>
       </c>
       <c r="H180" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J180" s="1">
         <v>2026</v>
       </c>
       <c r="K180" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L180" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M180" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N180" s="1" t="s">
-        <v>316</v>
+        <v>71</v>
       </c>
       <c r="O180" s="1">
-        <v>800</v>
+        <v>900</v>
       </c>
       <c r="P180" s="1">
-        <v>950</v>
+        <v>1040</v>
       </c>
       <c r="Q180" s="1" t="s">
-        <v>317</v>
+        <v>137</v>
       </c>
       <c r="R180" s="1" t="s">
-        <v>356</v>
+        <v>495</v>
       </c>
       <c r="S180" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T180" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U180" s="1" t="s">
-        <v>722</v>
+        <v>38</v>
       </c>
       <c r="V180" s="1" t="s">
-        <v>723</v>
+        <v>226</v>
       </c>
       <c r="W180" s="1" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="X180" s="1">
         <v>0</v>
       </c>
       <c r="Y180" s="1" t="s">
-        <v>724</v>
+        <v>199</v>
       </c>
       <c r="Z180" s="1">
         <v>15</v>
       </c>
       <c r="AA180" s="1">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="AB180" s="1" t="s">
-        <v>110</v>
+        <v>129</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="s">
-        <v>725</v>
+        <v>496</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>726</v>
+        <v>497</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>715</v>
+        <v>498</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>727</v>
+        <v>32</v>
       </c>
       <c r="E181" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F181" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>188</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I181" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J181" s="1">
         <v>2026</v>
       </c>
       <c r="K181" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L181" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M181" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N181" s="1" t="s">
-        <v>728</v>
+        <v>105</v>
       </c>
       <c r="O181" s="1">
-        <v>1225</v>
+        <v>800</v>
       </c>
       <c r="P181" s="1">
-        <v>1315</v>
+        <v>850</v>
       </c>
       <c r="Q181" s="1" t="s">
-        <v>717</v>
+        <v>260</v>
       </c>
       <c r="R181" s="1" t="s">
-        <v>718</v>
+        <v>499</v>
       </c>
       <c r="S181" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T181" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U181" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="V181" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="T181" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="W181" s="1" t="s">
-        <v>719</v>
+        <v>500</v>
       </c>
       <c r="X181" s="1">
         <v>0</v>
       </c>
       <c r="Y181" s="1" t="s">
-        <v>720</v>
+        <v>501</v>
       </c>
       <c r="Z181" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA181" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="AB181" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="s">
-        <v>725</v>
+        <v>502</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>726</v>
+        <v>503</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>715</v>
+        <v>504</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>727</v>
+        <v>505</v>
       </c>
       <c r="E182" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F182" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>721</v>
+        <v>152</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I182" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J182" s="1">
         <v>2026</v>
       </c>
       <c r="K182" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L182" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M182" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N182" s="1" t="s">
-        <v>728</v>
+        <v>105</v>
       </c>
       <c r="O182" s="1">
-        <v>1320</v>
+        <v>900</v>
       </c>
       <c r="P182" s="1">
-        <v>1410</v>
+        <v>1050</v>
       </c>
       <c r="Q182" s="1" t="s">
-        <v>576</v>
+        <v>137</v>
       </c>
       <c r="R182" s="1" t="s">
-        <v>577</v>
+        <v>356</v>
       </c>
       <c r="S182" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T182" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U182" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="V182" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="T182" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="W182" s="1" t="s">
-        <v>719</v>
+        <v>500</v>
       </c>
       <c r="X182" s="1">
         <v>0</v>
       </c>
       <c r="Y182" s="1" t="s">
-        <v>720</v>
+        <v>501</v>
       </c>
       <c r="Z182" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA182" s="1">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AB182" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="s">
-        <v>725</v>
+        <v>506</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>726</v>
+        <v>507</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>715</v>
+        <v>508</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>727</v>
+        <v>32</v>
       </c>
       <c r="E183" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F183" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>370</v>
+        <v>152</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J183" s="1">
         <v>2026</v>
       </c>
       <c r="K183" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L183" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M183" s="2">
-        <v>46088.29166666667</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N183" s="1" t="s">
-        <v>316</v>
+        <v>105</v>
       </c>
       <c r="O183" s="1">
-        <v>1000</v>
+        <v>1100</v>
       </c>
       <c r="P183" s="1">
-        <v>1550</v>
+        <v>1250</v>
       </c>
       <c r="Q183" s="1" t="s">
-        <v>276</v>
+        <v>379</v>
       </c>
       <c r="R183" s="1" t="s">
-        <v>116</v>
+        <v>380</v>
       </c>
       <c r="S183" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T183" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U183" s="1" t="s">
-        <v>722</v>
+        <v>190</v>
       </c>
       <c r="V183" s="1" t="s">
-        <v>723</v>
+        <v>191</v>
       </c>
       <c r="W183" s="1" t="s">
-        <v>729</v>
+        <v>500</v>
       </c>
       <c r="X183" s="1">
         <v>0</v>
       </c>
       <c r="Y183" s="1" t="s">
-        <v>724</v>
+        <v>501</v>
       </c>
       <c r="Z183" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA183" s="1">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="AB183" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="s">
-        <v>730</v>
+        <v>509</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>731</v>
+        <v>510</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>732</v>
+        <v>511</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F184" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>188</v>
+        <v>152</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I184" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J184" s="1">
         <v>2026</v>
       </c>
       <c r="K184" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L184" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M184" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N184" s="1" t="s">
-        <v>67</v>
+        <v>105</v>
       </c>
       <c r="O184" s="1">
-        <v>1415</v>
+        <v>1400</v>
       </c>
       <c r="P184" s="1">
-        <v>1505</v>
+        <v>1630</v>
       </c>
       <c r="Q184" s="1" t="s">
-        <v>733</v>
+        <v>283</v>
       </c>
       <c r="R184" s="1" t="s">
-        <v>734</v>
+        <v>113</v>
       </c>
       <c r="S184" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T184" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U184" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="V184" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="T184" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="W184" s="1" t="s">
-        <v>719</v>
+        <v>500</v>
       </c>
       <c r="X184" s="1">
         <v>0</v>
       </c>
       <c r="Y184" s="1" t="s">
-        <v>720</v>
+        <v>501</v>
       </c>
       <c r="Z184" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA184" s="1">
         <v>0</v>
       </c>
       <c r="AB184" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="s">
-        <v>730</v>
+        <v>512</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>731</v>
+        <v>513</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>732</v>
+        <v>514</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E185" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F185" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>370</v>
+        <v>152</v>
       </c>
       <c r="H185" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J185" s="1">
         <v>2026</v>
       </c>
       <c r="K185" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L185" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M185" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N185" s="1" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="O185" s="1">
         <v>800</v>
       </c>
       <c r="P185" s="1">
-        <v>950</v>
+        <v>850</v>
       </c>
       <c r="Q185" s="1" t="s">
-        <v>317</v>
+        <v>260</v>
       </c>
       <c r="R185" s="1" t="s">
-        <v>356</v>
+        <v>499</v>
       </c>
       <c r="S185" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T185" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U185" s="1" t="s">
-        <v>722</v>
+        <v>190</v>
       </c>
       <c r="V185" s="1" t="s">
-        <v>723</v>
+        <v>191</v>
       </c>
       <c r="W185" s="1" t="s">
-        <v>74</v>
+        <v>500</v>
       </c>
       <c r="X185" s="1">
         <v>0</v>
       </c>
       <c r="Y185" s="1" t="s">
-        <v>724</v>
+        <v>501</v>
       </c>
       <c r="Z185" s="1">
         <v>15</v>
       </c>
       <c r="AA185" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="AB185" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="s">
-        <v>735</v>
+        <v>512</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>736</v>
+        <v>513</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>737</v>
+        <v>514</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F186" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>188</v>
       </c>
       <c r="H186" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I186" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J186" s="1">
         <v>2026</v>
       </c>
       <c r="K186" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L186" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M186" s="2">
         <v>46150.25</v>
       </c>
       <c r="N186" s="1" t="s">
-        <v>728</v>
+        <v>105</v>
       </c>
       <c r="O186" s="1">
-        <v>1415</v>
+        <v>800</v>
       </c>
       <c r="P186" s="1">
-        <v>1505</v>
+        <v>850</v>
       </c>
       <c r="Q186" s="1" t="s">
-        <v>733</v>
+        <v>260</v>
       </c>
       <c r="R186" s="1" t="s">
-        <v>734</v>
+        <v>499</v>
       </c>
       <c r="S186" s="1" t="s">
-        <v>191</v>
+        <v>74</v>
       </c>
       <c r="T186" s="1" t="s">
-        <v>192</v>
+        <v>75</v>
       </c>
       <c r="U186" s="1" t="s">
-        <v>191</v>
+        <v>515</v>
       </c>
       <c r="V186" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="W186" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="X186" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y186" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="W186" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Z186" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="AA186" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AB186" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="s">
-        <v>735</v>
+        <v>518</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>736</v>
+        <v>519</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>737</v>
+        <v>520</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F187" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>370</v>
+        <v>152</v>
       </c>
       <c r="H187" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J187" s="1">
         <v>2026</v>
       </c>
       <c r="K187" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L187" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M187" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N187" s="1" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="O187" s="1">
-        <v>1000</v>
+        <v>900</v>
       </c>
       <c r="P187" s="1">
-        <v>1150</v>
+        <v>950</v>
       </c>
       <c r="Q187" s="1" t="s">
-        <v>276</v>
+        <v>137</v>
       </c>
       <c r="R187" s="1" t="s">
-        <v>105</v>
+        <v>261</v>
       </c>
       <c r="S187" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T187" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U187" s="1" t="s">
-        <v>722</v>
+        <v>190</v>
       </c>
       <c r="V187" s="1" t="s">
-        <v>723</v>
+        <v>191</v>
       </c>
       <c r="W187" s="1" t="s">
-        <v>729</v>
+        <v>500</v>
       </c>
       <c r="X187" s="1">
         <v>0</v>
       </c>
       <c r="Y187" s="1" t="s">
-        <v>724</v>
+        <v>501</v>
       </c>
       <c r="Z187" s="1">
         <v>15</v>
       </c>
       <c r="AA187" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="AB187" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="s">
-        <v>738</v>
+        <v>518</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>739</v>
+        <v>519</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>740</v>
+        <v>520</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F188" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>370</v>
+        <v>188</v>
       </c>
       <c r="H188" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J188" s="1">
         <v>2026</v>
       </c>
       <c r="K188" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L188" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M188" s="2">
         <v>46150.25</v>
       </c>
       <c r="N188" s="1" t="s">
-        <v>316</v>
+        <v>105</v>
       </c>
       <c r="O188" s="1">
-        <v>800</v>
+        <v>900</v>
       </c>
       <c r="P188" s="1">
         <v>950</v>
       </c>
       <c r="Q188" s="1" t="s">
-        <v>317</v>
+        <v>137</v>
       </c>
       <c r="R188" s="1" t="s">
-        <v>356</v>
+        <v>261</v>
       </c>
       <c r="S188" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T188" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U188" s="1" t="s">
-        <v>722</v>
+        <v>190</v>
       </c>
       <c r="V188" s="1" t="s">
-        <v>723</v>
+        <v>191</v>
       </c>
       <c r="W188" s="1" t="s">
-        <v>74</v>
+        <v>192</v>
       </c>
       <c r="X188" s="1">
         <v>0</v>
       </c>
       <c r="Y188" s="1" t="s">
-        <v>724</v>
+        <v>193</v>
       </c>
       <c r="Z188" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="AA188" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="AB188" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="s">
-        <v>741</v>
+        <v>521</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>742</v>
+        <v>522</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>743</v>
+        <v>523</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F189" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>370</v>
+        <v>152</v>
       </c>
       <c r="H189" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J189" s="1">
         <v>2026</v>
       </c>
       <c r="K189" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L189" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M189" s="2">
         <v>46150.25</v>
       </c>
       <c r="N189" s="1" t="s">
-        <v>316</v>
+        <v>105</v>
       </c>
       <c r="O189" s="1">
-        <v>1000</v>
+        <v>1100</v>
       </c>
       <c r="P189" s="1">
-        <v>1550</v>
+        <v>1250</v>
       </c>
       <c r="Q189" s="1" t="s">
-        <v>276</v>
+        <v>379</v>
       </c>
       <c r="R189" s="1" t="s">
-        <v>116</v>
+        <v>380</v>
       </c>
       <c r="S189" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T189" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U189" s="1" t="s">
-        <v>722</v>
+        <v>190</v>
       </c>
       <c r="V189" s="1" t="s">
-        <v>723</v>
+        <v>191</v>
       </c>
       <c r="W189" s="1" t="s">
-        <v>729</v>
+        <v>500</v>
       </c>
       <c r="X189" s="1">
         <v>0</v>
       </c>
       <c r="Y189" s="1" t="s">
-        <v>724</v>
+        <v>501</v>
       </c>
       <c r="Z189" s="1">
         <v>15</v>
       </c>
       <c r="AA189" s="1">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="AB189" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="s">
-        <v>744</v>
+        <v>524</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>745</v>
+        <v>525</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>745</v>
+        <v>526</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F190" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>376</v>
+        <v>152</v>
       </c>
       <c r="H190" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J190" s="1">
         <v>2026</v>
       </c>
       <c r="K190" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L190" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M190" s="2">
         <v>46150.25</v>
       </c>
       <c r="N190" s="1" t="s">
-        <v>316</v>
+        <v>105</v>
       </c>
       <c r="O190" s="1">
-        <v>800</v>
+        <v>1400</v>
       </c>
       <c r="P190" s="1">
-        <v>950</v>
+        <v>1630</v>
       </c>
       <c r="Q190" s="1" t="s">
-        <v>317</v>
+        <v>283</v>
       </c>
       <c r="R190" s="1" t="s">
-        <v>356</v>
+        <v>113</v>
       </c>
       <c r="S190" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T190" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U190" s="1" t="s">
-        <v>722</v>
+        <v>190</v>
       </c>
       <c r="V190" s="1" t="s">
-        <v>723</v>
+        <v>191</v>
       </c>
       <c r="W190" s="1" t="s">
-        <v>729</v>
+        <v>500</v>
       </c>
       <c r="X190" s="1">
         <v>0</v>
       </c>
       <c r="Y190" s="1" t="s">
-        <v>746</v>
+        <v>501</v>
       </c>
       <c r="Z190" s="1">
         <v>15</v>
       </c>
       <c r="AA190" s="1">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="AB190" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="s">
-        <v>747</v>
+        <v>524</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>748</v>
+        <v>525</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>749</v>
+        <v>526</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>750</v>
+        <v>32</v>
       </c>
       <c r="E191" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F191" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>376</v>
+        <v>188</v>
       </c>
       <c r="H191" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J191" s="1">
         <v>2026</v>
       </c>
       <c r="K191" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L191" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M191" s="2">
         <v>46150.25</v>
       </c>
       <c r="N191" s="1" t="s">
-        <v>316</v>
+        <v>105</v>
       </c>
       <c r="O191" s="1">
-        <v>1000</v>
+        <v>1400</v>
       </c>
       <c r="P191" s="1">
-        <v>1550</v>
+        <v>1630</v>
       </c>
       <c r="Q191" s="1" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="R191" s="1" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="S191" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T191" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U191" s="1" t="s">
-        <v>722</v>
+        <v>190</v>
       </c>
       <c r="V191" s="1" t="s">
-        <v>723</v>
+        <v>191</v>
       </c>
       <c r="W191" s="1" t="s">
-        <v>751</v>
+        <v>192</v>
       </c>
       <c r="X191" s="1">
         <v>0</v>
       </c>
       <c r="Y191" s="1" t="s">
-        <v>746</v>
+        <v>193</v>
       </c>
       <c r="Z191" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="AA191" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="AB191" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="s">
-        <v>752</v>
+        <v>527</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>753</v>
+        <v>528</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>754</v>
+        <v>529</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F192" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>188</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I192" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J192" s="1">
         <v>2026</v>
       </c>
       <c r="K192" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L192" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M192" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N192" s="1" t="s">
-        <v>67</v>
+        <v>105</v>
       </c>
       <c r="O192" s="1">
-        <v>810</v>
+        <v>800</v>
       </c>
       <c r="P192" s="1">
-        <v>900</v>
+        <v>850</v>
       </c>
       <c r="Q192" s="1" t="s">
-        <v>755</v>
+        <v>260</v>
       </c>
       <c r="R192" s="1" t="s">
-        <v>104</v>
+        <v>499</v>
       </c>
       <c r="S192" s="1" t="s">
-        <v>191</v>
+        <v>74</v>
       </c>
       <c r="T192" s="1" t="s">
-        <v>192</v>
+        <v>75</v>
       </c>
       <c r="U192" s="1" t="s">
-        <v>191</v>
+        <v>515</v>
       </c>
       <c r="V192" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="W192" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="X192" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y192" s="1" t="s">
         <v>193</v>
-      </c>
-[...7 lines deleted...]
-        <v>720</v>
       </c>
       <c r="Z192" s="1">
         <v>15</v>
       </c>
       <c r="AA192" s="1">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="AB192" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="s">
-        <v>752</v>
+        <v>527</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>753</v>
+        <v>528</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>754</v>
+        <v>529</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F193" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>376</v>
+        <v>476</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J193" s="1">
         <v>2026</v>
       </c>
       <c r="K193" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L193" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M193" s="2">
-        <v>46088.29166666667</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N193" s="1" t="s">
-        <v>67</v>
+        <v>105</v>
       </c>
       <c r="O193" s="1">
         <v>800</v>
       </c>
       <c r="P193" s="1">
-        <v>950</v>
+        <v>850</v>
       </c>
       <c r="Q193" s="1" t="s">
-        <v>317</v>
+        <v>260</v>
       </c>
       <c r="R193" s="1" t="s">
-        <v>356</v>
+        <v>499</v>
       </c>
       <c r="S193" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T193" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U193" s="1" t="s">
-        <v>722</v>
+        <v>190</v>
       </c>
       <c r="V193" s="1" t="s">
-        <v>723</v>
+        <v>191</v>
       </c>
       <c r="W193" s="1" t="s">
-        <v>751</v>
+        <v>530</v>
       </c>
       <c r="X193" s="1">
         <v>0</v>
       </c>
       <c r="Y193" s="1" t="s">
-        <v>746</v>
+        <v>531</v>
       </c>
       <c r="Z193" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA193" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="AB193" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="s">
-        <v>756</v>
+        <v>532</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>757</v>
+        <v>533</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>758</v>
+        <v>534</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E194" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F194" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>188</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I194" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J194" s="1">
         <v>2026</v>
       </c>
       <c r="K194" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L194" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M194" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N194" s="1" t="s">
-        <v>728</v>
+        <v>105</v>
       </c>
       <c r="O194" s="1">
-        <v>810</v>
+        <v>900</v>
       </c>
       <c r="P194" s="1">
-        <v>900</v>
+        <v>1050</v>
       </c>
       <c r="Q194" s="1" t="s">
-        <v>755</v>
+        <v>137</v>
       </c>
       <c r="R194" s="1" t="s">
-        <v>104</v>
+        <v>356</v>
       </c>
       <c r="S194" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T194" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U194" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="V194" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="T194" s="1" t="s">
-[...5 lines deleted...]
-      <c r="V194" s="1" t="s">
+      <c r="W194" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="X194" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y194" s="1" t="s">
         <v>193</v>
-      </c>
-[...7 lines deleted...]
-        <v>720</v>
       </c>
       <c r="Z194" s="1">
         <v>15</v>
       </c>
       <c r="AA194" s="1">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="AB194" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="s">
-        <v>756</v>
+        <v>532</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>757</v>
+        <v>533</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>758</v>
+        <v>534</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F195" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>376</v>
+        <v>476</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J195" s="1">
         <v>2026</v>
       </c>
       <c r="K195" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L195" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M195" s="2">
-        <v>46088.29166666667</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N195" s="1" t="s">
-        <v>67</v>
+        <v>105</v>
       </c>
       <c r="O195" s="1">
-        <v>1000</v>
+        <v>900</v>
       </c>
       <c r="P195" s="1">
-        <v>1150</v>
+        <v>1050</v>
       </c>
       <c r="Q195" s="1" t="s">
-        <v>276</v>
+        <v>137</v>
       </c>
       <c r="R195" s="1" t="s">
-        <v>105</v>
+        <v>356</v>
       </c>
       <c r="S195" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T195" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U195" s="1" t="s">
-        <v>722</v>
+        <v>190</v>
       </c>
       <c r="V195" s="1" t="s">
-        <v>723</v>
+        <v>191</v>
       </c>
       <c r="W195" s="1" t="s">
-        <v>729</v>
+        <v>530</v>
       </c>
       <c r="X195" s="1">
         <v>0</v>
       </c>
       <c r="Y195" s="1" t="s">
-        <v>746</v>
+        <v>531</v>
       </c>
       <c r="Z195" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA195" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="AB195" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="s">
-        <v>759</v>
+        <v>536</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>760</v>
+        <v>537</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>761</v>
+        <v>538</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E196" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F196" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>370</v>
+        <v>188</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J196" s="1">
         <v>2026</v>
       </c>
       <c r="K196" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L196" s="2">
-        <v>46097.25</v>
+        <v>46251.25</v>
       </c>
       <c r="M196" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N196" s="1" t="s">
-        <v>67</v>
+        <v>105</v>
       </c>
       <c r="O196" s="1">
-        <v>800</v>
+        <v>1400</v>
       </c>
       <c r="P196" s="1">
-        <v>950</v>
+        <v>1630</v>
       </c>
       <c r="Q196" s="1" t="s">
-        <v>317</v>
+        <v>283</v>
       </c>
       <c r="R196" s="1" t="s">
-        <v>356</v>
+        <v>113</v>
       </c>
       <c r="S196" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T196" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U196" s="1" t="s">
-        <v>722</v>
+        <v>190</v>
       </c>
       <c r="V196" s="1" t="s">
-        <v>723</v>
+        <v>191</v>
       </c>
       <c r="W196" s="1" t="s">
-        <v>74</v>
+        <v>535</v>
       </c>
       <c r="X196" s="1">
         <v>0</v>
       </c>
       <c r="Y196" s="1" t="s">
-        <v>724</v>
+        <v>193</v>
       </c>
       <c r="Z196" s="1">
         <v>15</v>
       </c>
       <c r="AA196" s="1">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="AB196" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="s">
-        <v>762</v>
+        <v>536</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>763</v>
+        <v>537</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>764</v>
+        <v>538</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>765</v>
+        <v>32</v>
       </c>
       <c r="E197" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F197" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>370</v>
+        <v>476</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J197" s="1">
         <v>2026</v>
       </c>
       <c r="K197" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L197" s="2">
-        <v>46097.25</v>
+        <v>46251.25</v>
       </c>
       <c r="M197" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N197" s="1" t="s">
-        <v>67</v>
+        <v>105</v>
       </c>
       <c r="O197" s="1">
-        <v>1000</v>
+        <v>1100</v>
       </c>
       <c r="P197" s="1">
-        <v>1150</v>
+        <v>1250</v>
       </c>
       <c r="Q197" s="1" t="s">
-        <v>276</v>
+        <v>379</v>
       </c>
       <c r="R197" s="1" t="s">
-        <v>105</v>
+        <v>380</v>
       </c>
       <c r="S197" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T197" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U197" s="1" t="s">
-        <v>722</v>
+        <v>190</v>
       </c>
       <c r="V197" s="1" t="s">
-        <v>723</v>
+        <v>191</v>
       </c>
       <c r="W197" s="1" t="s">
-        <v>344</v>
+        <v>530</v>
       </c>
       <c r="X197" s="1">
         <v>0</v>
       </c>
       <c r="Y197" s="1" t="s">
-        <v>724</v>
+        <v>531</v>
       </c>
       <c r="Z197" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="AA197" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="AB197" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="s">
-        <v>766</v>
+        <v>539</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>767</v>
+        <v>540</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>768</v>
+        <v>541</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F198" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>396</v>
+        <v>188</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J198" s="1">
         <v>2026</v>
       </c>
       <c r="K198" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L198" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M198" s="2">
-        <v>46088.29166666667</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N198" s="1" t="s">
-        <v>123</v>
+        <v>378</v>
       </c>
       <c r="O198" s="1">
         <v>800</v>
       </c>
       <c r="P198" s="1">
-        <v>950</v>
+        <v>1650</v>
       </c>
       <c r="Q198" s="1" t="s">
-        <v>317</v>
+        <v>260</v>
       </c>
       <c r="R198" s="1" t="s">
-        <v>356</v>
+        <v>115</v>
       </c>
       <c r="S198" s="1" t="s">
-        <v>70</v>
+        <v>210</v>
       </c>
       <c r="T198" s="1" t="s">
-        <v>71</v>
+        <v>211</v>
       </c>
       <c r="U198" s="1" t="s">
-        <v>722</v>
+        <v>210</v>
       </c>
       <c r="V198" s="1" t="s">
-        <v>723</v>
+        <v>212</v>
       </c>
       <c r="W198" s="1" t="s">
-        <v>729</v>
+        <v>42</v>
       </c>
       <c r="X198" s="1">
         <v>0</v>
       </c>
       <c r="Y198" s="1" t="s">
-        <v>769</v>
+        <v>193</v>
       </c>
       <c r="Z198" s="1">
         <v>15</v>
       </c>
       <c r="AA198" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="AB198" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="s">
-        <v>770</v>
+        <v>539</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>771</v>
+        <v>540</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>772</v>
+        <v>541</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E199" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F199" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>396</v>
+        <v>476</v>
       </c>
       <c r="H199" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J199" s="1">
         <v>2026</v>
       </c>
       <c r="K199" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L199" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M199" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N199" s="1" t="s">
-        <v>123</v>
+        <v>378</v>
       </c>
       <c r="O199" s="1">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="P199" s="1">
-        <v>1150</v>
+        <v>1700</v>
       </c>
       <c r="Q199" s="1" t="s">
-        <v>276</v>
+        <v>260</v>
       </c>
       <c r="R199" s="1" t="s">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="S199" s="1" t="s">
-        <v>70</v>
+        <v>210</v>
       </c>
       <c r="T199" s="1" t="s">
-        <v>71</v>
+        <v>211</v>
       </c>
       <c r="U199" s="1" t="s">
-        <v>722</v>
+        <v>210</v>
       </c>
       <c r="V199" s="1" t="s">
-        <v>723</v>
+        <v>212</v>
       </c>
       <c r="W199" s="1" t="s">
-        <v>751</v>
+        <v>42</v>
       </c>
       <c r="X199" s="1">
         <v>0</v>
       </c>
       <c r="Y199" s="1" t="s">
-        <v>769</v>
+        <v>531</v>
       </c>
       <c r="Z199" s="1">
         <v>15</v>
       </c>
       <c r="AA199" s="1">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="AB199" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="s">
-        <v>773</v>
+        <v>542</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>774</v>
+        <v>543</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>775</v>
+        <v>544</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E200" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F200" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>721</v>
+        <v>476</v>
       </c>
       <c r="H200" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I200" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J200" s="1">
         <v>2026</v>
       </c>
       <c r="K200" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L200" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M200" s="2">
         <v>46150.25</v>
       </c>
       <c r="N200" s="1" t="s">
-        <v>67</v>
+        <v>105</v>
       </c>
       <c r="O200" s="1">
-        <v>953</v>
+        <v>800</v>
       </c>
       <c r="P200" s="1">
-        <v>1137</v>
+        <v>850</v>
       </c>
       <c r="Q200" s="1" t="s">
-        <v>322</v>
+        <v>260</v>
       </c>
       <c r="R200" s="1" t="s">
-        <v>776</v>
+        <v>499</v>
       </c>
       <c r="S200" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T200" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U200" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="V200" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="T200" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="W200" s="1" t="s">
-        <v>777</v>
+        <v>530</v>
       </c>
       <c r="X200" s="1">
         <v>0</v>
       </c>
       <c r="Y200" s="1" t="s">
-        <v>778</v>
+        <v>531</v>
       </c>
       <c r="Z200" s="1">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="AA200" s="1">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="AB200" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="s">
-        <v>773</v>
+        <v>545</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>774</v>
+        <v>546</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>775</v>
+        <v>547</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F201" s="1">
         <v>2</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>779</v>
+        <v>476</v>
       </c>
       <c r="H201" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I201" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J201" s="1">
         <v>2026</v>
       </c>
       <c r="K201" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L201" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M201" s="2">
         <v>46150.25</v>
       </c>
       <c r="N201" s="1" t="s">
-        <v>67</v>
+        <v>105</v>
       </c>
       <c r="O201" s="1">
-        <v>1510</v>
+        <v>1000</v>
       </c>
       <c r="P201" s="1">
-        <v>1555</v>
+        <v>1050</v>
       </c>
       <c r="Q201" s="1" t="s">
-        <v>780</v>
+        <v>272</v>
       </c>
       <c r="R201" s="1" t="s">
-        <v>781</v>
+        <v>356</v>
       </c>
       <c r="S201" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T201" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U201" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="V201" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="T201" s="1" t="s">
+      <c r="W201" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="U201" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X201" s="1">
         <v>0</v>
       </c>
       <c r="Y201" s="1" t="s">
-        <v>720</v>
+        <v>531</v>
       </c>
       <c r="Z201" s="1">
         <v>15</v>
       </c>
       <c r="AA201" s="1">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="AB201" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="s">
-        <v>773</v>
+        <v>548</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>774</v>
+        <v>549</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>775</v>
+        <v>550</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F202" s="1">
         <v>2</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>376</v>
+        <v>476</v>
       </c>
       <c r="H202" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J202" s="1">
         <v>2026</v>
       </c>
       <c r="K202" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L202" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M202" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N202" s="1" t="s">
-        <v>316</v>
+        <v>105</v>
       </c>
       <c r="O202" s="1">
-        <v>800</v>
+        <v>1100</v>
       </c>
       <c r="P202" s="1">
-        <v>950</v>
+        <v>1250</v>
       </c>
       <c r="Q202" s="1" t="s">
-        <v>317</v>
+        <v>379</v>
       </c>
       <c r="R202" s="1" t="s">
-        <v>356</v>
+        <v>380</v>
       </c>
       <c r="S202" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T202" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U202" s="1" t="s">
-        <v>722</v>
+        <v>190</v>
       </c>
       <c r="V202" s="1" t="s">
-        <v>723</v>
+        <v>191</v>
       </c>
       <c r="W202" s="1" t="s">
-        <v>751</v>
+        <v>192</v>
       </c>
       <c r="X202" s="1">
         <v>0</v>
       </c>
       <c r="Y202" s="1" t="s">
-        <v>746</v>
+        <v>531</v>
       </c>
       <c r="Z202" s="1">
         <v>15</v>
       </c>
       <c r="AA202" s="1">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="AB202" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="s">
-        <v>782</v>
+        <v>551</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>783</v>
+        <v>552</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>784</v>
+        <v>553</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E203" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F203" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>188</v>
+        <v>476</v>
       </c>
       <c r="H203" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I203" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J203" s="1">
         <v>2026</v>
       </c>
       <c r="K203" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L203" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M203" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N203" s="1" t="s">
-        <v>275</v>
+        <v>105</v>
       </c>
       <c r="O203" s="1">
-        <v>953</v>
+        <v>1400</v>
       </c>
       <c r="P203" s="1">
-        <v>1137</v>
+        <v>1630</v>
       </c>
       <c r="Q203" s="1" t="s">
-        <v>322</v>
+        <v>283</v>
       </c>
       <c r="R203" s="1" t="s">
-        <v>776</v>
+        <v>113</v>
       </c>
       <c r="S203" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T203" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U203" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="V203" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="T203" s="1" t="s">
+      <c r="W203" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="U203" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X203" s="1">
         <v>0</v>
       </c>
       <c r="Y203" s="1" t="s">
-        <v>746</v>
+        <v>531</v>
       </c>
       <c r="Z203" s="1">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="AA203" s="1">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="AB203" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="s">
-        <v>782</v>
+        <v>554</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>783</v>
+        <v>555</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>784</v>
+        <v>553</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>32</v>
+        <v>556</v>
       </c>
       <c r="E204" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F204" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>779</v>
+        <v>188</v>
       </c>
       <c r="H204" s="1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="I204" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J204" s="1">
         <v>2026</v>
       </c>
       <c r="K204" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L204" s="2">
-        <v>46034.29166666667</v>
+        <v>46251.25</v>
       </c>
       <c r="M204" s="2">
-        <v>46150.25</v>
+        <v>46360.29166666667</v>
       </c>
       <c r="N204" s="1" t="s">
-        <v>728</v>
+        <v>105</v>
       </c>
       <c r="O204" s="1">
-        <v>1510</v>
+        <v>1100</v>
       </c>
       <c r="P204" s="1">
-        <v>1555</v>
+        <v>1250</v>
       </c>
       <c r="Q204" s="1" t="s">
-        <v>780</v>
+        <v>379</v>
       </c>
       <c r="R204" s="1" t="s">
-        <v>781</v>
+        <v>380</v>
       </c>
       <c r="S204" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T204" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U204" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="V204" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="T204" s="1" t="s">
-[...5 lines deleted...]
-      <c r="V204" s="1" t="s">
+      <c r="W204" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="X204" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y204" s="1" t="s">
         <v>193</v>
-      </c>
-[...7 lines deleted...]
-        <v>720</v>
       </c>
       <c r="Z204" s="1">
         <v>15</v>
       </c>
       <c r="AA204" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB204" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="s">
-        <v>782</v>
+        <v>554</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>783</v>
+        <v>555</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>784</v>
+        <v>553</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>32</v>
+        <v>556</v>
       </c>
       <c r="E205" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F205" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>376</v>
+        <v>188</v>
       </c>
       <c r="H205" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J205" s="1">
         <v>2026</v>
       </c>
       <c r="K205" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L205" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M205" s="2">
-        <v>46088.29166666667</v>
+        <v>46150.25</v>
       </c>
       <c r="N205" s="1" t="s">
-        <v>316</v>
+        <v>105</v>
       </c>
       <c r="O205" s="1">
         <v>1000</v>
       </c>
       <c r="P205" s="1">
-        <v>1650</v>
+        <v>1050</v>
       </c>
       <c r="Q205" s="1" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="R205" s="1" t="s">
-        <v>343</v>
+        <v>356</v>
       </c>
       <c r="S205" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T205" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U205" s="1" t="s">
-        <v>722</v>
+        <v>190</v>
       </c>
       <c r="V205" s="1" t="s">
-        <v>723</v>
+        <v>191</v>
       </c>
       <c r="W205" s="1" t="s">
-        <v>751</v>
+        <v>102</v>
       </c>
       <c r="X205" s="1">
         <v>0</v>
       </c>
       <c r="Y205" s="1" t="s">
-        <v>746</v>
+        <v>193</v>
       </c>
       <c r="Z205" s="1">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="AA205" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="AB205" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="s">
-        <v>785</v>
+        <v>557</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>786</v>
+        <v>558</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>787</v>
+        <v>559</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F206" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>188</v>
+        <v>136</v>
       </c>
       <c r="H206" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I206" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J206" s="1">
         <v>2026</v>
       </c>
       <c r="K206" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L206" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M206" s="2">
         <v>46150.25</v>
       </c>
       <c r="N206" s="1" t="s">
-        <v>67</v>
+        <v>560</v>
       </c>
       <c r="O206" s="1">
-        <v>1226</v>
+        <v>900</v>
       </c>
       <c r="P206" s="1">
-        <v>1410</v>
+        <v>1150</v>
       </c>
       <c r="Q206" s="1" t="s">
-        <v>788</v>
+        <v>137</v>
       </c>
       <c r="R206" s="1" t="s">
-        <v>577</v>
+        <v>138</v>
       </c>
       <c r="S206" s="1" t="s">
-        <v>191</v>
+        <v>74</v>
       </c>
       <c r="T206" s="1" t="s">
-        <v>192</v>
+        <v>75</v>
       </c>
       <c r="U206" s="1" t="s">
-        <v>191</v>
+        <v>176</v>
       </c>
       <c r="V206" s="1" t="s">
-        <v>193</v>
+        <v>177</v>
       </c>
       <c r="W206" s="1" t="s">
-        <v>777</v>
+        <v>184</v>
       </c>
       <c r="X206" s="1">
         <v>0</v>
       </c>
       <c r="Y206" s="1" t="s">
-        <v>778</v>
+        <v>179</v>
       </c>
       <c r="Z206" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="AA206" s="1">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="AB206" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="s">
-        <v>785</v>
+        <v>561</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>786</v>
+        <v>562</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>787</v>
+        <v>563</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E207" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F207" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>370</v>
+        <v>98</v>
       </c>
       <c r="H207" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J207" s="1">
         <v>2026</v>
       </c>
       <c r="K207" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L207" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M207" s="2">
         <v>46150.25</v>
       </c>
       <c r="N207" s="1" t="s">
-        <v>123</v>
+        <v>560</v>
       </c>
       <c r="O207" s="1">
-        <v>800</v>
+        <v>1300</v>
       </c>
       <c r="P207" s="1">
-        <v>950</v>
+        <v>1550</v>
       </c>
       <c r="Q207" s="1" t="s">
-        <v>317</v>
+        <v>106</v>
       </c>
       <c r="R207" s="1" t="s">
-        <v>356</v>
+        <v>150</v>
       </c>
       <c r="S207" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T207" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U207" s="1" t="s">
-        <v>722</v>
+        <v>176</v>
       </c>
       <c r="V207" s="1" t="s">
-        <v>723</v>
+        <v>177</v>
       </c>
       <c r="W207" s="1" t="s">
-        <v>74</v>
+        <v>184</v>
       </c>
       <c r="X207" s="1">
         <v>0</v>
       </c>
       <c r="Y207" s="1" t="s">
-        <v>724</v>
+        <v>179</v>
       </c>
       <c r="Z207" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="AA207" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="AB207" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="s">
-        <v>789</v>
+        <v>561</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>790</v>
+        <v>562</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>791</v>
+        <v>563</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F208" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>721</v>
+        <v>206</v>
       </c>
       <c r="H208" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I208" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J208" s="1">
         <v>2026</v>
       </c>
       <c r="K208" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L208" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M208" s="2">
         <v>46150.25</v>
       </c>
       <c r="N208" s="1" t="s">
-        <v>275</v>
+        <v>378</v>
       </c>
       <c r="O208" s="1">
-        <v>1226</v>
+        <v>1300</v>
       </c>
       <c r="P208" s="1">
-        <v>1410</v>
+        <v>1550</v>
       </c>
       <c r="Q208" s="1" t="s">
-        <v>788</v>
+        <v>106</v>
       </c>
       <c r="R208" s="1" t="s">
-        <v>577</v>
+        <v>150</v>
       </c>
       <c r="S208" s="1" t="s">
-        <v>191</v>
+        <v>74</v>
       </c>
       <c r="T208" s="1" t="s">
-        <v>192</v>
+        <v>75</v>
       </c>
       <c r="U208" s="1" t="s">
-        <v>191</v>
+        <v>176</v>
       </c>
       <c r="V208" s="1" t="s">
-        <v>193</v>
+        <v>177</v>
       </c>
       <c r="W208" s="1" t="s">
-        <v>777</v>
+        <v>184</v>
       </c>
       <c r="X208" s="1">
         <v>0</v>
       </c>
       <c r="Y208" s="1" t="s">
-        <v>746</v>
+        <v>179</v>
       </c>
       <c r="Z208" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="AA208" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AB208" s="1" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="s">
-        <v>789</v>
+        <v>564</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>790</v>
+        <v>565</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>791</v>
+        <v>566</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F209" s="1">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>370</v>
+        <v>144</v>
       </c>
       <c r="H209" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I209" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J209" s="1">
         <v>2026</v>
       </c>
       <c r="K209" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L209" s="2">
         <v>46097.25</v>
       </c>
       <c r="M209" s="2">
         <v>46150.25</v>
       </c>
       <c r="N209" s="1" t="s">
-        <v>123</v>
+        <v>567</v>
       </c>
       <c r="O209" s="1">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="P209" s="1">
-        <v>1150</v>
+        <v>1700</v>
       </c>
       <c r="Q209" s="1" t="s">
-        <v>276</v>
+        <v>260</v>
       </c>
       <c r="R209" s="1" t="s">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="S209" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T209" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U209" s="1" t="s">
-        <v>722</v>
+        <v>210</v>
       </c>
       <c r="V209" s="1" t="s">
-        <v>723</v>
+        <v>568</v>
       </c>
       <c r="W209" s="1" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="X209" s="1">
         <v>0</v>
       </c>
       <c r="Y209" s="1" t="s">
-        <v>724</v>
+        <v>218</v>
       </c>
       <c r="Z209" s="1">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="AA209" s="1">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="AB209" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="s">
-        <v>792</v>
+        <v>569</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>793</v>
+        <v>570</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>794</v>
+        <v>571</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>795</v>
+        <v>32</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F210" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>370</v>
+        <v>572</v>
       </c>
       <c r="H210" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I210" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J210" s="1">
         <v>2026</v>
       </c>
       <c r="K210" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L210" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M210" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N210" s="1" t="s">
-        <v>67</v>
+        <v>231</v>
       </c>
       <c r="O210" s="1">
-        <v>800</v>
+        <v>1700</v>
       </c>
       <c r="P210" s="1">
-        <v>950</v>
+        <v>1840</v>
       </c>
       <c r="Q210" s="1" t="s">
-        <v>317</v>
+        <v>116</v>
       </c>
       <c r="R210" s="1" t="s">
-        <v>356</v>
+        <v>573</v>
       </c>
       <c r="S210" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T210" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U210" s="1" t="s">
-        <v>722</v>
+        <v>38</v>
       </c>
       <c r="V210" s="1" t="s">
-        <v>723</v>
+        <v>226</v>
       </c>
       <c r="W210" s="1" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="X210" s="1">
         <v>0</v>
       </c>
       <c r="Y210" s="1" t="s">
-        <v>724</v>
+        <v>218</v>
       </c>
       <c r="Z210" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="AA210" s="1">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="AB210" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="s">
-        <v>796</v>
+        <v>574</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>797</v>
+        <v>575</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>798</v>
+        <v>576</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>799</v>
+        <v>32</v>
       </c>
       <c r="E211" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F211" s="1">
         <v>1</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>370</v>
+        <v>271</v>
       </c>
       <c r="H211" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I211" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J211" s="1">
         <v>2026</v>
       </c>
       <c r="K211" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L211" s="2">
         <v>46034.29166666667</v>
       </c>
       <c r="M211" s="2">
         <v>46088.29166666667</v>
       </c>
       <c r="N211" s="1" t="s">
-        <v>67</v>
+        <v>183</v>
       </c>
       <c r="O211" s="1">
         <v>1000</v>
       </c>
       <c r="P211" s="1">
-        <v>1150</v>
+        <v>1140</v>
       </c>
       <c r="Q211" s="1" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="R211" s="1" t="s">
-        <v>105</v>
+        <v>577</v>
       </c>
       <c r="S211" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T211" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U211" s="1" t="s">
-        <v>722</v>
+        <v>38</v>
       </c>
       <c r="V211" s="1" t="s">
-        <v>723</v>
+        <v>226</v>
       </c>
       <c r="W211" s="1" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="X211" s="1">
         <v>0</v>
       </c>
       <c r="Y211" s="1" t="s">
-        <v>724</v>
+        <v>218</v>
       </c>
       <c r="Z211" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="AA211" s="1">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="AB211" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="s">
-        <v>800</v>
+        <v>578</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>801</v>
+        <v>579</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>802</v>
+        <v>580</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E212" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F212" s="1">
         <v>2</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>396</v>
+        <v>442</v>
       </c>
       <c r="H212" s="1" t="s">
         <v>34</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="J212" s="1">
         <v>2026</v>
       </c>
       <c r="K212" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L212" s="2">
-        <v>46097.25</v>
+        <v>46034.29166666667</v>
       </c>
       <c r="M212" s="2">
-        <v>46150.25</v>
+        <v>46088.29166666667</v>
       </c>
       <c r="N212" s="1" t="s">
-        <v>123</v>
+        <v>443</v>
       </c>
       <c r="O212" s="1">
-        <v>800</v>
+        <v>900</v>
       </c>
       <c r="P212" s="1">
-        <v>950</v>
+        <v>1620</v>
       </c>
       <c r="Q212" s="1" t="s">
-        <v>317</v>
+        <v>137</v>
       </c>
       <c r="R212" s="1" t="s">
-        <v>356</v>
+        <v>581</v>
       </c>
       <c r="S212" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="T212" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="U212" s="1" t="s">
-        <v>722</v>
+        <v>82</v>
       </c>
       <c r="V212" s="1" t="s">
-        <v>723</v>
+        <v>83</v>
       </c>
       <c r="W212" s="1" t="s">
-        <v>751</v>
+        <v>582</v>
       </c>
       <c r="X212" s="1">
         <v>0</v>
       </c>
       <c r="Y212" s="1" t="s">
-        <v>769</v>
+        <v>218</v>
       </c>
       <c r="Z212" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="AA212" s="1">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="AB212" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="s">
-        <v>803</v>
+        <v>583</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>804</v>
+        <v>584</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>805</v>
+        <v>584</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F213" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>396</v>
+        <v>144</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="J213" s="1">
         <v>2026</v>
       </c>
       <c r="K213" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L213" s="2">
-        <v>46097.25</v>
+        <v>46174.25</v>
       </c>
       <c r="M213" s="2">
-        <v>46150.25</v>
+        <v>46227.25</v>
       </c>
       <c r="N213" s="1" t="s">
-        <v>123</v>
+        <v>567</v>
       </c>
       <c r="O213" s="1">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="P213" s="1">
-        <v>1150</v>
+        <v>1700</v>
       </c>
       <c r="Q213" s="1" t="s">
-        <v>276</v>
+        <v>260</v>
       </c>
       <c r="R213" s="1" t="s">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="S213" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T213" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U213" s="1" t="s">
-        <v>722</v>
+        <v>40</v>
       </c>
       <c r="V213" s="1" t="s">
-        <v>723</v>
+        <v>41</v>
       </c>
       <c r="W213" s="1" t="s">
-        <v>751</v>
+        <v>42</v>
       </c>
       <c r="X213" s="1">
         <v>0</v>
       </c>
       <c r="Y213" s="1" t="s">
-        <v>769</v>
+        <v>218</v>
       </c>
       <c r="Z213" s="1">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="AA213" s="1">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="AB213" s="1" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="s">
-        <v>806</v>
+        <v>585</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>807</v>
+        <v>586</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>808</v>
+        <v>587</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>32</v>
+        <v>588</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
       <c r="F214" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>370</v>
+        <v>33</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="J214" s="1">
         <v>2026</v>
       </c>
       <c r="K214" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L214" s="2">
-        <v>46034.29166666667</v>
+        <v>46174.25</v>
       </c>
       <c r="M214" s="2">
-        <v>46088.29166666667</v>
+        <v>46227.25</v>
       </c>
       <c r="N214" s="1" t="s">
-        <v>510</v>
+        <v>37</v>
       </c>
       <c r="O214" s="1">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="P214" s="1">
-        <v>1550</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="Q214" s="1" t="s"/>
+      <c r="R214" s="1" t="s"/>
       <c r="S214" s="1" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="T214" s="1" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="U214" s="1" t="s">
-        <v>722</v>
+        <v>40</v>
       </c>
       <c r="V214" s="1" t="s">
-        <v>723</v>
+        <v>41</v>
       </c>
       <c r="W214" s="1" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="X214" s="1">
         <v>0</v>
       </c>
       <c r="Y214" s="1" t="s">
-        <v>724</v>
+        <v>589</v>
       </c>
       <c r="Z214" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="AA214" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="AB214" s="1" t="s">
-        <v>110</v>
+        <v>590</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="E215" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="F215" s="1">
+        <v>3</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H215" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I215" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J215" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K215" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L215" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M215" s="2">
+        <v>46305.25</v>
+      </c>
+      <c r="N215" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O215" s="1">
+        <v>0</v>
+      </c>
+      <c r="P215" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q215" s="1" t="s"/>
+      <c r="R215" s="1" t="s"/>
+      <c r="S215" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T215" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U215" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V215" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W215" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X215" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y215" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="Z215" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA215" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB215" s="1" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="E216" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F216" s="1">
+        <v>2</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H216" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I216" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J216" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K216" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L216" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M216" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N216" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O216" s="1">
+        <v>0</v>
+      </c>
+      <c r="P216" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q216" s="1" t="s"/>
+      <c r="R216" s="1" t="s"/>
+      <c r="S216" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T216" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U216" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V216" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W216" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X216" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y216" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="Z216" s="1">
+        <v>25</v>
+      </c>
+      <c r="AA216" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB216" s="1" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="E217" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F217" s="1">
+        <v>2</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H217" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I217" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="J217" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K217" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L217" s="2">
+        <v>46307.25</v>
+      </c>
+      <c r="M217" s="2">
+        <v>46361.29166666667</v>
+      </c>
+      <c r="N217" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O217" s="1">
+        <v>0</v>
+      </c>
+      <c r="P217" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q217" s="1" t="s"/>
+      <c r="R217" s="1" t="s"/>
+      <c r="S217" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T217" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U217" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V217" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W217" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X217" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y217" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="Z217" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA217" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB217" s="1" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E218" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F218" s="1">
+        <v>3</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H218" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I218" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J218" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K218" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L218" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M218" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N218" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O218" s="1">
+        <v>0</v>
+      </c>
+      <c r="P218" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q218" s="1" t="s"/>
+      <c r="R218" s="1" t="s"/>
+      <c r="S218" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T218" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U218" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V218" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W218" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X218" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y218" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="Z218" s="1">
+        <v>25</v>
+      </c>
+      <c r="AA218" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB218" s="1" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E219" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F219" s="1">
+        <v>3</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H219" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I219" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J219" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K219" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L219" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M219" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N219" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O219" s="1">
+        <v>0</v>
+      </c>
+      <c r="P219" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q219" s="1" t="s"/>
+      <c r="R219" s="1" t="s"/>
+      <c r="S219" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T219" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U219" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V219" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W219" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X219" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y219" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="Z219" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA219" s="1">
+        <v>18</v>
+      </c>
+      <c r="AB219" s="1" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="E220" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F220" s="1">
+        <v>3</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H220" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I220" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J220" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K220" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L220" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M220" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N220" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O220" s="1">
+        <v>930</v>
+      </c>
+      <c r="P220" s="1">
+        <v>1050</v>
+      </c>
+      <c r="Q220" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="R220" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="S220" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T220" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U220" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="V220" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="W220" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X220" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y220" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="Z220" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA220" s="1">
+        <v>15</v>
+      </c>
+      <c r="AB220" s="1" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="E221" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="F221" s="1">
+        <v>3</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H221" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I221" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J221" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K221" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L221" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M221" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N221" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="O221" s="1">
+        <v>1600</v>
+      </c>
+      <c r="P221" s="1">
+        <v>1910</v>
+      </c>
+      <c r="Q221" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="R221" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="S221" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T221" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U221" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="V221" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="W221" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X221" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y221" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="Z221" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA221" s="1">
+        <v>12</v>
+      </c>
+      <c r="AB221" s="1" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="E222" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="F222" s="1">
+        <v>3</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H222" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I222" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J222" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K222" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L222" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M222" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N222" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="O222" s="1">
+        <v>1530</v>
+      </c>
+      <c r="P222" s="1">
+        <v>1850</v>
+      </c>
+      <c r="Q222" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="R222" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="S222" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T222" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U222" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="V222" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="W222" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X222" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y222" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="Z222" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA222" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB222" s="1" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="E223" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="F223" s="1">
+        <v>3</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H223" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I223" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J223" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K223" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L223" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M223" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N223" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="O223" s="1">
+        <v>1730</v>
+      </c>
+      <c r="P223" s="1">
+        <v>1850</v>
+      </c>
+      <c r="Q223" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="R223" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="S223" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T223" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U223" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V223" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W223" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X223" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y223" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="Z223" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA223" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB223" s="1" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="E224" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="F224" s="1">
+        <v>3</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="H224" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I224" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J224" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K224" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L224" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M224" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N224" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="O224" s="1">
+        <v>1730</v>
+      </c>
+      <c r="P224" s="1">
+        <v>1850</v>
+      </c>
+      <c r="Q224" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="R224" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="S224" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T224" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U224" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="V224" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="W224" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X224" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y224" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="Z224" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA224" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB224" s="1" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="E225" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="F225" s="1">
+        <v>2</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="H225" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I225" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J225" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K225" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L225" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M225" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N225" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="O225" s="1">
+        <v>800</v>
+      </c>
+      <c r="P225" s="1">
+        <v>1350</v>
+      </c>
+      <c r="Q225" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R225" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="S225" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T225" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U225" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="V225" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="W225" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X225" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y225" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="Z225" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA225" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB225" s="1" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="E226" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="F226" s="1">
+        <v>3</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H226" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I226" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J226" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K226" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L226" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M226" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N226" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="O226" s="1">
+        <v>1600</v>
+      </c>
+      <c r="P226" s="1">
+        <v>1910</v>
+      </c>
+      <c r="Q226" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="R226" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="S226" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T226" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U226" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="V226" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="W226" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X226" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y226" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="Z226" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA226" s="1">
+        <v>10</v>
+      </c>
+      <c r="AB226" s="1" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="E227" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="F227" s="1">
+        <v>3</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="H227" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I227" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J227" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K227" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L227" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M227" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N227" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="O227" s="1">
+        <v>1600</v>
+      </c>
+      <c r="P227" s="1">
+        <v>1910</v>
+      </c>
+      <c r="Q227" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="R227" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="S227" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T227" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U227" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="V227" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="W227" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X227" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y227" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="Z227" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA227" s="1">
+        <v>7</v>
+      </c>
+      <c r="AB227" s="1" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="E228" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F228" s="1">
+        <v>2</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="H228" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I228" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J228" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K228" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L228" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M228" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N228" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="O228" s="1">
+        <v>800</v>
+      </c>
+      <c r="P228" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q228" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R228" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S228" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T228" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U228" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="V228" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="W228" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X228" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y228" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="Z228" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA228" s="1">
+        <v>15</v>
+      </c>
+      <c r="AB228" s="1" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E229" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F229" s="1">
+        <v>3</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H229" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I229" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="J229" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K229" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L229" s="2">
+        <v>46307.25</v>
+      </c>
+      <c r="M229" s="2">
+        <v>46361.29166666667</v>
+      </c>
+      <c r="N229" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O229" s="1">
+        <v>0</v>
+      </c>
+      <c r="P229" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q229" s="1" t="s"/>
+      <c r="R229" s="1" t="s"/>
+      <c r="S229" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T229" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U229" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V229" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W229" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X229" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y229" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="Z229" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA229" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB229" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E230" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F230" s="1">
+        <v>3</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H230" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I230" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J230" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K230" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L230" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M230" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N230" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O230" s="1">
+        <v>0</v>
+      </c>
+      <c r="P230" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q230" s="1" t="s"/>
+      <c r="R230" s="1" t="s"/>
+      <c r="S230" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T230" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U230" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V230" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W230" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X230" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y230" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="Z230" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA230" s="1">
+        <v>23</v>
+      </c>
+      <c r="AB230" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="E231" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F231" s="1">
+        <v>3</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H231" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I231" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J231" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K231" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L231" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M231" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N231" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="O231" s="1">
+        <v>1600</v>
+      </c>
+      <c r="P231" s="1">
+        <v>1910</v>
+      </c>
+      <c r="Q231" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="R231" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="S231" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T231" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U231" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="V231" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="W231" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X231" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y231" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="Z231" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA231" s="1">
+        <v>5</v>
+      </c>
+      <c r="AB231" s="1" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E232" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F232" s="1">
+        <v>1</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="H232" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I232" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J232" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K232" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L232" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M232" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N232" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="O232" s="1">
+        <v>800</v>
+      </c>
+      <c r="P232" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q232" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R232" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S232" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T232" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U232" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="V232" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="W232" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X232" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y232" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="Z232" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA232" s="1">
+        <v>5</v>
+      </c>
+      <c r="AB232" s="1" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E233" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F233" s="1">
+        <v>3</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="H233" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I233" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J233" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K233" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L233" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M233" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N233" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O233" s="1">
+        <v>1530</v>
+      </c>
+      <c r="P233" s="1">
+        <v>1645</v>
+      </c>
+      <c r="Q233" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="R233" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="S233" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T233" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U233" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="V233" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="W233" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="X233" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y233" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="Z233" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA233" s="1">
+        <v>3</v>
+      </c>
+      <c r="AB233" s="1" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="E234" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F234" s="1">
+        <v>3</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="H234" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I234" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J234" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K234" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L234" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M234" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N234" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O234" s="1">
+        <v>1700</v>
+      </c>
+      <c r="P234" s="1">
+        <v>1815</v>
+      </c>
+      <c r="Q234" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="R234" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="S234" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T234" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U234" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="V234" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="W234" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="X234" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y234" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="Z234" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA234" s="1">
+        <v>4</v>
+      </c>
+      <c r="AB234" s="1" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E235" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F235" s="1">
+        <v>8</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H235" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I235" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J235" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K235" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L235" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M235" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N235" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O235" s="1">
+        <v>1730</v>
+      </c>
+      <c r="P235" s="1">
+        <v>2130</v>
+      </c>
+      <c r="Q235" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="R235" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="S235" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T235" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U235" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V235" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W235" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="X235" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y235" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="Z235" s="1">
+        <v>12</v>
+      </c>
+      <c r="AA235" s="1">
+        <v>8</v>
+      </c>
+      <c r="AB235" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E236" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F236" s="1">
+        <v>8</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H236" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I236" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J236" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K236" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L236" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M236" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N236" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O236" s="1">
+        <v>1730</v>
+      </c>
+      <c r="P236" s="1">
+        <v>2130</v>
+      </c>
+      <c r="Q236" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="R236" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="S236" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T236" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U236" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V236" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W236" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="X236" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y236" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="Z236" s="1">
+        <v>12</v>
+      </c>
+      <c r="AA236" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB236" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E237" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F237" s="1">
+        <v>2</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H237" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I237" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J237" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K237" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L237" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M237" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N237" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="O237" s="1">
+        <v>1730</v>
+      </c>
+      <c r="P237" s="1">
+        <v>2130</v>
+      </c>
+      <c r="Q237" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="R237" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="S237" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T237" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U237" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V237" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W237" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="X237" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y237" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="Z237" s="1">
+        <v>12</v>
+      </c>
+      <c r="AA237" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB237" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E238" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F238" s="1">
+        <v>2</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="H238" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I238" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J238" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K238" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L238" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M238" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N238" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="O238" s="1">
+        <v>1730</v>
+      </c>
+      <c r="P238" s="1">
+        <v>2130</v>
+      </c>
+      <c r="Q238" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="R238" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="S238" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T238" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U238" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V238" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W238" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="X238" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y238" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="Z238" s="1">
+        <v>12</v>
+      </c>
+      <c r="AA238" s="1">
+        <v>8</v>
+      </c>
+      <c r="AB238" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="E239" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F239" s="1">
+        <v>1</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="H239" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I239" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J239" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K239" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L239" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M239" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N239" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O239" s="1">
+        <v>0</v>
+      </c>
+      <c r="P239" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q239" s="1" t="s"/>
+      <c r="R239" s="1" t="s"/>
+      <c r="S239" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="T239" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="U239" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="V239" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="W239" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X239" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y239" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="Z239" s="1">
+        <v>12</v>
+      </c>
+      <c r="AA239" s="1">
+        <v>8</v>
+      </c>
+      <c r="AB239" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="E240" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F240" s="1">
+        <v>1</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="H240" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I240" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="J240" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K240" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L240" s="2">
+        <v>46307.25</v>
+      </c>
+      <c r="M240" s="2">
+        <v>46361.29166666667</v>
+      </c>
+      <c r="N240" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O240" s="1">
+        <v>0</v>
+      </c>
+      <c r="P240" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q240" s="1" t="s"/>
+      <c r="R240" s="1" t="s"/>
+      <c r="S240" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="T240" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="U240" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="V240" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="W240" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X240" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y240" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="Z240" s="1">
+        <v>12</v>
+      </c>
+      <c r="AA240" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB240" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E241" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F241" s="1">
+        <v>3</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H241" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I241" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J241" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K241" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L241" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M241" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N241" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O241" s="1">
+        <v>900</v>
+      </c>
+      <c r="P241" s="1">
+        <v>1015</v>
+      </c>
+      <c r="Q241" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="R241" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="S241" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T241" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U241" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V241" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="W241" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X241" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y241" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="Z241" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA241" s="1">
+        <v>6</v>
+      </c>
+      <c r="AB241" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E242" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F242" s="1">
+        <v>3</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H242" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I242" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J242" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K242" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L242" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M242" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N242" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O242" s="1">
+        <v>900</v>
+      </c>
+      <c r="P242" s="1">
+        <v>1015</v>
+      </c>
+      <c r="Q242" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="R242" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="S242" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T242" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U242" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V242" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="W242" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X242" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y242" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="Z242" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA242" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB242" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E243" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F243" s="1">
+        <v>3</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H243" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I243" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J243" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K243" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L243" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M243" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N243" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="O243" s="1">
+        <v>1300</v>
+      </c>
+      <c r="P243" s="1">
+        <v>1350</v>
+      </c>
+      <c r="Q243" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R243" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="S243" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T243" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U243" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V243" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="W243" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X243" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y243" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="Z243" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA243" s="1">
+        <v>7</v>
+      </c>
+      <c r="AB243" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E244" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F244" s="1">
+        <v>3</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H244" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I244" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J244" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K244" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L244" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M244" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N244" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="O244" s="1">
+        <v>1300</v>
+      </c>
+      <c r="P244" s="1">
+        <v>1350</v>
+      </c>
+      <c r="Q244" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R244" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="S244" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T244" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U244" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V244" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="W244" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X244" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y244" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="Z244" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA244" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB244" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E245" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F245" s="1">
+        <v>3</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H245" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I245" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J245" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K245" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L245" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M245" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N245" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O245" s="1">
+        <v>0</v>
+      </c>
+      <c r="P245" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q245" s="1" t="s"/>
+      <c r="R245" s="1" t="s"/>
+      <c r="S245" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T245" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U245" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V245" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W245" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X245" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y245" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="Z245" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA245" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB245" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E246" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F246" s="1">
+        <v>3</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H246" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I246" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J246" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K246" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L246" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M246" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N246" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O246" s="1">
+        <v>0</v>
+      </c>
+      <c r="P246" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q246" s="1" t="s"/>
+      <c r="R246" s="1" t="s"/>
+      <c r="S246" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T246" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U246" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V246" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W246" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X246" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y246" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="Z246" s="1">
+        <v>25</v>
+      </c>
+      <c r="AA246" s="1">
+        <v>25</v>
+      </c>
+      <c r="AB246" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E247" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F247" s="1">
+        <v>3</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H247" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I247" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J247" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K247" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L247" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M247" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N247" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O247" s="1">
+        <v>0</v>
+      </c>
+      <c r="P247" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q247" s="1" t="s"/>
+      <c r="R247" s="1" t="s"/>
+      <c r="S247" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T247" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U247" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V247" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W247" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X247" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y247" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="Z247" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA247" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB247" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E248" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F248" s="1">
+        <v>3</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H248" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I248" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J248" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K248" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L248" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M248" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N248" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O248" s="1">
+        <v>0</v>
+      </c>
+      <c r="P248" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q248" s="1" t="s"/>
+      <c r="R248" s="1" t="s"/>
+      <c r="S248" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T248" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U248" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V248" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W248" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X248" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y248" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="Z248" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA248" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB248" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E249" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F249" s="1">
+        <v>3</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H249" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I249" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J249" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K249" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L249" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M249" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N249" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O249" s="1">
+        <v>0</v>
+      </c>
+      <c r="P249" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q249" s="1" t="s"/>
+      <c r="R249" s="1" t="s"/>
+      <c r="S249" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T249" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U249" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V249" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W249" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X249" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y249" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="Z249" s="1">
+        <v>25</v>
+      </c>
+      <c r="AA249" s="1">
+        <v>20</v>
+      </c>
+      <c r="AB249" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E250" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F250" s="1">
+        <v>3</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="H250" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I250" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J250" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K250" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L250" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M250" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N250" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O250" s="1">
+        <v>0</v>
+      </c>
+      <c r="P250" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q250" s="1" t="s"/>
+      <c r="R250" s="1" t="s"/>
+      <c r="S250" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T250" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U250" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V250" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W250" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X250" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y250" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="Z250" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA250" s="1">
+        <v>18</v>
+      </c>
+      <c r="AB250" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E251" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F251" s="1">
+        <v>3</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H251" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I251" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J251" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K251" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L251" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M251" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N251" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O251" s="1">
+        <v>0</v>
+      </c>
+      <c r="P251" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q251" s="1" t="s"/>
+      <c r="R251" s="1" t="s"/>
+      <c r="S251" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T251" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U251" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V251" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W251" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X251" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y251" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="Z251" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA251" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB251" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E252" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F252" s="1">
+        <v>3</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H252" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I252" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J252" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K252" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L252" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M252" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N252" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O252" s="1">
+        <v>0</v>
+      </c>
+      <c r="P252" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q252" s="1" t="s"/>
+      <c r="R252" s="1" t="s"/>
+      <c r="S252" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T252" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U252" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V252" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W252" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X252" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y252" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="Z252" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA252" s="1">
+        <v>22</v>
+      </c>
+      <c r="AB252" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E253" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F253" s="1">
+        <v>3</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H253" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I253" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J253" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K253" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L253" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M253" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N253" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O253" s="1">
+        <v>0</v>
+      </c>
+      <c r="P253" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q253" s="1" t="s"/>
+      <c r="R253" s="1" t="s"/>
+      <c r="S253" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T253" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U253" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V253" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W253" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X253" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y253" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="Z253" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA253" s="1">
+        <v>20</v>
+      </c>
+      <c r="AB253" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E254" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F254" s="1">
+        <v>3</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H254" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I254" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J254" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K254" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L254" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M254" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N254" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O254" s="1">
+        <v>0</v>
+      </c>
+      <c r="P254" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q254" s="1" t="s"/>
+      <c r="R254" s="1" t="s"/>
+      <c r="S254" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T254" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U254" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V254" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W254" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X254" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y254" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="Z254" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA254" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB254" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="E255" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F255" s="1">
+        <v>3</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H255" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I255" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J255" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K255" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L255" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M255" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N255" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O255" s="1">
+        <v>0</v>
+      </c>
+      <c r="P255" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q255" s="1" t="s"/>
+      <c r="R255" s="1" t="s"/>
+      <c r="S255" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T255" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U255" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V255" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W255" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X255" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y255" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="Z255" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA255" s="1">
+        <v>5</v>
+      </c>
+      <c r="AB255" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="E256" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F256" s="1">
+        <v>3</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H256" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I256" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J256" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K256" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L256" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M256" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N256" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O256" s="1">
+        <v>0</v>
+      </c>
+      <c r="P256" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q256" s="1" t="s"/>
+      <c r="R256" s="1" t="s"/>
+      <c r="S256" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T256" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U256" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V256" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W256" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X256" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y256" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="Z256" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA256" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB256" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="E257" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F257" s="1">
+        <v>3</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H257" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I257" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J257" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K257" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L257" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M257" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N257" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O257" s="1">
+        <v>0</v>
+      </c>
+      <c r="P257" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q257" s="1" t="s"/>
+      <c r="R257" s="1" t="s"/>
+      <c r="S257" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T257" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U257" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V257" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W257" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X257" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y257" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="Z257" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA257" s="1">
+        <v>1</v>
+      </c>
+      <c r="AB257" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="E258" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F258" s="1">
+        <v>3</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H258" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I258" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J258" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K258" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L258" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M258" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N258" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O258" s="1">
+        <v>0</v>
+      </c>
+      <c r="P258" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q258" s="1" t="s"/>
+      <c r="R258" s="1" t="s"/>
+      <c r="S258" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T258" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U258" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V258" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W258" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X258" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y258" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="Z258" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA258" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB258" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="E259" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F259" s="1">
+        <v>3</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H259" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I259" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J259" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K259" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L259" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M259" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N259" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O259" s="1">
+        <v>0</v>
+      </c>
+      <c r="P259" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q259" s="1" t="s"/>
+      <c r="R259" s="1" t="s"/>
+      <c r="S259" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T259" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U259" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V259" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W259" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X259" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y259" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="Z259" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA259" s="1">
+        <v>10</v>
+      </c>
+      <c r="AB259" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="E260" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F260" s="1">
+        <v>3</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H260" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I260" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J260" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K260" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L260" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M260" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N260" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O260" s="1">
+        <v>0</v>
+      </c>
+      <c r="P260" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q260" s="1" t="s"/>
+      <c r="R260" s="1" t="s"/>
+      <c r="S260" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T260" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U260" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V260" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W260" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X260" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y260" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="Z260" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA260" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB260" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E261" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F261" s="1">
+        <v>3</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H261" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I261" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J261" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K261" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L261" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M261" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N261" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O261" s="1">
+        <v>0</v>
+      </c>
+      <c r="P261" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q261" s="1" t="s"/>
+      <c r="R261" s="1" t="s"/>
+      <c r="S261" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T261" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U261" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V261" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W261" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X261" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y261" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z261" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA261" s="1">
+        <v>11</v>
+      </c>
+      <c r="AB261" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E262" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F262" s="1">
+        <v>3</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H262" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I262" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J262" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K262" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L262" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M262" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N262" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O262" s="1">
+        <v>0</v>
+      </c>
+      <c r="P262" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q262" s="1" t="s"/>
+      <c r="R262" s="1" t="s"/>
+      <c r="S262" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T262" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U262" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V262" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W262" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X262" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y262" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="Z262" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA262" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB262" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E263" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F263" s="1">
+        <v>4</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H263" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I263" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="J263" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K263" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L263" s="2">
+        <v>46307.25</v>
+      </c>
+      <c r="M263" s="2">
+        <v>46361.29166666667</v>
+      </c>
+      <c r="N263" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O263" s="1">
+        <v>0</v>
+      </c>
+      <c r="P263" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q263" s="1" t="s"/>
+      <c r="R263" s="1" t="s"/>
+      <c r="S263" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T263" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U263" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V263" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W263" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X263" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y263" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="Z263" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA263" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB263" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E264" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F264" s="1">
+        <v>4</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H264" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I264" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J264" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K264" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L264" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M264" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N264" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O264" s="1">
+        <v>0</v>
+      </c>
+      <c r="P264" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q264" s="1" t="s"/>
+      <c r="R264" s="1" t="s"/>
+      <c r="S264" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T264" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U264" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V264" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W264" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X264" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y264" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="Z264" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA264" s="1">
+        <v>4</v>
+      </c>
+      <c r="AB264" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E265" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F265" s="1">
+        <v>3</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H265" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I265" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J265" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K265" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L265" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M265" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N265" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O265" s="1">
+        <v>0</v>
+      </c>
+      <c r="P265" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q265" s="1" t="s"/>
+      <c r="R265" s="1" t="s"/>
+      <c r="S265" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T265" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U265" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V265" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W265" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X265" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y265" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="Z265" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA265" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB265" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E266" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F266" s="1">
+        <v>3</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H266" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I266" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J266" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K266" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L266" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M266" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N266" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O266" s="1">
+        <v>0</v>
+      </c>
+      <c r="P266" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q266" s="1" t="s"/>
+      <c r="R266" s="1" t="s"/>
+      <c r="S266" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T266" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U266" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V266" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W266" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X266" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y266" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="Z266" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA266" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB266" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E267" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F267" s="1">
+        <v>1</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H267" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I267" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J267" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K267" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L267" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M267" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N267" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O267" s="1">
+        <v>0</v>
+      </c>
+      <c r="P267" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q267" s="1" t="s"/>
+      <c r="R267" s="1" t="s"/>
+      <c r="S267" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T267" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U267" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V267" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W267" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X267" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y267" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="Z267" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA267" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB267" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E268" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F268" s="1">
+        <v>1</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H268" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I268" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J268" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K268" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L268" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M268" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N268" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O268" s="1">
+        <v>0</v>
+      </c>
+      <c r="P268" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q268" s="1" t="s"/>
+      <c r="R268" s="1" t="s"/>
+      <c r="S268" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T268" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U268" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V268" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W268" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X268" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y268" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="Z268" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA268" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB268" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E269" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F269" s="1">
+        <v>1</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H269" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I269" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J269" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K269" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L269" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M269" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N269" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O269" s="1">
+        <v>0</v>
+      </c>
+      <c r="P269" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q269" s="1" t="s"/>
+      <c r="R269" s="1" t="s"/>
+      <c r="S269" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T269" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U269" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V269" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W269" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X269" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y269" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="Z269" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA269" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB269" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E270" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F270" s="1">
+        <v>3</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H270" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I270" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J270" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K270" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L270" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M270" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N270" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O270" s="1">
+        <v>0</v>
+      </c>
+      <c r="P270" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q270" s="1" t="s"/>
+      <c r="R270" s="1" t="s"/>
+      <c r="S270" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T270" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U270" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V270" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W270" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X270" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y270" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="Z270" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA270" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB270" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E271" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F271" s="1">
+        <v>3</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H271" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I271" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J271" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K271" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L271" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M271" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N271" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O271" s="1">
+        <v>0</v>
+      </c>
+      <c r="P271" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q271" s="1" t="s"/>
+      <c r="R271" s="1" t="s"/>
+      <c r="S271" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T271" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U271" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V271" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W271" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X271" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y271" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="Z271" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA271" s="1">
+        <v>14</v>
+      </c>
+      <c r="AB271" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E272" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F272" s="1">
+        <v>3</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H272" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I272" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J272" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K272" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L272" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M272" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N272" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O272" s="1">
+        <v>0</v>
+      </c>
+      <c r="P272" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q272" s="1" t="s"/>
+      <c r="R272" s="1" t="s"/>
+      <c r="S272" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T272" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U272" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V272" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W272" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X272" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y272" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="Z272" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA272" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB272" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E273" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F273" s="1">
+        <v>3</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H273" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I273" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J273" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K273" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L273" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M273" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N273" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O273" s="1">
+        <v>0</v>
+      </c>
+      <c r="P273" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q273" s="1" t="s"/>
+      <c r="R273" s="1" t="s"/>
+      <c r="S273" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T273" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U273" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V273" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W273" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X273" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y273" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="Z273" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA273" s="1">
+        <v>17</v>
+      </c>
+      <c r="AB273" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="E274" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F274" s="1">
+        <v>3</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H274" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I274" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J274" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K274" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L274" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M274" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N274" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O274" s="1">
+        <v>0</v>
+      </c>
+      <c r="P274" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q274" s="1" t="s"/>
+      <c r="R274" s="1" t="s"/>
+      <c r="S274" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T274" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U274" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V274" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W274" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X274" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y274" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="Z274" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA274" s="1">
+        <v>17</v>
+      </c>
+      <c r="AB274" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="E275" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F275" s="1">
+        <v>3</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H275" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I275" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J275" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K275" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L275" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M275" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N275" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O275" s="1">
+        <v>0</v>
+      </c>
+      <c r="P275" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q275" s="1" t="s"/>
+      <c r="R275" s="1" t="s"/>
+      <c r="S275" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T275" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U275" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V275" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W275" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X275" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y275" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="Z275" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA275" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB275" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E276" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F276" s="1">
+        <v>3</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H276" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I276" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J276" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K276" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L276" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M276" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N276" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="O276" s="1">
+        <v>1800</v>
+      </c>
+      <c r="P276" s="1">
+        <v>2050</v>
+      </c>
+      <c r="Q276" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="R276" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="S276" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T276" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U276" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V276" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="W276" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X276" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y276" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="Z276" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA276" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB276" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E277" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F277" s="1">
+        <v>3</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H277" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I277" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J277" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K277" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L277" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M277" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N277" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O277" s="1">
+        <v>0</v>
+      </c>
+      <c r="P277" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q277" s="1" t="s"/>
+      <c r="R277" s="1" t="s"/>
+      <c r="S277" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T277" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U277" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V277" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W277" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X277" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y277" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="Z277" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA277" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB277" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E278" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F278" s="1">
+        <v>3</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H278" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I278" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J278" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K278" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L278" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M278" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N278" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O278" s="1">
+        <v>0</v>
+      </c>
+      <c r="P278" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q278" s="1" t="s"/>
+      <c r="R278" s="1" t="s"/>
+      <c r="S278" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T278" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U278" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V278" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W278" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X278" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y278" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="Z278" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA278" s="1">
+        <v>18</v>
+      </c>
+      <c r="AB278" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E279" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F279" s="1">
+        <v>3</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H279" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I279" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J279" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K279" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L279" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M279" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N279" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O279" s="1">
+        <v>0</v>
+      </c>
+      <c r="P279" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q279" s="1" t="s"/>
+      <c r="R279" s="1" t="s"/>
+      <c r="S279" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T279" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U279" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V279" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W279" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X279" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y279" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="Z279" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA279" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB279" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E280" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F280" s="1">
+        <v>3</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H280" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I280" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J280" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K280" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L280" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M280" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N280" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O280" s="1">
+        <v>0</v>
+      </c>
+      <c r="P280" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q280" s="1" t="s"/>
+      <c r="R280" s="1" t="s"/>
+      <c r="S280" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T280" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U280" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V280" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W280" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X280" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y280" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="Z280" s="1">
+        <v>35</v>
+      </c>
+      <c r="AA280" s="1">
+        <v>10</v>
+      </c>
+      <c r="AB280" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E281" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F281" s="1">
+        <v>3</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H281" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I281" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J281" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K281" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L281" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M281" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N281" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O281" s="1">
+        <v>0</v>
+      </c>
+      <c r="P281" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q281" s="1" t="s"/>
+      <c r="R281" s="1" t="s"/>
+      <c r="S281" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T281" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U281" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V281" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W281" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X281" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y281" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="Z281" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA281" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB281" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="C282" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E282" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F282" s="1">
+        <v>3</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H282" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I282" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J282" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K282" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L282" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M282" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N282" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O282" s="1">
+        <v>1630</v>
+      </c>
+      <c r="P282" s="1">
+        <v>1750</v>
+      </c>
+      <c r="Q282" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="R282" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="S282" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T282" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U282" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="V282" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="W282" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X282" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y282" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="Z282" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA282" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB282" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="B283" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="C283" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E283" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F283" s="1">
+        <v>3</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H283" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I283" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J283" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K283" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L283" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M283" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N283" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O283" s="1">
+        <v>0</v>
+      </c>
+      <c r="P283" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q283" s="1" t="s"/>
+      <c r="R283" s="1" t="s"/>
+      <c r="S283" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T283" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U283" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V283" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W283" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X283" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y283" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="Z283" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA283" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB283" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="B284" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="C284" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E284" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F284" s="1">
+        <v>3</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H284" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I284" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J284" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K284" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L284" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M284" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N284" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O284" s="1">
+        <v>0</v>
+      </c>
+      <c r="P284" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q284" s="1" t="s"/>
+      <c r="R284" s="1" t="s"/>
+      <c r="S284" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T284" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U284" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V284" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W284" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X284" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y284" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="Z284" s="1">
+        <v>45</v>
+      </c>
+      <c r="AA284" s="1">
+        <v>38</v>
+      </c>
+      <c r="AB284" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E285" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F285" s="1">
+        <v>3</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H285" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I285" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J285" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K285" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L285" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M285" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N285" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O285" s="1">
+        <v>0</v>
+      </c>
+      <c r="P285" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q285" s="1" t="s"/>
+      <c r="R285" s="1" t="s"/>
+      <c r="S285" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T285" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U285" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V285" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W285" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X285" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y285" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="Z285" s="1">
+        <v>35</v>
+      </c>
+      <c r="AA285" s="1">
+        <v>9</v>
+      </c>
+      <c r="AB285" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E286" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F286" s="1">
+        <v>3</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H286" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I286" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J286" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K286" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L286" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M286" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N286" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O286" s="1">
+        <v>1730</v>
+      </c>
+      <c r="P286" s="1">
+        <v>1650</v>
+      </c>
+      <c r="Q286" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="R286" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="S286" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T286" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U286" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="V286" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="W286" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="X286" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y286" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="Z286" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA286" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB286" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="B287" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="C287" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E287" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F287" s="1">
+        <v>4</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="H287" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I287" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J287" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K287" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L287" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M287" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N287" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="O287" s="1">
+        <v>800</v>
+      </c>
+      <c r="P287" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q287" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R287" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S287" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T287" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U287" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V287" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="W287" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X287" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y287" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="Z287" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA287" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB287" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="B288" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E288" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F288" s="1">
+        <v>4</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H288" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I288" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J288" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K288" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L288" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M288" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N288" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="O288" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P288" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q288" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R288" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S288" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T288" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U288" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V288" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="W288" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X288" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y288" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z288" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA288" s="1">
+        <v>5</v>
+      </c>
+      <c r="AB288" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="B289" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="C289" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="E289" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F289" s="1">
+        <v>4</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H289" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I289" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J289" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K289" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L289" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M289" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N289" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="O289" s="1">
+        <v>900</v>
+      </c>
+      <c r="P289" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q289" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="R289" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S289" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T289" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U289" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="V289" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="W289" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X289" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y289" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="Z289" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA289" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB289" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="B290" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="C290" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="E290" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F290" s="1">
+        <v>4</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H290" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I290" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J290" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K290" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L290" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M290" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N290" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="O290" s="1">
+        <v>900</v>
+      </c>
+      <c r="P290" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q290" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="R290" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S290" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T290" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U290" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="V290" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="W290" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="X290" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y290" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="Z290" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA290" s="1">
+        <v>5</v>
+      </c>
+      <c r="AB290" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="B291" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="C291" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="E291" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F291" s="1">
+        <v>5</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H291" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I291" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J291" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K291" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L291" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M291" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N291" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="O291" s="1">
+        <v>1300</v>
+      </c>
+      <c r="P291" s="1">
+        <v>1350</v>
+      </c>
+      <c r="Q291" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R291" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="S291" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T291" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U291" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="V291" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="W291" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="X291" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y291" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="Z291" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA291" s="1">
+        <v>8</v>
+      </c>
+      <c r="AB291" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="B292" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="C292" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="E292" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F292" s="1">
+        <v>5</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H292" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I292" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J292" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K292" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L292" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M292" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N292" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="O292" s="1">
+        <v>1300</v>
+      </c>
+      <c r="P292" s="1">
+        <v>1350</v>
+      </c>
+      <c r="Q292" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R292" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="S292" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T292" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U292" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="V292" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="W292" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X292" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y292" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="Z292" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA292" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB292" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="B293" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E293" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F293" s="1">
+        <v>4</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H293" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I293" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J293" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K293" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L293" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M293" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N293" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="O293" s="1">
+        <v>1030</v>
+      </c>
+      <c r="P293" s="1">
+        <v>1130</v>
+      </c>
+      <c r="Q293" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="R293" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="S293" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="T293" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="U293" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="V293" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="W293" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="X293" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y293" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="Z293" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA293" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB293" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="B294" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="C294" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E294" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F294" s="1">
+        <v>4</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="H294" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I294" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J294" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K294" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L294" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M294" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N294" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O294" s="1">
+        <v>0</v>
+      </c>
+      <c r="P294" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q294" s="1" t="s"/>
+      <c r="R294" s="1" t="s"/>
+      <c r="S294" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T294" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U294" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V294" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W294" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X294" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y294" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z294" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA294" s="1">
+        <v>2</v>
+      </c>
+      <c r="AB294" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="B295" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E295" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F295" s="1">
+        <v>4</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H295" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I295" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J295" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K295" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L295" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M295" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N295" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O295" s="1">
+        <v>0</v>
+      </c>
+      <c r="P295" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q295" s="1" t="s"/>
+      <c r="R295" s="1" t="s"/>
+      <c r="S295" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T295" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U295" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V295" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W295" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X295" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y295" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z295" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA295" s="1">
+        <v>7</v>
+      </c>
+      <c r="AB295" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E296" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F296" s="1">
+        <v>4</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H296" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I296" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J296" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K296" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L296" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M296" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N296" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O296" s="1">
+        <v>0</v>
+      </c>
+      <c r="P296" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q296" s="1" t="s"/>
+      <c r="R296" s="1" t="s"/>
+      <c r="S296" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T296" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U296" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V296" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W296" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X296" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y296" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z296" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA296" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB296" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E297" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F297" s="1">
+        <v>4</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H297" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I297" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J297" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K297" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L297" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M297" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N297" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O297" s="1">
+        <v>0</v>
+      </c>
+      <c r="P297" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q297" s="1" t="s"/>
+      <c r="R297" s="1" t="s"/>
+      <c r="S297" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T297" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U297" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V297" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W297" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X297" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y297" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z297" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA297" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB297" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E298" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F298" s="1">
+        <v>4</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H298" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I298" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J298" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K298" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L298" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M298" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N298" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O298" s="1">
+        <v>0</v>
+      </c>
+      <c r="P298" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q298" s="1" t="s"/>
+      <c r="R298" s="1" t="s"/>
+      <c r="S298" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T298" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U298" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V298" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W298" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X298" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y298" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z298" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA298" s="1">
+        <v>7</v>
+      </c>
+      <c r="AB298" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E299" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F299" s="1">
+        <v>4</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H299" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I299" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J299" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K299" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L299" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M299" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N299" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="O299" s="1">
+        <v>1320</v>
+      </c>
+      <c r="P299" s="1">
+        <v>1410</v>
+      </c>
+      <c r="Q299" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="R299" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="S299" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="T299" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="U299" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="V299" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="W299" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X299" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y299" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="Z299" s="1">
+        <v>25</v>
+      </c>
+      <c r="AA299" s="1">
+        <v>5</v>
+      </c>
+      <c r="AB299" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E300" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F300" s="1">
+        <v>4</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H300" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I300" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J300" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K300" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L300" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M300" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N300" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O300" s="1">
+        <v>0</v>
+      </c>
+      <c r="P300" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q300" s="1" t="s"/>
+      <c r="R300" s="1" t="s"/>
+      <c r="S300" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T300" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U300" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V300" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W300" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X300" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y300" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z300" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA300" s="1">
+        <v>14</v>
+      </c>
+      <c r="AB300" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="C301" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E301" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F301" s="1">
+        <v>4</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H301" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I301" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J301" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K301" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L301" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M301" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N301" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O301" s="1">
+        <v>0</v>
+      </c>
+      <c r="P301" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q301" s="1" t="s"/>
+      <c r="R301" s="1" t="s"/>
+      <c r="S301" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T301" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U301" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V301" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W301" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X301" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y301" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z301" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA301" s="1">
+        <v>20</v>
+      </c>
+      <c r="AB301" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="C302" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E302" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F302" s="1">
+        <v>4</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H302" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I302" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J302" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K302" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L302" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M302" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N302" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O302" s="1">
+        <v>0</v>
+      </c>
+      <c r="P302" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q302" s="1" t="s"/>
+      <c r="R302" s="1" t="s"/>
+      <c r="S302" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T302" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U302" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V302" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W302" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X302" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y302" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z302" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA302" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB302" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E303" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F303" s="1">
+        <v>4</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H303" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I303" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J303" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K303" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L303" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M303" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N303" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O303" s="1">
+        <v>0</v>
+      </c>
+      <c r="P303" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q303" s="1" t="s"/>
+      <c r="R303" s="1" t="s"/>
+      <c r="S303" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T303" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U303" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V303" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W303" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X303" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y303" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z303" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA303" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB303" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="E304" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F304" s="1">
+        <v>4</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H304" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I304" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J304" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K304" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L304" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M304" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N304" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="O304" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P304" s="1">
+        <v>1050</v>
+      </c>
+      <c r="Q304" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R304" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="S304" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T304" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U304" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="V304" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="W304" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="X304" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y304" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="Z304" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA304" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB304" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="C305" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="E305" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F305" s="1">
+        <v>4</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H305" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I305" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J305" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K305" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L305" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M305" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N305" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="O305" s="1">
+        <v>1300</v>
+      </c>
+      <c r="P305" s="1">
+        <v>1350</v>
+      </c>
+      <c r="Q305" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R305" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="S305" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T305" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U305" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="V305" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="W305" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="X305" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y305" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="Z305" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA305" s="1">
+        <v>7</v>
+      </c>
+      <c r="AB305" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="E306" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F306" s="1">
+        <v>3</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H306" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I306" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J306" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K306" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L306" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M306" s="2">
+        <v>46305.25</v>
+      </c>
+      <c r="N306" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O306" s="1">
+        <v>0</v>
+      </c>
+      <c r="P306" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q306" s="1" t="s"/>
+      <c r="R306" s="1" t="s"/>
+      <c r="S306" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T306" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U306" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V306" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W306" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X306" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y306" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z306" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA306" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB306" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="E307" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F307" s="1">
+        <v>3</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H307" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I307" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J307" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K307" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L307" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M307" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N307" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O307" s="1">
+        <v>0</v>
+      </c>
+      <c r="P307" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q307" s="1" t="s"/>
+      <c r="R307" s="1" t="s"/>
+      <c r="S307" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T307" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U307" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V307" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W307" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X307" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y307" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="Z307" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA307" s="1">
+        <v>20</v>
+      </c>
+      <c r="AB307" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="B308" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="E308" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F308" s="1">
+        <v>3</v>
+      </c>
+      <c r="G308" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H308" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I308" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="J308" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K308" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L308" s="2">
+        <v>46307.25</v>
+      </c>
+      <c r="M308" s="2">
+        <v>46361.29166666667</v>
+      </c>
+      <c r="N308" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O308" s="1">
+        <v>0</v>
+      </c>
+      <c r="P308" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q308" s="1" t="s"/>
+      <c r="R308" s="1" t="s"/>
+      <c r="S308" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T308" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U308" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V308" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W308" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X308" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y308" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="Z308" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA308" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB308" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="E309" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F309" s="1">
+        <v>3</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H309" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I309" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J309" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K309" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L309" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M309" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N309" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O309" s="1">
+        <v>0</v>
+      </c>
+      <c r="P309" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q309" s="1" t="s"/>
+      <c r="R309" s="1" t="s"/>
+      <c r="S309" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T309" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U309" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V309" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W309" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X309" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y309" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z309" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA309" s="1">
+        <v>18</v>
+      </c>
+      <c r="AB309" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="E310" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F310" s="1">
+        <v>3</v>
+      </c>
+      <c r="G310" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H310" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I310" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J310" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K310" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L310" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M310" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N310" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O310" s="1">
+        <v>0</v>
+      </c>
+      <c r="P310" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q310" s="1" t="s"/>
+      <c r="R310" s="1" t="s"/>
+      <c r="S310" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T310" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U310" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V310" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W310" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X310" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y310" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z310" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA310" s="1">
+        <v>2</v>
+      </c>
+      <c r="AB310" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="C311" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="E311" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F311" s="1">
+        <v>4</v>
+      </c>
+      <c r="G311" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H311" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I311" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J311" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K311" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L311" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M311" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N311" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="O311" s="1">
+        <v>1300</v>
+      </c>
+      <c r="P311" s="1">
+        <v>1350</v>
+      </c>
+      <c r="Q311" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R311" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="S311" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T311" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U311" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="V311" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="W311" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="X311" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y311" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="Z311" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA311" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB311" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="B312" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="E312" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F312" s="1">
+        <v>4</v>
+      </c>
+      <c r="G312" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H312" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I312" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J312" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K312" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L312" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M312" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N312" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="O312" s="1">
+        <v>1200</v>
+      </c>
+      <c r="P312" s="1">
+        <v>1250</v>
+      </c>
+      <c r="Q312" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="R312" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="S312" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T312" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U312" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="V312" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="W312" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="X312" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y312" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="Z312" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA312" s="1">
+        <v>6</v>
+      </c>
+      <c r="AB312" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="C313" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="E313" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F313" s="1">
+        <v>4</v>
+      </c>
+      <c r="G313" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H313" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I313" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J313" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K313" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L313" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M313" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N313" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="O313" s="1">
+        <v>1200</v>
+      </c>
+      <c r="P313" s="1">
+        <v>1250</v>
+      </c>
+      <c r="Q313" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="R313" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="S313" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T313" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U313" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="V313" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="W313" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="X313" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y313" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="Z313" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA313" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB313" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="B314" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="C314" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="E314" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F314" s="1">
+        <v>4</v>
+      </c>
+      <c r="G314" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H314" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I314" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J314" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K314" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L314" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M314" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N314" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="O314" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P314" s="1">
+        <v>1050</v>
+      </c>
+      <c r="Q314" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R314" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="S314" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T314" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U314" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="V314" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="W314" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="X314" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y314" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="Z314" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA314" s="1">
+        <v>2</v>
+      </c>
+      <c r="AB314" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="B315" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E315" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F315" s="1">
+        <v>3</v>
+      </c>
+      <c r="G315" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H315" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I315" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J315" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K315" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L315" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M315" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N315" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O315" s="1">
+        <v>0</v>
+      </c>
+      <c r="P315" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q315" s="1" t="s"/>
+      <c r="R315" s="1" t="s"/>
+      <c r="S315" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T315" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U315" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V315" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W315" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X315" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y315" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="Z315" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA315" s="1">
+        <v>10</v>
+      </c>
+      <c r="AB315" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E316" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F316" s="1">
+        <v>3</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H316" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I316" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J316" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K316" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L316" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M316" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N316" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O316" s="1">
+        <v>0</v>
+      </c>
+      <c r="P316" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q316" s="1" t="s"/>
+      <c r="R316" s="1" t="s"/>
+      <c r="S316" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T316" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U316" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V316" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W316" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X316" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y316" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="Z316" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA316" s="1">
+        <v>7</v>
+      </c>
+      <c r="AB316" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E317" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F317" s="1">
+        <v>3</v>
+      </c>
+      <c r="G317" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H317" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I317" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J317" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K317" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L317" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M317" s="2">
+        <v>46305.25</v>
+      </c>
+      <c r="N317" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O317" s="1">
+        <v>0</v>
+      </c>
+      <c r="P317" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q317" s="1" t="s"/>
+      <c r="R317" s="1" t="s"/>
+      <c r="S317" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T317" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U317" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V317" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W317" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X317" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y317" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="Z317" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA317" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB317" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="C318" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E318" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F318" s="1">
+        <v>3</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H318" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I318" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J318" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K318" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L318" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M318" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N318" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O318" s="1">
+        <v>0</v>
+      </c>
+      <c r="P318" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q318" s="1" t="s"/>
+      <c r="R318" s="1" t="s"/>
+      <c r="S318" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T318" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U318" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V318" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W318" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X318" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y318" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="Z318" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA318" s="1">
+        <v>7</v>
+      </c>
+      <c r="AB318" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E319" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F319" s="1">
+        <v>3</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H319" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I319" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J319" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K319" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L319" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M319" s="2">
+        <v>46305.25</v>
+      </c>
+      <c r="N319" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O319" s="1">
+        <v>0</v>
+      </c>
+      <c r="P319" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q319" s="1" t="s"/>
+      <c r="R319" s="1" t="s"/>
+      <c r="S319" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T319" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U319" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V319" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W319" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X319" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y319" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="Z319" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA319" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB319" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E320" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F320" s="1">
+        <v>3</v>
+      </c>
+      <c r="G320" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H320" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I320" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J320" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K320" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L320" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M320" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N320" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O320" s="1">
+        <v>0</v>
+      </c>
+      <c r="P320" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q320" s="1" t="s"/>
+      <c r="R320" s="1" t="s"/>
+      <c r="S320" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T320" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U320" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V320" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W320" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X320" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y320" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="Z320" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA320" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB320" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="C321" s="1" t="s">
         <v>806</v>
       </c>
-      <c r="B215" s="1" t="s">
+      <c r="D321" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E321" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F321" s="1">
+        <v>3</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H321" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I321" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J321" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K321" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L321" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M321" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N321" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O321" s="1">
+        <v>0</v>
+      </c>
+      <c r="P321" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q321" s="1" t="s"/>
+      <c r="R321" s="1" t="s"/>
+      <c r="S321" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T321" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U321" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V321" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W321" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X321" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y321" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="Z321" s="1">
+        <v>25</v>
+      </c>
+      <c r="AA321" s="1">
+        <v>10</v>
+      </c>
+      <c r="AB321" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E322" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F322" s="1">
+        <v>3</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H322" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I322" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J322" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K322" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L322" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M322" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N322" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O322" s="1">
+        <v>0</v>
+      </c>
+      <c r="P322" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q322" s="1" t="s"/>
+      <c r="R322" s="1" t="s"/>
+      <c r="S322" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T322" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U322" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V322" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W322" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X322" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y322" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="Z322" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA322" s="1">
+        <v>21</v>
+      </c>
+      <c r="AB322" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E323" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F323" s="1">
+        <v>3</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H323" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I323" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J323" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K323" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L323" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M323" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N323" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O323" s="1">
+        <v>0</v>
+      </c>
+      <c r="P323" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q323" s="1" t="s"/>
+      <c r="R323" s="1" t="s"/>
+      <c r="S323" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T323" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U323" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V323" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W323" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X323" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y323" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="Z323" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA323" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB323" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E324" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F324" s="1">
+        <v>3</v>
+      </c>
+      <c r="G324" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H324" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I324" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J324" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K324" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L324" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M324" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N324" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O324" s="1">
+        <v>0</v>
+      </c>
+      <c r="P324" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q324" s="1" t="s"/>
+      <c r="R324" s="1" t="s"/>
+      <c r="S324" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T324" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U324" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V324" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W324" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X324" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y324" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="Z324" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA324" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB324" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" s="1" t="s">
         <v>807</v>
       </c>
-      <c r="C215" s="1" t="s">
+      <c r="B325" s="1" t="s">
         <v>808</v>
       </c>
-      <c r="D215" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F215" s="1">
+      <c r="C325" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E325" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F325" s="1">
+        <v>3</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H325" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I325" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J325" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K325" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L325" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M325" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N325" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O325" s="1">
+        <v>900</v>
+      </c>
+      <c r="P325" s="1">
+        <v>1020</v>
+      </c>
+      <c r="Q325" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="R325" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="S325" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T325" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U325" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V325" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W325" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="X325" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y325" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="Z325" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA325" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB325" s="1" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E326" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F326" s="1">
         <v>4</v>
       </c>
-      <c r="G215" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H215" s="1" t="s">
+      <c r="G326" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="H326" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I326" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J326" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K326" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L326" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M326" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N326" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="O326" s="1">
+        <v>1100</v>
+      </c>
+      <c r="P326" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q326" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="R326" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S326" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T326" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U326" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V326" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W326" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="X326" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y326" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="Z326" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA326" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB326" s="1" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E327" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F327" s="1">
+        <v>3</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H327" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="I215" s="1" t="s">
+      <c r="I327" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J327" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K327" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L327" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M327" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N327" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O327" s="1">
+        <v>900</v>
+      </c>
+      <c r="P327" s="1">
+        <v>1020</v>
+      </c>
+      <c r="Q327" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="R327" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="S327" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T327" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U327" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V327" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W327" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="X327" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y327" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="Z327" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA327" s="1">
+        <v>27</v>
+      </c>
+      <c r="AB327" s="1" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E328" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F328" s="1">
+        <v>3</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H328" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I328" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J328" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K328" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L328" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M328" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N328" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O328" s="1">
+        <v>1430</v>
+      </c>
+      <c r="P328" s="1">
+        <v>1550</v>
+      </c>
+      <c r="Q328" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="R328" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="S328" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T328" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U328" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V328" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W328" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="X328" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y328" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="Z328" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA328" s="1">
+        <v>28</v>
+      </c>
+      <c r="AB328" s="1" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E329" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F329" s="1">
+        <v>3</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H329" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I329" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J329" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K329" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L329" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M329" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N329" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O329" s="1">
+        <v>1300</v>
+      </c>
+      <c r="P329" s="1">
+        <v>1420</v>
+      </c>
+      <c r="Q329" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R329" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="S329" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T329" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U329" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V329" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W329" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="X329" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y329" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="Z329" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA329" s="1">
+        <v>28</v>
+      </c>
+      <c r="AB329" s="1" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E330" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F330" s="1">
+        <v>4</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="H330" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I330" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J330" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K330" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L330" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M330" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N330" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="O330" s="1">
+        <v>1100</v>
+      </c>
+      <c r="P330" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q330" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="R330" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S330" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T330" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U330" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V330" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W330" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="X330" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y330" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="Z330" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA330" s="1">
+        <v>28</v>
+      </c>
+      <c r="AB330" s="1" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E331" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F331" s="1">
+        <v>3</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H331" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I331" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J331" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K331" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L331" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M331" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N331" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O331" s="1">
+        <v>1300</v>
+      </c>
+      <c r="P331" s="1">
+        <v>1420</v>
+      </c>
+      <c r="Q331" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R331" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="S331" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T331" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U331" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V331" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W331" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="X331" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y331" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="Z331" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA331" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB331" s="1" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E332" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F332" s="1">
+        <v>3</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H332" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I332" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J332" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K332" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L332" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M332" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N332" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="O332" s="1">
+        <v>900</v>
+      </c>
+      <c r="P332" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q332" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="R332" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S332" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T332" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U332" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V332" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W332" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="X332" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y332" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="Z332" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA332" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB332" s="1" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="E333" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F333" s="1">
+        <v>4</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H333" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I333" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J333" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K333" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L333" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M333" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N333" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="O333" s="1">
+        <v>900</v>
+      </c>
+      <c r="P333" s="1">
+        <v>1550</v>
+      </c>
+      <c r="Q333" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="R333" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="S333" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T333" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U333" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V333" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W333" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="X333" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y333" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="Z333" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA333" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB333" s="1" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E334" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F334" s="1">
+        <v>4</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H334" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I334" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J334" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K334" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L334" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M334" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N334" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O334" s="1">
+        <v>1300</v>
+      </c>
+      <c r="P334" s="1">
+        <v>1450</v>
+      </c>
+      <c r="Q334" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R334" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="S334" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T334" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U334" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V334" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W334" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="X334" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y334" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="Z334" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA334" s="1">
+        <v>24</v>
+      </c>
+      <c r="AB334" s="1" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E335" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F335" s="1">
+        <v>4</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H335" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I335" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J335" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K335" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L335" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M335" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N335" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="O335" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P335" s="1">
+        <v>1050</v>
+      </c>
+      <c r="Q335" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R335" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="S335" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T335" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U335" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V335" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W335" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="X335" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y335" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="Z335" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA335" s="1">
+        <v>23</v>
+      </c>
+      <c r="AB335" s="1" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E336" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F336" s="1">
+        <v>2</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="H336" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I336" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J336" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K336" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L336" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M336" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N336" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="O336" s="1">
+        <v>1100</v>
+      </c>
+      <c r="P336" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q336" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="R336" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S336" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T336" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U336" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V336" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W336" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="X336" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y336" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="Z336" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA336" s="1">
+        <v>24</v>
+      </c>
+      <c r="AB336" s="1" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E337" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F337" s="1">
+        <v>3</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H337" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I337" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J337" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K337" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L337" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M337" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N337" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O337" s="1">
+        <v>0</v>
+      </c>
+      <c r="P337" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q337" s="1" t="s"/>
+      <c r="R337" s="1" t="s"/>
+      <c r="S337" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T337" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U337" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V337" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W337" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X337" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y337" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="Z337" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA337" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB337" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E338" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F338" s="1">
+        <v>3</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H338" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I338" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J338" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K338" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L338" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M338" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N338" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O338" s="1">
+        <v>0</v>
+      </c>
+      <c r="P338" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q338" s="1" t="s"/>
+      <c r="R338" s="1" t="s"/>
+      <c r="S338" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T338" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U338" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V338" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W338" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X338" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y338" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="Z338" s="1">
+        <v>35</v>
+      </c>
+      <c r="AA338" s="1">
+        <v>18</v>
+      </c>
+      <c r="AB338" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="339">
+      <c r="A339" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E339" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F339" s="1">
+        <v>1</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="H339" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I339" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J339" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K339" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L339" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M339" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N339" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="O339" s="1">
+        <v>8</v>
+      </c>
+      <c r="P339" s="1">
+        <v>1205</v>
+      </c>
+      <c r="Q339" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="R339" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="S339" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T339" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U339" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="V339" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="W339" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X339" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y339" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="Z339" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA339" s="1">
+        <v>15</v>
+      </c>
+      <c r="AB339" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="340">
+      <c r="A340" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="E340" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F340" s="1">
+        <v>3</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H340" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I340" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J340" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K340" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L340" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M340" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N340" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O340" s="1">
+        <v>0</v>
+      </c>
+      <c r="P340" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q340" s="1" t="s"/>
+      <c r="R340" s="1" t="s"/>
+      <c r="S340" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T340" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U340" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V340" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W340" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X340" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y340" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z340" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA340" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB340" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E341" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F341" s="1">
+        <v>3</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H341" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I341" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J341" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K341" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L341" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M341" s="2">
+        <v>46305.25</v>
+      </c>
+      <c r="N341" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O341" s="1">
+        <v>0</v>
+      </c>
+      <c r="P341" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q341" s="1" t="s"/>
+      <c r="R341" s="1" t="s"/>
+      <c r="S341" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T341" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U341" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V341" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W341" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X341" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y341" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="Z341" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA341" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB341" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="342">
+      <c r="A342" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E342" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F342" s="1">
+        <v>3</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H342" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I342" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J342" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K342" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L342" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M342" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N342" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O342" s="1">
+        <v>0</v>
+      </c>
+      <c r="P342" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q342" s="1" t="s"/>
+      <c r="R342" s="1" t="s"/>
+      <c r="S342" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T342" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U342" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V342" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W342" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X342" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y342" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="Z342" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA342" s="1">
+        <v>7</v>
+      </c>
+      <c r="AB342" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="343">
+      <c r="A343" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E343" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F343" s="1">
+        <v>1</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H343" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I343" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J343" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K343" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L343" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M343" s="2">
+        <v>46305.25</v>
+      </c>
+      <c r="N343" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O343" s="1">
+        <v>0</v>
+      </c>
+      <c r="P343" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q343" s="1" t="s"/>
+      <c r="R343" s="1" t="s"/>
+      <c r="S343" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T343" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U343" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V343" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W343" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X343" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y343" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="Z343" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA343" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB343" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="344">
+      <c r="A344" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E344" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F344" s="1">
+        <v>1</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H344" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I344" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J344" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K344" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L344" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M344" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N344" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O344" s="1">
+        <v>0</v>
+      </c>
+      <c r="P344" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q344" s="1" t="s"/>
+      <c r="R344" s="1" t="s"/>
+      <c r="S344" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T344" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U344" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V344" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W344" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X344" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y344" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="Z344" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA344" s="1">
+        <v>8</v>
+      </c>
+      <c r="AB344" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="345">
+      <c r="A345" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E345" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F345" s="1">
+        <v>3</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H345" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I345" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J345" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K345" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L345" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M345" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N345" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O345" s="1">
+        <v>1400</v>
+      </c>
+      <c r="P345" s="1">
+        <v>1520</v>
+      </c>
+      <c r="Q345" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="R345" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="S345" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T345" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U345" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="V345" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="W345" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="X345" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y345" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="Z345" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA345" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB345" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="346">
+      <c r="A346" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E346" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F346" s="1">
+        <v>3</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="H346" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I346" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J346" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K346" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L346" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M346" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N346" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O346" s="1">
+        <v>1800</v>
+      </c>
+      <c r="P346" s="1">
+        <v>1920</v>
+      </c>
+      <c r="Q346" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="R346" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="S346" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T346" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U346" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V346" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W346" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="X346" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y346" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="Z346" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA346" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB346" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="347">
+      <c r="A347" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E347" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F347" s="1">
+        <v>3</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="H347" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I347" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J347" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K347" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L347" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M347" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N347" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O347" s="1">
+        <v>0</v>
+      </c>
+      <c r="P347" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q347" s="1" t="s"/>
+      <c r="R347" s="1" t="s"/>
+      <c r="S347" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T347" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U347" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V347" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W347" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X347" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y347" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="Z347" s="1">
+        <v>35</v>
+      </c>
+      <c r="AA347" s="1">
+        <v>26</v>
+      </c>
+      <c r="AB347" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="348">
+      <c r="A348" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E348" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F348" s="1">
+        <v>3</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H348" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I348" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="J215" s="1">
-[...2 lines deleted...]
-      <c r="K215" s="1" t="s">
+      <c r="J348" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K348" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="L215" s="2">
+      <c r="L348" s="2">
         <v>46097.25</v>
       </c>
-      <c r="M215" s="2">
+      <c r="M348" s="2">
         <v>46150.25</v>
       </c>
-      <c r="N215" s="1" t="s">
-[...2 lines deleted...]
-      <c r="O215" s="1">
+      <c r="N348" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O348" s="1">
+        <v>0</v>
+      </c>
+      <c r="P348" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q348" s="1" t="s"/>
+      <c r="R348" s="1" t="s"/>
+      <c r="S348" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T348" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U348" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V348" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W348" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X348" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y348" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="Z348" s="1">
+        <v>35</v>
+      </c>
+      <c r="AA348" s="1">
+        <v>24</v>
+      </c>
+      <c r="AB348" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="349">
+      <c r="A349" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E349" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F349" s="1">
+        <v>3</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H349" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I349" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J349" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K349" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L349" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M349" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N349" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O349" s="1">
+        <v>0</v>
+      </c>
+      <c r="P349" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q349" s="1" t="s"/>
+      <c r="R349" s="1" t="s"/>
+      <c r="S349" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T349" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U349" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V349" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W349" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X349" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y349" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="Z349" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA349" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB349" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E350" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F350" s="1">
+        <v>3</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H350" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I350" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="J350" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K350" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L350" s="2">
+        <v>46307.25</v>
+      </c>
+      <c r="M350" s="2">
+        <v>46361.29166666667</v>
+      </c>
+      <c r="N350" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O350" s="1">
+        <v>0</v>
+      </c>
+      <c r="P350" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q350" s="1" t="s"/>
+      <c r="R350" s="1" t="s"/>
+      <c r="S350" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T350" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U350" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V350" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W350" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X350" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y350" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="Z350" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA350" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB350" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="351">
+      <c r="A351" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E351" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F351" s="1">
+        <v>3</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H351" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I351" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J351" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K351" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L351" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M351" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N351" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O351" s="1">
+        <v>0</v>
+      </c>
+      <c r="P351" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q351" s="1" t="s"/>
+      <c r="R351" s="1" t="s"/>
+      <c r="S351" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T351" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U351" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V351" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W351" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X351" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y351" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="Z351" s="1">
+        <v>35</v>
+      </c>
+      <c r="AA351" s="1">
+        <v>20</v>
+      </c>
+      <c r="AB351" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="352">
+      <c r="A352" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E352" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F352" s="1">
+        <v>3</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H352" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I352" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J352" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K352" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L352" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M352" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N352" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O352" s="1">
+        <v>0</v>
+      </c>
+      <c r="P352" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q352" s="1" t="s"/>
+      <c r="R352" s="1" t="s"/>
+      <c r="S352" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T352" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U352" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V352" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W352" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X352" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y352" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="Z352" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA352" s="1">
+        <v>1</v>
+      </c>
+      <c r="AB352" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="353">
+      <c r="A353" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="E353" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F353" s="1">
+        <v>3</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H353" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I353" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J353" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K353" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L353" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M353" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N353" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O353" s="1">
+        <v>1800</v>
+      </c>
+      <c r="P353" s="1">
+        <v>1950</v>
+      </c>
+      <c r="Q353" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="R353" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="S353" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T353" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U353" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V353" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W353" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="X353" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y353" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="Z353" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA353" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB353" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="354">
+      <c r="A354" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="E354" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="F354" s="1">
+        <v>3</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H354" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I354" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J354" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K354" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L354" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M354" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N354" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O354" s="1">
+        <v>0</v>
+      </c>
+      <c r="P354" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q354" s="1" t="s"/>
+      <c r="R354" s="1" t="s"/>
+      <c r="S354" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T354" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U354" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V354" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W354" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X354" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y354" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="Z354" s="1">
+        <v>35</v>
+      </c>
+      <c r="AA354" s="1">
+        <v>9</v>
+      </c>
+      <c r="AB354" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="355">
+      <c r="A355" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="E355" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="F355" s="1">
+        <v>3</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H355" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I355" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J355" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K355" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L355" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M355" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N355" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O355" s="1">
+        <v>0</v>
+      </c>
+      <c r="P355" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q355" s="1" t="s"/>
+      <c r="R355" s="1" t="s"/>
+      <c r="S355" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T355" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U355" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V355" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W355" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X355" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y355" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="Z355" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA355" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB355" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E356" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F356" s="1">
+        <v>3</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H356" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I356" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J356" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K356" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L356" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M356" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N356" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O356" s="1">
+        <v>1800</v>
+      </c>
+      <c r="P356" s="1">
+        <v>1920</v>
+      </c>
+      <c r="Q356" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="R356" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="S356" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T356" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U356" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V356" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W356" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="X356" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y356" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="Z356" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA356" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB356" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E357" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F357" s="1">
+        <v>3</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H357" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I357" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J357" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K357" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L357" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M357" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N357" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O357" s="1">
+        <v>1800</v>
+      </c>
+      <c r="P357" s="1">
+        <v>1920</v>
+      </c>
+      <c r="Q357" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="R357" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="S357" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T357" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U357" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V357" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W357" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="X357" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y357" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="Z357" s="1">
+        <v>24</v>
+      </c>
+      <c r="AA357" s="1">
+        <v>7</v>
+      </c>
+      <c r="AB357" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E358" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F358" s="1">
+        <v>3</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H358" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I358" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="J358" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K358" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L358" s="2">
+        <v>46307.25</v>
+      </c>
+      <c r="M358" s="2">
+        <v>46361.29166666667</v>
+      </c>
+      <c r="N358" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O358" s="1">
+        <v>0</v>
+      </c>
+      <c r="P358" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q358" s="1" t="s"/>
+      <c r="R358" s="1" t="s"/>
+      <c r="S358" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T358" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U358" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V358" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W358" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X358" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y358" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="Z358" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA358" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB358" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="C359" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E359" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F359" s="1">
+        <v>3</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H359" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I359" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J359" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K359" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L359" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M359" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N359" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O359" s="1">
+        <v>0</v>
+      </c>
+      <c r="P359" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q359" s="1" t="s"/>
+      <c r="R359" s="1" t="s"/>
+      <c r="S359" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T359" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U359" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V359" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W359" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X359" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y359" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="Z359" s="1">
+        <v>35</v>
+      </c>
+      <c r="AA359" s="1">
+        <v>19</v>
+      </c>
+      <c r="AB359" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="B360" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="C360" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E360" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F360" s="1">
+        <v>3</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H360" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I360" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J360" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K360" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L360" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M360" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N360" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O360" s="1">
+        <v>0</v>
+      </c>
+      <c r="P360" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q360" s="1" t="s"/>
+      <c r="R360" s="1" t="s"/>
+      <c r="S360" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T360" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U360" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V360" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W360" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X360" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y360" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="Z360" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA360" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB360" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="B361" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="C361" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="D361" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E361" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F361" s="1">
+        <v>3</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H361" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I361" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J361" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K361" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L361" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M361" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N361" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O361" s="1">
+        <v>1800</v>
+      </c>
+      <c r="P361" s="1">
+        <v>1920</v>
+      </c>
+      <c r="Q361" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="R361" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="S361" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T361" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U361" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V361" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W361" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="X361" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y361" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="Z361" s="1">
+        <v>24</v>
+      </c>
+      <c r="AA361" s="1">
+        <v>1</v>
+      </c>
+      <c r="AB361" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="B362" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="C362" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E362" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F362" s="1">
+        <v>3</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H362" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I362" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J362" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K362" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L362" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M362" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N362" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O362" s="1">
+        <v>0</v>
+      </c>
+      <c r="P362" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q362" s="1" t="s"/>
+      <c r="R362" s="1" t="s"/>
+      <c r="S362" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T362" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U362" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V362" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="W362" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X362" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y362" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="Z362" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA362" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB362" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="B363" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="C363" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E363" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F363" s="1">
+        <v>3</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H363" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I363" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J363" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K363" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L363" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M363" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N363" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O363" s="1">
+        <v>0</v>
+      </c>
+      <c r="P363" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q363" s="1" t="s"/>
+      <c r="R363" s="1" t="s"/>
+      <c r="S363" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T363" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U363" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V363" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W363" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X363" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y363" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="Z363" s="1">
+        <v>35</v>
+      </c>
+      <c r="AA363" s="1">
+        <v>13</v>
+      </c>
+      <c r="AB363" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="B364" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="C364" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E364" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F364" s="1">
+        <v>3</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H364" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I364" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J364" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K364" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L364" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M364" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N364" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O364" s="1">
+        <v>0</v>
+      </c>
+      <c r="P364" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q364" s="1" t="s"/>
+      <c r="R364" s="1" t="s"/>
+      <c r="S364" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T364" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U364" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V364" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W364" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X364" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y364" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="Z364" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA364" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB364" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="B365" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="C365" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E365" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F365" s="1">
+        <v>3</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H365" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I365" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J365" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K365" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L365" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M365" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N365" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O365" s="1">
+        <v>0</v>
+      </c>
+      <c r="P365" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q365" s="1" t="s"/>
+      <c r="R365" s="1" t="s"/>
+      <c r="S365" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T365" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U365" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V365" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W365" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X365" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y365" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="Z365" s="1">
+        <v>35</v>
+      </c>
+      <c r="AA365" s="1">
+        <v>34</v>
+      </c>
+      <c r="AB365" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="B366" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="C366" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E366" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F366" s="1">
+        <v>3</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H366" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I366" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="J366" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K366" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L366" s="2">
+        <v>46307.25</v>
+      </c>
+      <c r="M366" s="2">
+        <v>46361.29166666667</v>
+      </c>
+      <c r="N366" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O366" s="1">
+        <v>0</v>
+      </c>
+      <c r="P366" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q366" s="1" t="s"/>
+      <c r="R366" s="1" t="s"/>
+      <c r="S366" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T366" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U366" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V366" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W366" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X366" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y366" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="Z366" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA366" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB366" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="C367" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E367" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F367" s="1">
+        <v>3</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H367" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I367" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J367" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K367" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L367" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M367" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N367" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O367" s="1">
+        <v>0</v>
+      </c>
+      <c r="P367" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q367" s="1" t="s"/>
+      <c r="R367" s="1" t="s"/>
+      <c r="S367" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T367" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U367" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V367" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W367" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X367" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y367" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="Z367" s="1">
+        <v>35</v>
+      </c>
+      <c r="AA367" s="1">
+        <v>23</v>
+      </c>
+      <c r="AB367" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="B368" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="C368" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E368" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F368" s="1">
+        <v>3</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H368" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I368" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J368" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K368" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L368" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M368" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N368" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O368" s="1">
+        <v>0</v>
+      </c>
+      <c r="P368" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q368" s="1" t="s"/>
+      <c r="R368" s="1" t="s"/>
+      <c r="S368" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T368" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U368" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V368" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W368" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X368" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y368" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="Z368" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA368" s="1">
+        <v>1</v>
+      </c>
+      <c r="AB368" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="B369" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="C369" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E369" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F369" s="1">
+        <v>3</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H369" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I369" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J369" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K369" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L369" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M369" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N369" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O369" s="1">
+        <v>0</v>
+      </c>
+      <c r="P369" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q369" s="1" t="s"/>
+      <c r="R369" s="1" t="s"/>
+      <c r="S369" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T369" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U369" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V369" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W369" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X369" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y369" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="Z369" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA369" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB369" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E370" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F370" s="1">
+        <v>3</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H370" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I370" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J370" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K370" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L370" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M370" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N370" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O370" s="1">
+        <v>0</v>
+      </c>
+      <c r="P370" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q370" s="1" t="s"/>
+      <c r="R370" s="1" t="s"/>
+      <c r="S370" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T370" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U370" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V370" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W370" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X370" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y370" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="Z370" s="1">
+        <v>35</v>
+      </c>
+      <c r="AA370" s="1">
+        <v>5</v>
+      </c>
+      <c r="AB370" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="B371" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E371" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F371" s="1">
+        <v>3</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H371" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I371" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J371" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K371" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L371" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M371" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N371" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O371" s="1">
+        <v>0</v>
+      </c>
+      <c r="P371" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q371" s="1" t="s"/>
+      <c r="R371" s="1" t="s"/>
+      <c r="S371" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T371" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U371" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V371" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W371" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X371" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y371" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="Z371" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA371" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB371" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="B372" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="C372" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="E372" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F372" s="1">
+        <v>3</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H372" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I372" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J372" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K372" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L372" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M372" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N372" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O372" s="1">
+        <v>0</v>
+      </c>
+      <c r="P372" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q372" s="1" t="s"/>
+      <c r="R372" s="1" t="s"/>
+      <c r="S372" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T372" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U372" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V372" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W372" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X372" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y372" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z372" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA372" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB372" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="B373" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="C373" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="D373" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="E373" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F373" s="1">
+        <v>3</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H373" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I373" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J373" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K373" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L373" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M373" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N373" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O373" s="1">
+        <v>0</v>
+      </c>
+      <c r="P373" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q373" s="1" t="s"/>
+      <c r="R373" s="1" t="s"/>
+      <c r="S373" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T373" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U373" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V373" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W373" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X373" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y373" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z373" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA373" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB373" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="B374" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="C374" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="E374" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="F374" s="1">
+        <v>3</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H374" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I374" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J374" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K374" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L374" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M374" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N374" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O374" s="1">
+        <v>1800</v>
+      </c>
+      <c r="P374" s="1">
+        <v>1920</v>
+      </c>
+      <c r="Q374" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="R374" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="S374" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T374" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U374" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="V374" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="W374" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X374" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y374" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="Z374" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA374" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB374" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="375">
+      <c r="A375" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="B375" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="E375" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="F375" s="1">
+        <v>3</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H375" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I375" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J375" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K375" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L375" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M375" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N375" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O375" s="1">
+        <v>1800</v>
+      </c>
+      <c r="P375" s="1">
+        <v>1920</v>
+      </c>
+      <c r="Q375" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="R375" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="S375" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T375" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U375" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="V375" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="W375" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="X375" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y375" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="Z375" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA375" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB375" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="376">
+      <c r="A376" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="B376" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="E376" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="F376" s="1">
+        <v>3</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H376" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I376" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J376" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K376" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L376" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M376" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N376" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O376" s="1">
+        <v>0</v>
+      </c>
+      <c r="P376" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q376" s="1" t="s"/>
+      <c r="R376" s="1" t="s"/>
+      <c r="S376" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T376" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U376" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V376" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W376" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X376" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y376" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="Z376" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA376" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB376" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="377">
+      <c r="A377" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E377" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F377" s="1">
+        <v>3</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="H377" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I377" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J377" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K377" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L377" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M377" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N377" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="O377" s="1">
+        <v>1530</v>
+      </c>
+      <c r="P377" s="1">
+        <v>1850</v>
+      </c>
+      <c r="Q377" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="R377" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="S377" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T377" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U377" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="V377" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="W377" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X377" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y377" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="Z377" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA377" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB377" s="1" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="378">
+      <c r="A378" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E378" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F378" s="1">
+        <v>3</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H378" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I378" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J378" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K378" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L378" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M378" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N378" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O378" s="1">
+        <v>0</v>
+      </c>
+      <c r="P378" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q378" s="1" t="s"/>
+      <c r="R378" s="1" t="s"/>
+      <c r="S378" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T378" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U378" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V378" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W378" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X378" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y378" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z378" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA378" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB378" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="379">
+      <c r="A379" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E379" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F379" s="1">
+        <v>3</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H379" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I379" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J379" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K379" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L379" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M379" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N379" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O379" s="1">
+        <v>0</v>
+      </c>
+      <c r="P379" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q379" s="1" t="s"/>
+      <c r="R379" s="1" t="s"/>
+      <c r="S379" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T379" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U379" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V379" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W379" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X379" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y379" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z379" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA379" s="1">
+        <v>7</v>
+      </c>
+      <c r="AB379" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="380">
+      <c r="A380" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="B380" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="C380" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E380" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F380" s="1">
+        <v>3</v>
+      </c>
+      <c r="G380" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H380" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I380" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J380" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K380" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L380" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M380" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N380" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O380" s="1">
+        <v>0</v>
+      </c>
+      <c r="P380" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q380" s="1" t="s"/>
+      <c r="R380" s="1" t="s"/>
+      <c r="S380" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T380" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U380" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V380" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W380" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X380" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y380" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z380" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA380" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB380" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="381">
+      <c r="A381" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="C381" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E381" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F381" s="1">
+        <v>3</v>
+      </c>
+      <c r="G381" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H381" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I381" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J381" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K381" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L381" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M381" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N381" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O381" s="1">
+        <v>0</v>
+      </c>
+      <c r="P381" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q381" s="1" t="s"/>
+      <c r="R381" s="1" t="s"/>
+      <c r="S381" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T381" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U381" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V381" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W381" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X381" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y381" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z381" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA381" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB381" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="382">
+      <c r="A382" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="B382" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="C382" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E382" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F382" s="1">
+        <v>3</v>
+      </c>
+      <c r="G382" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H382" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I382" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J382" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K382" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L382" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M382" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N382" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O382" s="1">
+        <v>0</v>
+      </c>
+      <c r="P382" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q382" s="1" t="s"/>
+      <c r="R382" s="1" t="s"/>
+      <c r="S382" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T382" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U382" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="V382" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="W382" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X382" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y382" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z382" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA382" s="1">
+        <v>6</v>
+      </c>
+      <c r="AB382" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="383">
+      <c r="A383" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="B383" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E383" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F383" s="1">
+        <v>1</v>
+      </c>
+      <c r="G383" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H383" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I383" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J383" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K383" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L383" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M383" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N383" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O383" s="1">
+        <v>0</v>
+      </c>
+      <c r="P383" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q383" s="1" t="s"/>
+      <c r="R383" s="1" t="s"/>
+      <c r="S383" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T383" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U383" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V383" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W383" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X383" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y383" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z383" s="1">
+        <v>5</v>
+      </c>
+      <c r="AA383" s="1">
+        <v>3</v>
+      </c>
+      <c r="AB383" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="384">
+      <c r="A384" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E384" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F384" s="1">
+        <v>1</v>
+      </c>
+      <c r="G384" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H384" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I384" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J384" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K384" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L384" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M384" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N384" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O384" s="1">
+        <v>0</v>
+      </c>
+      <c r="P384" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q384" s="1" t="s"/>
+      <c r="R384" s="1" t="s"/>
+      <c r="S384" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T384" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U384" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V384" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W384" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X384" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y384" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z384" s="1">
+        <v>5</v>
+      </c>
+      <c r="AA384" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB384" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="385">
+      <c r="A385" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="B385" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E385" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F385" s="1">
+        <v>1</v>
+      </c>
+      <c r="G385" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H385" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I385" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J385" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K385" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L385" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M385" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N385" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O385" s="1">
+        <v>0</v>
+      </c>
+      <c r="P385" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q385" s="1" t="s"/>
+      <c r="R385" s="1" t="s"/>
+      <c r="S385" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T385" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U385" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V385" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W385" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X385" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y385" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z385" s="1">
+        <v>5</v>
+      </c>
+      <c r="AA385" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB385" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="386">
+      <c r="A386" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="B386" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E386" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F386" s="1">
+        <v>1</v>
+      </c>
+      <c r="G386" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H386" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I386" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J386" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K386" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L386" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M386" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N386" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O386" s="1">
+        <v>0</v>
+      </c>
+      <c r="P386" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q386" s="1" t="s"/>
+      <c r="R386" s="1" t="s"/>
+      <c r="S386" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T386" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U386" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V386" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W386" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X386" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y386" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="Z386" s="1">
+        <v>5</v>
+      </c>
+      <c r="AA386" s="1">
+        <v>1</v>
+      </c>
+      <c r="AB386" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="387">
+      <c r="A387" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="E387" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F387" s="1">
+        <v>3</v>
+      </c>
+      <c r="G387" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H387" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I387" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J387" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K387" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L387" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M387" s="2">
+        <v>46360.29166666667</v>
+      </c>
+      <c r="N387" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="O387" s="1">
+        <v>0</v>
+      </c>
+      <c r="P387" s="1">
+        <v>0</v>
+      </c>
+      <c r="Q387" s="1" t="s"/>
+      <c r="R387" s="1" t="s"/>
+      <c r="S387" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="T387" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="U387" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="V387" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="W387" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="X387" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y387" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z387" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA387" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB387" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="388">
+      <c r="A388" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="E388" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F388" s="1">
+        <v>2</v>
+      </c>
+      <c r="G388" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H388" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I388" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J388" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K388" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L388" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M388" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N388" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O388" s="1">
+        <v>1225</v>
+      </c>
+      <c r="P388" s="1">
+        <v>1315</v>
+      </c>
+      <c r="Q388" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="R388" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="S388" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="T388" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="U388" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="V388" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="W388" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="X388" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y388" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="Z388" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA388" s="1">
+        <v>5</v>
+      </c>
+      <c r="AB388" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="389">
+      <c r="A389" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="E389" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F389" s="1">
+        <v>2</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="H389" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I389" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J389" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K389" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L389" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M389" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N389" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O389" s="1">
+        <v>1320</v>
+      </c>
+      <c r="P389" s="1">
+        <v>1410</v>
+      </c>
+      <c r="Q389" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="R389" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="S389" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="T389" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="U389" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="V389" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="W389" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="X389" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y389" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="Z389" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA389" s="1">
+        <v>2</v>
+      </c>
+      <c r="AB389" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="390">
+      <c r="A390" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="E390" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F390" s="1">
+        <v>2</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H390" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I390" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J390" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K390" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L390" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M390" s="2">
+        <v>46305.25</v>
+      </c>
+      <c r="N390" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="O390" s="1">
+        <v>800</v>
+      </c>
+      <c r="P390" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q390" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R390" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S390" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T390" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U390" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V390" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W390" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X390" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y390" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z390" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA390" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB390" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="391">
+      <c r="A391" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="E391" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F391" s="1">
+        <v>3</v>
+      </c>
+      <c r="G391" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H391" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I391" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J391" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K391" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L391" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M391" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N391" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="O391" s="1">
+        <v>800</v>
+      </c>
+      <c r="P391" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q391" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R391" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S391" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T391" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U391" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V391" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W391" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X391" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y391" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z391" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA391" s="1">
+        <v>8</v>
+      </c>
+      <c r="AB391" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="392">
+      <c r="A392" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="E392" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F392" s="1">
+        <v>1</v>
+      </c>
+      <c r="G392" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H392" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I392" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J392" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K392" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L392" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M392" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N392" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="O392" s="1">
+        <v>1225</v>
+      </c>
+      <c r="P392" s="1">
+        <v>1315</v>
+      </c>
+      <c r="Q392" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="R392" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="S392" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="T392" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="U392" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="V392" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="W392" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="X392" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y392" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="Z392" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA392" s="1">
+        <v>5</v>
+      </c>
+      <c r="AB392" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="393">
+      <c r="A393" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B393" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="E393" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F393" s="1">
+        <v>1</v>
+      </c>
+      <c r="G393" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="H393" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I393" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J393" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K393" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L393" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M393" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N393" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="O393" s="1">
+        <v>1320</v>
+      </c>
+      <c r="P393" s="1">
+        <v>1410</v>
+      </c>
+      <c r="Q393" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="R393" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="S393" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="T393" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="U393" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="V393" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="W393" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="X393" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y393" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="Z393" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA393" s="1">
+        <v>2</v>
+      </c>
+      <c r="AB393" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="394">
+      <c r="A394" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="E394" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F394" s="1">
+        <v>1</v>
+      </c>
+      <c r="G394" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H394" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I394" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J394" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K394" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L394" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M394" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N394" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="O394" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P394" s="1">
+        <v>1550</v>
+      </c>
+      <c r="Q394" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R394" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="S394" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T394" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U394" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V394" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W394" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="X394" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y394" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z394" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA394" s="1">
+        <v>8</v>
+      </c>
+      <c r="AB394" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="395">
+      <c r="A395" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="E395" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F395" s="1">
+        <v>1</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H395" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I395" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J395" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K395" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L395" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M395" s="2">
+        <v>46305.25</v>
+      </c>
+      <c r="N395" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="O395" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P395" s="1">
+        <v>1550</v>
+      </c>
+      <c r="Q395" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R395" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="S395" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T395" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U395" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V395" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W395" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="X395" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y395" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z395" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA395" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB395" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="396">
+      <c r="A396" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E396" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F396" s="1">
+        <v>2</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H396" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I396" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J396" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K396" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L396" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M396" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N396" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O396" s="1">
+        <v>1415</v>
+      </c>
+      <c r="P396" s="1">
+        <v>1505</v>
+      </c>
+      <c r="Q396" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="R396" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="S396" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="T396" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="U396" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="V396" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="W396" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="X396" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y396" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="Z396" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA396" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB396" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="397">
+      <c r="A397" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E397" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F397" s="1">
+        <v>2</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H397" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I397" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J397" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K397" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L397" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M397" s="2">
+        <v>46305.25</v>
+      </c>
+      <c r="N397" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O397" s="1">
+        <v>800</v>
+      </c>
+      <c r="P397" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q397" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R397" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S397" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T397" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U397" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V397" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W397" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X397" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y397" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z397" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA397" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB397" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="398">
+      <c r="A398" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E398" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F398" s="1">
+        <v>2</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H398" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I398" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J398" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K398" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L398" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M398" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N398" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O398" s="1">
+        <v>800</v>
+      </c>
+      <c r="P398" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q398" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R398" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S398" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T398" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U398" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V398" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W398" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X398" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y398" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z398" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA398" s="1">
+        <v>5</v>
+      </c>
+      <c r="AB398" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="399">
+      <c r="A399" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E399" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F399" s="1">
+        <v>1</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H399" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I399" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J399" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K399" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L399" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M399" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N399" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="O399" s="1">
+        <v>1415</v>
+      </c>
+      <c r="P399" s="1">
+        <v>1505</v>
+      </c>
+      <c r="Q399" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="R399" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="S399" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="T399" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="U399" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="V399" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="W399" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="X399" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y399" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="Z399" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA399" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB399" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="400">
+      <c r="A400" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E400" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F400" s="1">
+        <v>1</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H400" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I400" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J400" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K400" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L400" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M400" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N400" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O400" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P400" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q400" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R400" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S400" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T400" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U400" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V400" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W400" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="X400" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y400" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z400" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA400" s="1">
+        <v>5</v>
+      </c>
+      <c r="AB400" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="401">
+      <c r="A401" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E401" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F401" s="1">
+        <v>1</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H401" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I401" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J401" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K401" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L401" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M401" s="2">
+        <v>46305.25</v>
+      </c>
+      <c r="N401" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O401" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P401" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q401" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R401" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S401" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T401" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U401" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V401" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W401" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="X401" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y401" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z401" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA401" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB401" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="402">
+      <c r="A402" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E402" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F402" s="1">
+        <v>2</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H402" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I402" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="J402" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K402" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L402" s="2">
+        <v>46307.25</v>
+      </c>
+      <c r="M402" s="2">
+        <v>46361.29166666667</v>
+      </c>
+      <c r="N402" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="O402" s="1">
+        <v>800</v>
+      </c>
+      <c r="P402" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q402" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R402" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S402" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T402" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U402" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V402" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W402" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X402" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y402" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z402" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA402" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB402" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="403">
+      <c r="A403" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E403" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F403" s="1">
+        <v>2</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H403" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I403" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J403" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K403" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L403" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M403" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N403" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="O403" s="1">
+        <v>800</v>
+      </c>
+      <c r="P403" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q403" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R403" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S403" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T403" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U403" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V403" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W403" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X403" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y403" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z403" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA403" s="1">
+        <v>10</v>
+      </c>
+      <c r="AB403" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="404">
+      <c r="A404" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E404" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F404" s="1">
+        <v>1</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H404" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I404" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="J404" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K404" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L404" s="2">
+        <v>46307.25</v>
+      </c>
+      <c r="M404" s="2">
+        <v>46361.29166666667</v>
+      </c>
+      <c r="N404" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="O404" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P404" s="1">
+        <v>1550</v>
+      </c>
+      <c r="Q404" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R404" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="S404" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T404" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U404" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V404" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W404" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="X404" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y404" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z404" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA404" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB404" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="405">
+      <c r="A405" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E405" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F405" s="1">
+        <v>2</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H405" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I405" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J405" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K405" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L405" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M405" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N405" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="O405" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P405" s="1">
+        <v>1550</v>
+      </c>
+      <c r="Q405" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R405" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="S405" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T405" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U405" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V405" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W405" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="X405" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y405" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z405" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA405" s="1">
+        <v>10</v>
+      </c>
+      <c r="AB405" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="406">
+      <c r="A406" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E406" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F406" s="1">
+        <v>2</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H406" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I406" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J406" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K406" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L406" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M406" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N406" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="O406" s="1">
         <v>1300</v>
       </c>
-      <c r="P215" s="1">
+      <c r="P406" s="1">
+        <v>1350</v>
+      </c>
+      <c r="Q406" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R406" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="S406" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T406" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U406" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V406" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W406" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X406" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y406" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z406" s="1">
+        <v>10</v>
+      </c>
+      <c r="AA406" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB406" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="407">
+      <c r="A407" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E407" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F407" s="1">
+        <v>2</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H407" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I407" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J407" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K407" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L407" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M407" s="2">
+        <v>46305.25</v>
+      </c>
+      <c r="N407" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="O407" s="1">
+        <v>800</v>
+      </c>
+      <c r="P407" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q407" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R407" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S407" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T407" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U407" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V407" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W407" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="X407" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y407" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z407" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA407" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB407" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="408">
+      <c r="A408" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E408" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F408" s="1">
+        <v>1</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H408" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I408" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J408" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K408" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L408" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M408" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N408" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="O408" s="1">
+        <v>800</v>
+      </c>
+      <c r="P408" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q408" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R408" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S408" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T408" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U408" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V408" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W408" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="X408" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y408" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z408" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA408" s="1">
+        <v>9</v>
+      </c>
+      <c r="AB408" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="409">
+      <c r="A409" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="E409" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F409" s="1">
+        <v>1</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H409" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I409" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J409" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K409" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L409" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M409" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N409" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="O409" s="1">
+        <v>1400</v>
+      </c>
+      <c r="P409" s="1">
+        <v>1600</v>
+      </c>
+      <c r="Q409" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="R409" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="S409" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T409" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U409" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V409" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W409" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X409" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y409" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z409" s="1">
+        <v>10</v>
+      </c>
+      <c r="AA409" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB409" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="410">
+      <c r="A410" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="E410" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F410" s="1">
+        <v>2</v>
+      </c>
+      <c r="G410" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H410" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I410" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J410" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K410" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L410" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M410" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N410" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="O410" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P410" s="1">
         <v>1550</v>
       </c>
-      <c r="Q215" s="1" t="s">
+      <c r="Q410" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R410" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="S410" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T410" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U410" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V410" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W410" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="X410" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y410" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z410" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA410" s="1">
+        <v>9</v>
+      </c>
+      <c r="AB410" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="411">
+      <c r="A411" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="E411" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F411" s="1">
+        <v>1</v>
+      </c>
+      <c r="G411" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H411" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I411" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J411" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K411" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L411" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M411" s="2">
+        <v>46305.25</v>
+      </c>
+      <c r="N411" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="O411" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P411" s="1">
+        <v>1550</v>
+      </c>
+      <c r="Q411" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R411" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="S411" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T411" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U411" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V411" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W411" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="X411" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y411" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z411" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA411" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB411" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="412">
+      <c r="A412" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E412" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F412" s="1">
+        <v>2</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="H412" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I412" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J412" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K412" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L412" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M412" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N412" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O412" s="1">
+        <v>800</v>
+      </c>
+      <c r="P412" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q412" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R412" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S412" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T412" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U412" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V412" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W412" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X412" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y412" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z412" s="1">
+        <v>10</v>
+      </c>
+      <c r="AA412" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB412" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="413">
+      <c r="A413" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E413" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F413" s="1">
+        <v>2</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H413" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I413" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J413" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K413" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L413" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M413" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N413" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O413" s="1">
+        <v>810</v>
+      </c>
+      <c r="P413" s="1">
+        <v>900</v>
+      </c>
+      <c r="Q413" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="R413" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="S413" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="T413" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="U413" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="V413" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="W413" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="X413" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y413" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="Z413" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA413" s="1">
+        <v>9</v>
+      </c>
+      <c r="AB413" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="414">
+      <c r="A414" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E414" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F414" s="1">
+        <v>2</v>
+      </c>
+      <c r="G414" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H414" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I414" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J414" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K414" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L414" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M414" s="2">
+        <v>46305.25</v>
+      </c>
+      <c r="N414" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O414" s="1">
+        <v>800</v>
+      </c>
+      <c r="P414" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q414" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R414" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S414" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T414" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U414" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V414" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W414" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="X414" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y414" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z414" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA414" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB414" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="415">
+      <c r="A415" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E415" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F415" s="1">
+        <v>2</v>
+      </c>
+      <c r="G415" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H415" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I415" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J415" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K415" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L415" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M415" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N415" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O415" s="1">
+        <v>800</v>
+      </c>
+      <c r="P415" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q415" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R415" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S415" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T415" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U415" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V415" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W415" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="X415" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y415" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z415" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA415" s="1">
+        <v>10</v>
+      </c>
+      <c r="AB415" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="416">
+      <c r="A416" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E416" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F416" s="1">
+        <v>1</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H416" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I416" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J416" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K416" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L416" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M416" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N416" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O416" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P416" s="1">
+        <v>1130</v>
+      </c>
+      <c r="Q416" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R416" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="S416" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T416" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U416" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V416" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W416" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X416" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y416" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z416" s="1">
+        <v>10</v>
+      </c>
+      <c r="AA416" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB416" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="417">
+      <c r="A417" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E417" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F417" s="1">
+        <v>1</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H417" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I417" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J417" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K417" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L417" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M417" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N417" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="O417" s="1">
+        <v>810</v>
+      </c>
+      <c r="P417" s="1">
+        <v>900</v>
+      </c>
+      <c r="Q417" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="R417" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="S417" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="T417" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="U417" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="V417" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="W417" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="X417" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y417" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="Z417" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA417" s="1">
+        <v>9</v>
+      </c>
+      <c r="AB417" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="418">
+      <c r="A418" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E418" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F418" s="1">
+        <v>1</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H418" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I418" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J418" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K418" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L418" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M418" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N418" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O418" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P418" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q418" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R418" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S418" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T418" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U418" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V418" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W418" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="X418" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y418" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z418" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA418" s="1">
+        <v>10</v>
+      </c>
+      <c r="AB418" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="419">
+      <c r="A419" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E419" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F419" s="1">
+        <v>1</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H419" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I419" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J419" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K419" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L419" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M419" s="2">
+        <v>46305.25</v>
+      </c>
+      <c r="N419" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O419" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P419" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q419" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R419" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S419" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T419" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U419" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V419" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W419" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="X419" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y419" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z419" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA419" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB419" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="420">
+      <c r="A420" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E420" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F420" s="1">
+        <v>2</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H420" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I420" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J420" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K420" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L420" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M420" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N420" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O420" s="1">
+        <v>800</v>
+      </c>
+      <c r="P420" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q420" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R420" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S420" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T420" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U420" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V420" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W420" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X420" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y420" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z420" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA420" s="1">
+        <v>12</v>
+      </c>
+      <c r="AB420" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="421">
+      <c r="A421" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E421" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F421" s="1">
+        <v>2</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H421" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I421" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="J421" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K421" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L421" s="2">
+        <v>46307.25</v>
+      </c>
+      <c r="M421" s="2">
+        <v>46361.29166666667</v>
+      </c>
+      <c r="N421" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O421" s="1">
+        <v>800</v>
+      </c>
+      <c r="P421" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q421" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R421" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S421" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T421" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U421" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V421" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W421" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="X421" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y421" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z421" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA421" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB421" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="422">
+      <c r="A422" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E422" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F422" s="1">
+        <v>2</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="H422" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I422" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="J422" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K422" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L422" s="2">
+        <v>46307.25</v>
+      </c>
+      <c r="M422" s="2">
+        <v>46361.29166666667</v>
+      </c>
+      <c r="N422" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O422" s="1">
+        <v>800</v>
+      </c>
+      <c r="P422" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q422" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R422" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S422" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T422" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U422" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V422" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W422" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="X422" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y422" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="Z422" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA422" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB422" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="423">
+      <c r="A423" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E423" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F423" s="1">
+        <v>1</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H423" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I423" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J423" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K423" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L423" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M423" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N423" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O423" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P423" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q423" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R423" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S423" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T423" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U423" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V423" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W423" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="X423" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y423" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z423" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA423" s="1">
+        <v>11</v>
+      </c>
+      <c r="AB423" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="424">
+      <c r="A424" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E424" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F424" s="1">
+        <v>1</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H424" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I424" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="J424" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K424" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L424" s="2">
+        <v>46307.25</v>
+      </c>
+      <c r="M424" s="2">
+        <v>46361.29166666667</v>
+      </c>
+      <c r="N424" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O424" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P424" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q424" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R424" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S424" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T424" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U424" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V424" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W424" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="X424" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y424" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z424" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA424" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB424" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="425">
+      <c r="A425" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E425" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F425" s="1">
+        <v>1</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="H425" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I425" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="J425" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K425" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L425" s="2">
+        <v>46307.25</v>
+      </c>
+      <c r="M425" s="2">
+        <v>46361.29166666667</v>
+      </c>
+      <c r="N425" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O425" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P425" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q425" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R425" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S425" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T425" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U425" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V425" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W425" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="X425" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y425" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="Z425" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA425" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB425" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="426">
+      <c r="A426" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E426" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F426" s="1">
+        <v>2</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H426" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I426" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J426" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K426" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L426" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M426" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N426" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O426" s="1">
+        <v>800</v>
+      </c>
+      <c r="P426" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q426" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R426" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S426" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T426" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U426" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V426" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W426" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="X426" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y426" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z426" s="1">
+        <v>10</v>
+      </c>
+      <c r="AA426" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB426" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="427">
+      <c r="A427" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E427" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F427" s="1">
+        <v>2</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="H427" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I427" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J427" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K427" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L427" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M427" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N427" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O427" s="1">
+        <v>800</v>
+      </c>
+      <c r="P427" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q427" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R427" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S427" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T427" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U427" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V427" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W427" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="X427" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y427" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="Z427" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA427" s="1">
+        <v>10</v>
+      </c>
+      <c r="AB427" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="428">
+      <c r="A428" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E428" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F428" s="1">
+        <v>2</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="H428" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I428" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J428" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K428" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L428" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M428" s="2">
+        <v>46305.25</v>
+      </c>
+      <c r="N428" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O428" s="1">
+        <v>800</v>
+      </c>
+      <c r="P428" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q428" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R428" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S428" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T428" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U428" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V428" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W428" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="X428" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y428" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="Z428" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA428" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB428" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="429">
+      <c r="A429" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E429" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F429" s="1">
+        <v>1</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H429" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I429" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J429" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K429" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L429" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M429" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N429" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O429" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P429" s="1">
+        <v>1130</v>
+      </c>
+      <c r="Q429" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R429" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="S429" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T429" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U429" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V429" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W429" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="X429" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y429" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z429" s="1">
+        <v>10</v>
+      </c>
+      <c r="AA429" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB429" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="430">
+      <c r="A430" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E430" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F430" s="1">
+        <v>1</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="H430" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I430" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J430" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K430" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L430" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M430" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N430" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O430" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P430" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q430" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R430" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S430" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T430" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U430" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V430" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W430" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="X430" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y430" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="Z430" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA430" s="1">
+        <v>10</v>
+      </c>
+      <c r="AB430" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="431">
+      <c r="A431" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B431" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D431" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E431" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F431" s="1">
+        <v>1</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="H431" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I431" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J431" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K431" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L431" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M431" s="2">
+        <v>46305.25</v>
+      </c>
+      <c r="N431" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O431" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P431" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q431" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R431" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S431" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T431" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U431" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V431" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W431" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="X431" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y431" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="Z431" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA431" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB431" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="432">
+      <c r="A432" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C432" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D432" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E432" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F432" s="1">
+        <v>2</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H432" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I432" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J432" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K432" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L432" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M432" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N432" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O432" s="1">
+        <v>800</v>
+      </c>
+      <c r="P432" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q432" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R432" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S432" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T432" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U432" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V432" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W432" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X432" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y432" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z432" s="1">
+        <v>10</v>
+      </c>
+      <c r="AA432" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB432" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="433">
+      <c r="A433" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C433" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D433" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E433" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F433" s="1">
+        <v>2</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="H433" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I433" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J433" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K433" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L433" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M433" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N433" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O433" s="1">
+        <v>953</v>
+      </c>
+      <c r="P433" s="1">
+        <v>1137</v>
+      </c>
+      <c r="Q433" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="R433" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="S433" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="T433" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="U433" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="V433" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="W433" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="X433" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y433" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="Z433" s="1">
+        <v>8</v>
+      </c>
+      <c r="AA433" s="1">
+        <v>7</v>
+      </c>
+      <c r="AB433" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="434">
+      <c r="A434" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E434" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F434" s="1">
+        <v>2</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H434" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I434" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J434" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K434" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L434" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M434" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N434" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O434" s="1">
+        <v>1510</v>
+      </c>
+      <c r="P434" s="1">
+        <v>1555</v>
+      </c>
+      <c r="Q434" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="R434" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="S434" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="T434" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="U434" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="V434" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="W434" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="X434" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y434" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="Z434" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA434" s="1">
+        <v>1</v>
+      </c>
+      <c r="AB434" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="435">
+      <c r="A435" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B435" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E435" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F435" s="1">
+        <v>2</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H435" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I435" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J435" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K435" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L435" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M435" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N435" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="O435" s="1">
+        <v>800</v>
+      </c>
+      <c r="P435" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q435" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R435" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S435" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T435" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U435" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V435" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W435" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="X435" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y435" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z435" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA435" s="1">
+        <v>8</v>
+      </c>
+      <c r="AB435" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="436">
+      <c r="A436" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B436" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C436" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E436" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F436" s="1">
+        <v>1</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H436" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I436" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J436" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K436" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L436" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M436" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N436" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O436" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P436" s="1">
+        <v>1130</v>
+      </c>
+      <c r="Q436" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R436" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="S436" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T436" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U436" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V436" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W436" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X436" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y436" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z436" s="1">
+        <v>10</v>
+      </c>
+      <c r="AA436" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB436" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="437">
+      <c r="A437" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B437" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C437" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D437" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E437" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F437" s="1">
+        <v>1</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H437" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I437" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J437" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K437" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L437" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M437" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N437" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="O437" s="1">
+        <v>953</v>
+      </c>
+      <c r="P437" s="1">
+        <v>1137</v>
+      </c>
+      <c r="Q437" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="R437" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="S437" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="T437" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="U437" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="V437" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="W437" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="X437" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y437" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z437" s="1">
+        <v>8</v>
+      </c>
+      <c r="AA437" s="1">
+        <v>7</v>
+      </c>
+      <c r="AB437" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="438">
+      <c r="A438" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E438" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F438" s="1">
+        <v>1</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H438" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I438" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J438" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K438" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L438" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M438" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N438" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="O438" s="1">
+        <v>1510</v>
+      </c>
+      <c r="P438" s="1">
+        <v>1555</v>
+      </c>
+      <c r="Q438" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="R438" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="S438" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="T438" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="U438" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="V438" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="W438" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="X438" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y438" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="Z438" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA438" s="1">
+        <v>1</v>
+      </c>
+      <c r="AB438" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="439">
+      <c r="A439" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B439" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C439" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E439" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F439" s="1">
+        <v>1</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H439" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I439" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J439" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K439" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L439" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M439" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N439" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="O439" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P439" s="1">
+        <v>1650</v>
+      </c>
+      <c r="Q439" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R439" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="R215" s="1" t="s">
-[...2 lines deleted...]
-      <c r="S215" s="1" t="s">
+      <c r="S439" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T439" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U439" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V439" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W439" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="X439" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y439" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z439" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA439" s="1">
+        <v>8</v>
+      </c>
+      <c r="AB439" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="440">
+      <c r="A440" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B440" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C440" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E440" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F440" s="1">
+        <v>2</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="H440" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I440" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J440" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K440" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L440" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M440" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N440" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O440" s="1">
+        <v>800</v>
+      </c>
+      <c r="P440" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q440" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R440" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S440" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T440" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U440" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V440" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W440" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="X440" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y440" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z440" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA440" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB440" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="441">
+      <c r="A441" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B441" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E441" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F441" s="1">
+        <v>2</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H441" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I441" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J441" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K441" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L441" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M441" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N441" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O441" s="1">
+        <v>1226</v>
+      </c>
+      <c r="P441" s="1">
+        <v>1410</v>
+      </c>
+      <c r="Q441" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="R441" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="S441" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="T441" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="U441" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="V441" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="W441" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="X441" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y441" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="Z441" s="1">
+        <v>8</v>
+      </c>
+      <c r="AA441" s="1">
+        <v>3</v>
+      </c>
+      <c r="AB441" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="442">
+      <c r="A442" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B442" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C442" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D442" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E442" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F442" s="1">
+        <v>2</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H442" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I442" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J442" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K442" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L442" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M442" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N442" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O442" s="1">
+        <v>800</v>
+      </c>
+      <c r="P442" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q442" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R442" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S442" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T442" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U442" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V442" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W442" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X442" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y442" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z442" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA442" s="1">
+        <v>9</v>
+      </c>
+      <c r="AB442" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="443">
+      <c r="A443" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B443" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C443" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E443" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F443" s="1">
+        <v>1</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H443" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I443" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J443" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K443" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L443" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M443" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N443" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O443" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P443" s="1">
+        <v>1130</v>
+      </c>
+      <c r="Q443" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R443" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="S443" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T443" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U443" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V443" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W443" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="X443" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y443" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z443" s="1">
+        <v>10</v>
+      </c>
+      <c r="AA443" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB443" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="444">
+      <c r="A444" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B444" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C444" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D444" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E444" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F444" s="1">
+        <v>1</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="H444" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I444" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J444" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K444" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L444" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M444" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N444" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="O444" s="1">
+        <v>1226</v>
+      </c>
+      <c r="P444" s="1">
+        <v>1410</v>
+      </c>
+      <c r="Q444" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="R444" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="S444" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="T444" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="U444" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="V444" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="W444" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="X444" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y444" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z444" s="1">
+        <v>8</v>
+      </c>
+      <c r="AA444" s="1">
+        <v>3</v>
+      </c>
+      <c r="AB444" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="445">
+      <c r="A445" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B445" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C445" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D445" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E445" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F445" s="1">
+        <v>1</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H445" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I445" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J445" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K445" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L445" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M445" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N445" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O445" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P445" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q445" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R445" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S445" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T445" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U445" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V445" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W445" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X445" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y445" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z445" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA445" s="1">
+        <v>9</v>
+      </c>
+      <c r="AB445" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="446">
+      <c r="A446" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B446" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C446" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D446" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="E446" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F446" s="1">
+        <v>2</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H446" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I446" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="T215" s="1" t="s">
+      <c r="J446" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K446" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L446" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M446" s="2">
+        <v>46305.25</v>
+      </c>
+      <c r="N446" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="U215" s="1" t="s">
-[...5 lines deleted...]
-      <c r="W215" s="1" t="s">
+      <c r="O446" s="1">
+        <v>800</v>
+      </c>
+      <c r="P446" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q446" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R446" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S446" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="X215" s="1">
-[...5 lines deleted...]
-      <c r="Z215" s="1">
+      <c r="T446" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U446" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V446" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W446" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X446" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y446" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z446" s="1">
         <v>15</v>
       </c>
-      <c r="AA215" s="1">
+      <c r="AA446" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB446" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B447" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C447" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D447" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="E447" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F447" s="1">
+        <v>2</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H447" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I447" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J447" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K447" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L447" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M447" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N447" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O447" s="1">
+        <v>800</v>
+      </c>
+      <c r="P447" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q447" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R447" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S447" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T447" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U447" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V447" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W447" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X447" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y447" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z447" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA447" s="1">
+        <v>10</v>
+      </c>
+      <c r="AB447" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="448">
+      <c r="A448" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B448" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C448" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D448" s="1" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E448" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F448" s="1">
+        <v>1</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H448" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I448" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J448" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K448" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L448" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M448" s="2">
+        <v>46305.25</v>
+      </c>
+      <c r="N448" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O448" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P448" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q448" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R448" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S448" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T448" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U448" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V448" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W448" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X448" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y448" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z448" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA448" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB448" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="449">
+      <c r="A449" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B449" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C449" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D449" s="1" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E449" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F449" s="1">
+        <v>1</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H449" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I449" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J449" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K449" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L449" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M449" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N449" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O449" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P449" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q449" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R449" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S449" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T449" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U449" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V449" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W449" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X449" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y449" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z449" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA449" s="1">
+        <v>10</v>
+      </c>
+      <c r="AB449" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="450">
+      <c r="A450" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B450" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C450" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D450" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E450" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F450" s="1">
+        <v>2</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="H450" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I450" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="J450" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K450" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L450" s="2">
+        <v>46307.25</v>
+      </c>
+      <c r="M450" s="2">
+        <v>46361.29166666667</v>
+      </c>
+      <c r="N450" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O450" s="1">
+        <v>800</v>
+      </c>
+      <c r="P450" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q450" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R450" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S450" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T450" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U450" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V450" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W450" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="X450" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y450" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="Z450" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA450" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB450" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B451" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C451" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D451" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E451" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F451" s="1">
+        <v>2</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="H451" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I451" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J451" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K451" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L451" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M451" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N451" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O451" s="1">
+        <v>800</v>
+      </c>
+      <c r="P451" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q451" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R451" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S451" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T451" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U451" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V451" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W451" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="X451" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y451" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z451" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA451" s="1">
+        <v>8</v>
+      </c>
+      <c r="AB451" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B452" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C452" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D452" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E452" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F452" s="1">
+        <v>1</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="H452" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I452" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J452" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K452" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L452" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M452" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N452" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O452" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P452" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q452" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R452" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S452" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T452" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U452" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V452" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W452" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="X452" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y452" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z452" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA452" s="1">
+        <v>8</v>
+      </c>
+      <c r="AB452" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="453">
+      <c r="A453" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B453" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C453" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D453" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E453" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F453" s="1">
+        <v>1</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="H453" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I453" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="J453" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K453" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L453" s="2">
+        <v>46307.25</v>
+      </c>
+      <c r="M453" s="2">
+        <v>46361.29166666667</v>
+      </c>
+      <c r="N453" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O453" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P453" s="1">
+        <v>1150</v>
+      </c>
+      <c r="Q453" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R453" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="S453" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T453" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U453" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V453" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W453" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="X453" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y453" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="Z453" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA453" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB453" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="454">
+      <c r="A454" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B454" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C454" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D454" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E454" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F454" s="1">
+        <v>2</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H454" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I454" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J454" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K454" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L454" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M454" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N454" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O454" s="1">
+        <v>800</v>
+      </c>
+      <c r="P454" s="1">
+        <v>950</v>
+      </c>
+      <c r="Q454" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="R454" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="S454" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T454" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U454" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V454" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W454" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="X454" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y454" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z454" s="1">
+        <v>10</v>
+      </c>
+      <c r="AA454" s="1">
+        <v>2</v>
+      </c>
+      <c r="AB454" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B455" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C455" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D455" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E455" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F455" s="1">
+        <v>1</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H455" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I455" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J455" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K455" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L455" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M455" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N455" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O455" s="1">
+        <v>1000</v>
+      </c>
+      <c r="P455" s="1">
+        <v>1550</v>
+      </c>
+      <c r="Q455" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="R455" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="S455" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T455" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U455" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V455" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W455" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="X455" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y455" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="Z455" s="1">
+        <v>10</v>
+      </c>
+      <c r="AA455" s="1">
+        <v>2</v>
+      </c>
+      <c r="AB455" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B456" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C456" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D456" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E456" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F456" s="1">
+        <v>4</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H456" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I456" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J456" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K456" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L456" s="2">
+        <v>46174.25</v>
+      </c>
+      <c r="M456" s="2">
+        <v>46227.25</v>
+      </c>
+      <c r="N456" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="O456" s="1">
+        <v>1300</v>
+      </c>
+      <c r="P456" s="1">
+        <v>1550</v>
+      </c>
+      <c r="Q456" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R456" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="S456" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T456" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U456" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V456" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W456" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="X456" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y456" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z456" s="1">
+        <v>10</v>
+      </c>
+      <c r="AA456" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB456" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B457" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C457" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D457" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E457" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F457" s="1">
+        <v>4</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H457" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I457" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J457" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K457" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L457" s="2">
+        <v>46034.29166666667</v>
+      </c>
+      <c r="M457" s="2">
+        <v>46088.29166666667</v>
+      </c>
+      <c r="N457" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="O457" s="1">
+        <v>1300</v>
+      </c>
+      <c r="P457" s="1">
+        <v>1550</v>
+      </c>
+      <c r="Q457" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R457" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="S457" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T457" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U457" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V457" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W457" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X457" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y457" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z457" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA457" s="1">
+        <v>5</v>
+      </c>
+      <c r="AB457" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B458" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C458" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D458" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E458" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F458" s="1">
+        <v>4</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H458" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I458" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J458" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K458" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L458" s="2">
+        <v>46251.25</v>
+      </c>
+      <c r="M458" s="2">
+        <v>46305.25</v>
+      </c>
+      <c r="N458" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="O458" s="1">
+        <v>1300</v>
+      </c>
+      <c r="P458" s="1">
+        <v>1550</v>
+      </c>
+      <c r="Q458" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R458" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="S458" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T458" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U458" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V458" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W458" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="X458" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y458" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z458" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA458" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB458" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B459" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C459" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D459" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E459" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F459" s="1">
+        <v>4</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H459" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I459" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="J459" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K459" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L459" s="2">
+        <v>46307.25</v>
+      </c>
+      <c r="M459" s="2">
+        <v>46361.29166666667</v>
+      </c>
+      <c r="N459" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="O459" s="1">
+        <v>1300</v>
+      </c>
+      <c r="P459" s="1">
+        <v>1550</v>
+      </c>
+      <c r="Q459" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R459" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="S459" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T459" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U459" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V459" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W459" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="X459" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y459" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z459" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA459" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB459" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B460" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C460" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D460" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E460" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F460" s="1">
+        <v>4</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H460" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I460" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J460" s="1">
+        <v>2026</v>
+      </c>
+      <c r="K460" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L460" s="2">
+        <v>46097.25</v>
+      </c>
+      <c r="M460" s="2">
+        <v>46150.25</v>
+      </c>
+      <c r="N460" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="O460" s="1">
+        <v>1300</v>
+      </c>
+      <c r="P460" s="1">
+        <v>1550</v>
+      </c>
+      <c r="Q460" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="R460" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="S460" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="T460" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="U460" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="V460" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="W460" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="X460" s="1">
+        <v>0</v>
+      </c>
+      <c r="Y460" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="Z460" s="1">
+        <v>15</v>
+      </c>
+      <c r="AA460" s="1">
         <v>7</v>
       </c>
-      <c r="AB215" s="1" t="s">
-        <v>110</v>
+      <c r="AB460" s="1" t="s">
+        <v>143</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <pageSetup paperSize="9" scale="100" firstPageNumber="1" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" usePrinterDefaults="false" blackAndWhite="false" draft="false" cellComments="none" useFirstPageNumber="true" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Go XLSX</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>